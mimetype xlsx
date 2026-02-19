--- v0 (2025-10-25)
+++ v1 (2026-02-19)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R106002493aaf41ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Ra70af9bb174c4c10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R9098c7fa00a8406f"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R5fb976fb0c2a4a5c"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="23">
   <si>
     <t>Hepatitis B: Recommended vaccinations</t>
   </si>
   <si>
     <t>Birth</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
@@ -108,59 +108,59 @@
 Interval of one month between a dTIPV and dTacp-IPV vaccination (previously 2 months) a été 
 - For those in professional environement requiring to be vaccinated against pertussis, recommendations of pertussis vaccination includes those caring for children at parents home and those with regular baby sitting activities. 
 Booster doses with dTacP-IPV vaccines are recommended at 25, 45 and 65 years of age 
 HPV:
 Both marketed HPV vaccines (Gardasil and Cervarix) can be given in a 2-dose schedule with a 6-month interval between doses at the age of 11-13 years (gardasil) or 11-14 years (Cervarix)
 MMR:
 Recommendation for the vaccination regimen (2 doses) to be completed by 18 months of age. 
 --------------------------------------------------------------------------------
 19 April 2013:
 A simplified vaccination schedule for France issued with the aim to:
 - ensure optimal protection at all ages with only the required number of doses
 - ensure the schedule is easier to read and remember, and therefore facilitate implementation.
 --------------------------------------------------------------------------------
 VACCINATIONS RECOMMENDED FOR AT-RISK GROUPS:		
 Healthcare workers: BCG, diphtheria, tetanus, polio (compulsory); hepatitis B, typhoid (compulsory if exposed - as determined by the occupational doctor); influenza; pertussis (recommended); varicella, measles (recommended if not immune)
 Family members living with a new born (mother, father, siblings): pertussis (cocooning strategy - if last dose of pertussis vaccination was given &gt;=10 years before)
 People &gt;65: influenza vaccine (people with chronic diseases to prevent from complications)
 Pregnant mothers: influenza vaccine
 People exposed to sexual or blood transmission: hepatitis B vaccine
 High risk group &gt;2 years: pneumococcal vaccine (immunocompromised or with a chronic disease increasing the risk)
 For list of detailed recommendations for the individual diseases, please refer to http://www.hcsp.fr/Explore.cgi/pointsur?clef=1 (in French)
 2021: The extension of HPV vaccination to boys aged 11 to 14 with catch-up vaccination for those aged between 15 and 19. This recommendation is applicable since January 1, 2021.
 --------------------------------------------------------------------------------
 August 2023: change to the pneumococcal strategy for at-risk groups. PCV20 recommended
 --------------------------------------------------------------------------------
-Date of last update:  03 March 2025
+Date of last update:  10 February 2026
 --------------------------------------------------------------------------------
 </t>
   </si>
   <si>
     <t>More information available at: https://sante.gouv.fr/prevention-en-sante/preserver-sa-sante/vaccination/calendrier-vaccinal</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-25 at 22:04.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-19 at 18:39.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for France</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for France</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for France</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -218,51 +218,51 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R9098c7fa00a8406f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R5b4533b37d1146b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R1abc287998fd4a6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R5fb976fb0c2a4a5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rf1b1b73b700d447c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R4b9e7792663549b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:G17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>