--- v0 (2025-10-18)
+++ v1 (2026-02-11)
@@ -1,87 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rf7cfd591d7f64549" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R6596989ab2cc4424" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Ref0e767a20b34a63"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R72b1ac6eb9a84fc3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
+    <t>3</t>
+  </si>
+  <si>
     <t>4</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>18-64</t>
   </si>
   <si>
     <t>&gt;= 65</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>PCV13 or PCV15</t>
   </si>
   <si>
-    <t>PCV20</t>
+    <t>PCV13 or PCV15 (1 )</t>
+  </si>
+  <si>
+    <t>PCV20 or PCV21</t>
   </si>
   <si>
     <t>Footnotes:</t>
+  </si>
+  <si>
+    <t>1: For premature infants.</t>
   </si>
   <si>
     <t xml:space="preserve">2023 Vaccination calendar
 ROTAVIRUS vaccination introduced into the routine vaccination programme
 FLU vaccination recommended for all children 2-17 years. LAIV preferred but in case of unavailability regular flu vaccine to be administered. 
 --------------------------------------------------------------------------------
 1 Jan. 2018: Revised policy for mandatory vaccination. Extended to 11 antigens in childhood for children born from 1 Jan. 2018.
 more information on implementation available at http://solidarites-sante.gouv.fr/IMG/pdf/dossier_de_presse_11_vaccinations_indispensables_obligatoires_au_1er_janvier_2018.pdf
 --------------------------------------------------------------------------------
 26 April 2016: 2016 vaccination schedule published
 Significant changes include:
 MEN C: lowering age of dose 1 to 5 months and a dose 2 at 12 months
 HPV: Vaccination offered to MSM until 26 years of age. HPV9 recommended in previously non-vaccinated females teenagers and women
 PNEUMO ADULTS:
 - in persons in an at-risk group; identical scheme whether immunocompromised or not i.e. PCV13 followed by PPS23
 - revaccination possible with a non-conjugated vaccine after 5 years interval minimum
 VARICELLA: recommendations for contacts of varicella cases are specified
 BCG: except Guyane and Mayotte (neonatal vaccination maintained), BCG vaccination of at risk children is recommended from 1 month of age. An IDR prior to vaccination is only recommended for those from 6 years of age (other other specific situation)
 ALTERNATIVE SCHEME - SHORTAGE: discussed for pertussis combos, HepA, HepB and BCG
 --------------------------------------------------------------------------------
 26 March 2015: 2015 vaccination schedule published
 --------------------------------------------------------------------------------
 22 April 2014: 2014 vaccination schedule launched by the French Ministry of Health.
 Relevant changes are as follows but please consult the original document for a full description of the recommendations
 Pertussis:
@@ -96,59 +105,59 @@
 Interval of one month between a dTIPV and dTacp-IPV vaccination (previously 2 months) a été 
 - For those in professional environement requiring to be vaccinated against pertussis, recommendations of pertussis vaccination includes those caring for children at parents home and those with regular baby sitting activities. 
 Booster doses with dTacP-IPV vaccines are recommended at 25, 45 and 65 years of age 
 HPV:
 Both marketed HPV vaccines (Gardasil and Cervarix) can be given in a 2-dose schedule with a 6-month interval between doses at the age of 11-13 years (gardasil) or 11-14 years (Cervarix)
 MMR:
 Recommendation for the vaccination regimen (2 doses) to be completed by 18 months of age. 
 --------------------------------------------------------------------------------
 19 April 2013:
 A simplified vaccination schedule for France issued with the aim to:
 - ensure optimal protection at all ages with only the required number of doses
 - ensure the schedule is easier to read and remember, and therefore facilitate implementation.
 --------------------------------------------------------------------------------
 VACCINATIONS RECOMMENDED FOR AT-RISK GROUPS:		
 Healthcare workers: BCG, diphtheria, tetanus, polio (compulsory); hepatitis B, typhoid (compulsory if exposed - as determined by the occupational doctor); influenza; pertussis (recommended); varicella, measles (recommended if not immune)
 Family members living with a new born (mother, father, siblings): pertussis (cocooning strategy - if last dose of pertussis vaccination was given &gt;=10 years before)
 People &gt;65: influenza vaccine (people with chronic diseases to prevent from complications)
 Pregnant mothers: influenza vaccine
 People exposed to sexual or blood transmission: hepatitis B vaccine
 High risk group &gt;2 years: pneumococcal vaccine (immunocompromised or with a chronic disease increasing the risk)
 For list of detailed recommendations for the individual diseases, please refer to http://www.hcsp.fr/Explore.cgi/pointsur?clef=1 (in French)
 2021: The extension of HPV vaccination to boys aged 11 to 14 with catch-up vaccination for those aged between 15 and 19. This recommendation is applicable since January 1, 2021.
 --------------------------------------------------------------------------------
 August 2023: change to the pneumococcal strategy for at-risk groups. PCV20 recommended
 --------------------------------------------------------------------------------
-Date of last update:  03 March 2025
+Date of last update:  10 February 2026
 --------------------------------------------------------------------------------
 </t>
   </si>
   <si>
     <t>More information available at: https://sante.gouv.fr/prevention-en-sante/preserver-sa-sante/vaccination/calendrier-vaccinal</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-18 at 20:40.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-11 at 03:42.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for France</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for France</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for France</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -203,231 +212,278 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Ref0e767a20b34a63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R475815f3f2e54d77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R1cf6795f16454eb6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R72b1ac6eb9a84fc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R15ef5e4a292b456a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R6aec052d06554e80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F14"/>
+  <dimension ref="A1:G16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
+    <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>0</v>
       </c>
+      <c r="G1" s="2" t="s">
+        <v>0</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
-      <c r="E2" s="3" t="s">
+      <c r="E2" s="1"/>
+      <c r="F2" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="F2" s="1"/>
+      <c r="G2" s="1"/>
     </row>
     <row r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>7</v>
       </c>
+      <c r="G3" s="3" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>10</v>
+      </c>
+      <c r="C4" s="6" t="s">
+        <v>11</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="E4" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="F4" s="5" t="s">
+      <c r="E4" s="5" t="s">
         <v>10</v>
+      </c>
+      <c r="F4" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" s="5" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C6" s="4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F6" s="4" t="s">
-        <v>11</v>
+        <v>13</v>
+      </c>
+      <c r="G6" s="4" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="7" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B7" s="7" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="D7" s="7" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E7" s="7" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F7" s="7" t="s">
-        <v>12</v>
-[...19 lines deleted...]
-        <v>13</v>
+        <v>14</v>
+      </c>
+      <c r="G7" s="7" t="s">
+        <v>14</v>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="1" t="s">
-[...30 lines deleted...]
-      <c r="B13" s="1" t="s">
+      <c r="A9" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C9" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="D9" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="F9" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" s="7" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="C10" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D10" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F10" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="G10" s="7" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G11" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="14">
-      <c r="A14" s="10" t="s">
-        <v>15</v>
+      <c r="A14" s="8" t="s">
+        <v>18</v>
       </c>
       <c r="B14" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="9" t="s">
         <v>18</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:F1"/>
+    <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:A3"/>
-    <mergeCell ref="B2:D2"/>
-[...4 lines deleted...]
-    <mergeCell ref="A9:F9"/>
+    <mergeCell ref="B2:E2"/>
+    <mergeCell ref="F2:G2"/>
+    <mergeCell ref="A6:G6"/>
+    <mergeCell ref="A7:G7"/>
+    <mergeCell ref="A9:G9"/>
+    <mergeCell ref="A10:G10"/>
+    <mergeCell ref="A11:G11"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>