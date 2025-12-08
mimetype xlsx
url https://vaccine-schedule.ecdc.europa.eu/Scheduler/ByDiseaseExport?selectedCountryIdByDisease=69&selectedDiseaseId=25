--- v0 (2025-10-19)
+++ v1 (2025-12-08)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R9067710731cb4ecd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rac82ac06851f44b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rcc6c1940bb41436c"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R09b0598041a24d86"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="17" uniqueCount="17">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>&gt;= 66</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
@@ -65,51 +65,51 @@
 2003: HepB vaccination for newborns was included in the national immunization schedule
 2005 Sept. : Hib vaccine was included in the national immunization schedule
 2008: Pertussis vaccine: change over from wP to aP in the public sector. Poliomyelitis vaccine: change over from OPV to IPV. 
 2012 Jan.: dTap included into the national immunisation schedule
 2014 July : Rota vaccine is included in the national immunization schedule
 2018 Jan
 HPV vaccination introduced
 Hexavalent vaccination introduced
 Measles, mumps and rubella:
 1964: Measles vaccination introduced to children aged 1-8 years of age.
 1973: Age of measles vaccination lowered to 10 months. 
 1980: Age of measles vaccination shifted to 15-18 months and second measles vaccine introduced at 6 years of age. 
 1981: Mumps vaccine introduced to children aged 15-18 months.
 1993: Rubella vaccine introduced to children aged 6 years. 
 1994: MMR replaces measles-only vaccination. Age of MMR vaccination regimen changed and recommended at 12 months (MMR1) and at 12 years (MMR2). 
 1997: Recommended age of MMR2 changed from 12 years to 13 years.
 --------------------------------------------------------------------------------
 Date of last update: 30 Jan. 2024
 --------------------------------------------------------------------------------
 </t>
   </si>
   <si>
     <t>More information available at: https://ta.vaktsineeri.ee/en</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-19 at 08:27.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-12-08 at 06:42.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Estonia</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Estonia</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Estonia</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -164,51 +164,51 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rcc6c1940bb41436c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R35771bab8ad34d60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rd5c052d0f40a4284" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R09b0598041a24d86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R23aa4b891cf247d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Ra8253474fc81400e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:D16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>