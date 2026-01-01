--- v0 (2025-11-01)
+++ v1 (2026-01-01)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rd5315f6e942b4334" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R0baa7e490b734d93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rc4a57499834a4bef"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rd6871aab68b34a13"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
@@ -67,51 +67,51 @@
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
     <t xml:space="preserve">1: More information: https://www.sanidad.gob.es/areas/promocionPrevencion/vacunaciones/calendario/docs/CalendarioVacunacion_Todalavida.pdf </t>
   </si>
   <si>
     <t>2: PPSV or sequential schedule (PCV+PPSV) depend on pathology and available vaccines. 
 </t>
   </si>
   <si>
     <t>3: PCV is recommended in some regions.</t>
   </si>
   <si>
     <t>Updated version including the new vaccination schedule dated December 2019
 Updated version including the new vaccination schedule dated 1 jan. 2017 (modification of the primary infant and school-age immunisation schedule) applicable in all regions in Spain
 For specific recommendations, please refer to:
 https://www.mscbs.gob.es/profesionales/saludPublica/prevPromocion/vacunaciones/docs/CalendarioVacunacion_Todalavida.pdf
 Date of last update: 24 April 2024.
 </t>
   </si>
   <si>
     <t>More information available at: https://www.mscbs.gob.es/profesionales/saludPublica/prevPromocion/vacunaciones/home.htm, https://www.mscbs.gob.es/profesionales/saludPublica/prevPromocion/vacunaciones/vacunas/profesionales/home.htm</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-11-01 at 11:51.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-01-01 at 07:36.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Spain</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Spain</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Spain</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -166,51 +166,51 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rc4a57499834a4bef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rc00de64bf2564e05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R3e02360e658b4856" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rd6871aab68b34a13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R2b06e9f6838744d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R2ae50f4e110f457d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">