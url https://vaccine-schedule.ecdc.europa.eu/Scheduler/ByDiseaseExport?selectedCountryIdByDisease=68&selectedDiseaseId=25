--- v1 (2026-01-01)
+++ v2 (2026-01-01)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R0baa7e490b734d93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R82bd51c7e9814541" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rd6871aab68b34a13"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rb280117fef3d4fb3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
@@ -67,51 +67,51 @@
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
     <t xml:space="preserve">1: More information: https://www.sanidad.gob.es/areas/promocionPrevencion/vacunaciones/calendario/docs/CalendarioVacunacion_Todalavida.pdf </t>
   </si>
   <si>
     <t>2: PPSV or sequential schedule (PCV+PPSV) depend on pathology and available vaccines. 
 </t>
   </si>
   <si>
     <t>3: PCV is recommended in some regions.</t>
   </si>
   <si>
     <t>Updated version including the new vaccination schedule dated December 2019
 Updated version including the new vaccination schedule dated 1 jan. 2017 (modification of the primary infant and school-age immunisation schedule) applicable in all regions in Spain
 For specific recommendations, please refer to:
 https://www.mscbs.gob.es/profesionales/saludPublica/prevPromocion/vacunaciones/docs/CalendarioVacunacion_Todalavida.pdf
 Date of last update: 24 April 2024.
 </t>
   </si>
   <si>
     <t>More information available at: https://www.mscbs.gob.es/profesionales/saludPublica/prevPromocion/vacunaciones/home.htm, https://www.mscbs.gob.es/profesionales/saludPublica/prevPromocion/vacunaciones/vacunas/profesionales/home.htm</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-01-01 at 07:36.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-01-01 at 09:12.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Spain</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Spain</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Spain</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -166,51 +166,51 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rd6871aab68b34a13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R2b06e9f6838744d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R2ae50f4e110f457d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rb280117fef3d4fb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Ra01c1c221f32415b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Re6ecae02295f40ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">