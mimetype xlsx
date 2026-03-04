--- v2 (2026-01-01)
+++ v3 (2026-03-04)
@@ -1,117 +1,110 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R82bd51c7e9814541" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rbf66cce930b74539" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rb280117fef3d4fb3"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R5164e2586c574eb9"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>18-64</t>
   </si>
   <si>
     <t>&gt;= 65</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
-    <t>PCV13 or PCV15 or PCV20 (1 )</t>
-[...8 lines deleted...]
-    <t>PCV13/15+PPSV23 (3 )</t>
+    <t>PCV (1 )</t>
+  </si>
+  <si>
+    <t>PCV (2 )</t>
+  </si>
+  <si>
+    <t>PCV</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
-    <t xml:space="preserve">1: More information: https://www.sanidad.gob.es/areas/promocionPrevencion/vacunaciones/calendario/docs/CalendarioVacunacion_Todalavida.pdf </t>
-[...6 lines deleted...]
-    <t>3: PCV is recommended in some regions.</t>
+    <t xml:space="preserve">1: More information available at: https://www.sanidad.gob.es/areas/promocionPrevencion/vacunaciones/calendario/docs/CalendarioVacunacion_Todalavida.pdf </t>
+  </si>
+  <si>
+    <t>2: PCV or sequential schedule (PCV+PPSV) varies by region. More information available at: https://www.sanidad.gob.es/areas/promocionPrevencion/vacunaciones/calendario/docs/CalendarioVacunacion_GRadultos.pdf</t>
   </si>
   <si>
     <t>Updated version including the new vaccination schedule dated December 2019
 Updated version including the new vaccination schedule dated 1 jan. 2017 (modification of the primary infant and school-age immunisation schedule) applicable in all regions in Spain
 For specific recommendations, please refer to:
 https://www.mscbs.gob.es/profesionales/saludPublica/prevPromocion/vacunaciones/docs/CalendarioVacunacion_Todalavida.pdf
-Date of last update: 24 April 2024.
+Date of last update: 9 February 2026.
 </t>
   </si>
   <si>
-    <t>More information available at: https://www.mscbs.gob.es/profesionales/saludPublica/prevPromocion/vacunaciones/home.htm, https://www.mscbs.gob.es/profesionales/saludPublica/prevPromocion/vacunaciones/vacunas/profesionales/home.htm</t>
-[...2 lines deleted...]
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-01-01 at 09:12.</t>
+    <t>More information available at: https://www.sanidad.gob.es/areas/promocionPrevencion/vacunaciones/home.htm</t>
+  </si>
+  <si>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-03-04 at 07:21.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Spain</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Spain</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Spain</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -166,56 +159,56 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rb280117fef3d4fb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Ra01c1c221f32415b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Re6ecae02295f40ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R5164e2586c574eb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R663b9ca2716e4332" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R42f877d7a55d4d7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F18"/>
+  <dimension ref="A1:F17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>0</v>
       </c>
@@ -242,218 +235,197 @@
       <c r="A3" s="1"/>
       <c r="B3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E4" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="D4" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E4" s="6" t="s">
+      <c r="F4" s="5" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C6" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F6" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="7" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B7" s="7" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D7" s="7" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E7" s="7" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F7" s="7" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="7" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B8" s="7" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C8" s="7" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D8" s="7" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E8" s="7" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F8" s="7" t="s">
-        <v>15</v>
-[...19 lines deleted...]
-        <v>16</v>
+        <v>14</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B10" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C10" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="D10" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="F10" s="7" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="7" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B11" s="7" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C11" s="7" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D11" s="7" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="E11" s="7" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F11" s="7" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="7" t="s">
+      <c r="A12" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E12" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F12" s="1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="8" t="s">
         <v>18</v>
       </c>
-      <c r="B12" s="7" t="s">
+      <c r="B15" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="9" t="s">
         <v>18</v>
       </c>
-      <c r="C12" s="7" t="s">
+      <c r="B16" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="10" t="s">
         <v>18</v>
       </c>
-      <c r="D12" s="7" t="s">
-[...33 lines deleted...]
-      <c r="B16" s="1" t="s">
+      <c r="B17" s="1" t="s">
         <v>21</v>
-      </c>
-[...14 lines deleted...]
-        <v>23</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="E2:F2"/>
     <mergeCell ref="A6:F6"/>
     <mergeCell ref="A7:F7"/>
     <mergeCell ref="A8:F8"/>
-    <mergeCell ref="A9:F9"/>
+    <mergeCell ref="A10:F10"/>
     <mergeCell ref="A11:F11"/>
     <mergeCell ref="A12:F12"/>
-    <mergeCell ref="A13:F13"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>