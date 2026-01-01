--- v0 (2025-10-30)
+++ v1 (2026-01-01)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Re7cef369e0684bee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rbf001cb2c4d540dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R3ff828124f4a4906"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R32afbf5445ce4782"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
@@ -80,51 +80,51 @@
 Changes include:
 - A decision NOT to implement routine ZOSTER vaccination (immunisation is to be decided on a case-by-case basis)
 - A revised policy for FLU vaccination of children aged 2-17 years 
 - For TETANUS post-exposure prophylaxis - ONLY recommended if a last dose was given more than 10 years ago. This applies to limited, clean wounds
 - For HepA/HepB vaccination ; revision of the groups where vaccination is recommended
 For more information, please refer to https://www.rki.de/DE/Content/Infekt/EpidBull/Archiv/2017/Ausgaben/35_17.pdf?__blob=publicationFile 
 ---------------------------------------------------------------------------------------
 The German immunisation calendars in 16 foreign languages can be found here:
 http://www.rki.de/DE/Content/Infekt/Impfen/Materialien/Impfkalender_mehrsprachig_Uebersicht_tab.html?nn=2709264
 ---------------------------------------------------------------------------------------
 Recommendation for children with underlying medical conditions:
 Vaccination recommendations for children with underlying medical conditions or specific health risks currently exist for the following diseases: Haemophilus influenzae type b, hepatitis A and B, influenza, meningococcal infections (groups A, C, W135, Y), and pneumococcal diseases. Specifics of those recommendations can be found in English at: www.stiko.de/en
 ---------------------------------------------------------------------------------------
 Sept. 2023:
 Pneumococcal vaccination: recommendation change for adults. see for more details: https://www.rki.de/DE/Content/Infekt/EpidBull/Archiv/2023/Ausgaben/39_23.pdf?__blob=publicationFile
 ---------------------------------------------------------------------------------------
 January 2025 Introduction of the MenB vaccine. 
 ----------------------------------------------------------------------------------------
 Date of last update: 12 February 2025
 </t>
   </si>
   <si>
     <t>More information available at: https://www.rki.de/DE/Content/Kommissionen/STIKO/Empfehlungen/Impfempfehlungen_node.html</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-30 at 04:02.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-01-01 at 07:35.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Germany</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Germany</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Germany</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -179,51 +179,51 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R3ff828124f4a4906" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R159f90149c8c4710" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rb1e735a43af64478" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R32afbf5445ce4782" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Refef3657c45e4c9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R0113078e96534811" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:G14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>