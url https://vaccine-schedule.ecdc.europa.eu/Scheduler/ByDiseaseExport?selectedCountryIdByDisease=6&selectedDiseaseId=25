--- v1 (2026-01-01)
+++ v2 (2026-03-04)
@@ -1,432 +1,460 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rbf001cb2c4d540dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R629a2ee99d7d4b91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R32afbf5445ce4782"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R66adb59b0b7045fa"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>2-17</t>
-[...2 lines deleted...]
-    <t>18-59</t>
+    <t>12-23</t>
+  </si>
+  <si>
+    <t>2-59</t>
   </si>
   <si>
     <t>&gt;= 60</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>PCV13 or PCV15</t>
   </si>
   <si>
-    <t>PCV13/15+PPSV23</t>
+    <t>PCV13 or PCV15 (1 )</t>
   </si>
   <si>
     <t>PCV20</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
+    <t>1: Number of doses necessary varies according to age</t>
+  </si>
+  <si>
     <t>
+The German immunisation calendars in 16 foreign languages can be found here:
+http://www.rki.de/DE/Content/Infekt/Impfen/Materialien/Impfkalender_mehrsprachig_Uebersicht_tab.html?nn=2709264
+---------------------------------------------------------------------------------------
+Recommendation for children with underlying medical conditions:
+Vaccination recommendations for children with underlying medical conditions or specific health risks currently exist for the following diseases: Haemophilus influenzae type b, hepatitis A and B, influenza, meningococcal infections (groups A, C, W135, Y), and pneumococcal diseases. Specifics of those recommendations can be found in English at: www.stiko.de/en
+---------------------------------------------------------------------------------------
+January 2025: Introduction of the MenB vaccine. 
+---------------------------------------------------------------------------------------
+Sept. 2023: Pneumococcal vaccination: recommendation change for adults. see for more details: https://www.rki.de/DE/Content/Infekt/EpidBull/Archiv/2023/Ausgaben/39_23.pdf?__blob=publicationFile
 ---------------------------------------------------------------------------------------
 01 March 2021: new measles mandatory vaccination requirements for specific population groups
 https://www.masernschutz.de/themen/rechtliche-aspekte.html
 ---------------------------------------------------------------------------------------
 22 August 2019: Launch of the 2019/2020 vaccination schedule
 change include updated recommendation for Herpes-Zoster with an inactivated vaccine. see for more info: https://www.rki.de/DE/Content/Infekt/EpidBull/Archiv/2018/Ausgaben/50_18.pdf%3F__blob%3DpublicationFile
 ---------------------------------------------------------------------------------------
 31 August 2017: Publication of the 2017/2018 vaccination schedule
 Changes include:
 - A decision NOT to implement routine ZOSTER vaccination (immunisation is to be decided on a case-by-case basis)
 - A revised policy for FLU vaccination of children aged 2-17 years 
 - For TETANUS post-exposure prophylaxis - ONLY recommended if a last dose was given more than 10 years ago. This applies to limited, clean wounds
 - For HepA/HepB vaccination ; revision of the groups where vaccination is recommended
 For more information, please refer to https://www.rki.de/DE/Content/Infekt/EpidBull/Archiv/2017/Ausgaben/35_17.pdf?__blob=publicationFile 
 ---------------------------------------------------------------------------------------
-The German immunisation calendars in 16 foreign languages can be found here:
-http://www.rki.de/DE/Content/Infekt/Impfen/Materialien/Impfkalender_mehrsprachig_Uebersicht_tab.html?nn=2709264
----------------------------------------------------------------------------------------
-Recommendation for children with underlying medical conditions:
-Vaccination recommendations for children with underlying medical conditions or specific health risks currently exist for the following diseases: Haemophilus influenzae type b, hepatitis A and B, influenza, meningococcal infections (groups A, C, W135, Y), and pneumococcal diseases. Specifics of those recommendations can be found in English at: www.stiko.de/en
----------------------------------------------------------------------------------------
-Sept. 2023:
-Pneumococcal vaccination: recommendation change for adults. see for more details: https://www.rki.de/DE/Content/Infekt/EpidBull/Archiv/2023/Ausgaben/39_23.pdf?__blob=publicationFile
----------------------------------------------------------------------------------------
-January 2025 Introduction of the MenB vaccine. 
-----------------------------------------------------------------------------------------
-Date of last update: 12 February 2025
+Date of last update: 11 February 2026
 </t>
   </si>
   <si>
     <t>More information available at: https://www.rki.de/DE/Content/Kommissionen/STIKO/Empfehlungen/Impfempfehlungen_node.html</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-01-01 at 07:35.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-03-04 at 03:47.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Germany</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Germany</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Germany</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF7DA826" tint="0"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FF347B46" tint="0"/>
+        <fgColor rgb="FFD2DD6A" tint="0"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFD2DD6A" tint="0"/>
+        <fgColor rgb="FF347B46" tint="0"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="12">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R32afbf5445ce4782" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Refef3657c45e4c9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R0113078e96534811" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R66adb59b0b7045fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rc27447dc63744761" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R5044b6ca865b49ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:G14"/>
+  <dimension ref="A1:G16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
-      <c r="E2" s="3" t="s">
+      <c r="E2" s="1"/>
+      <c r="F2" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="F2" s="1"/>
       <c r="G2" s="1"/>
     </row>
     <row r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="F4" s="6" t="s">
+      <c r="F4" s="7" t="s">
         <v>12</v>
       </c>
       <c r="G4" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="G6" s="4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="7">
-      <c r="A7" s="7" t="s">
-[...41 lines deleted...]
-        <v>15</v>
+      <c r="A7" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="B7" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="D7" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E7" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="F7" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="G7" s="8" t="s">
+        <v>14</v>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="1" t="s">
-[...25 lines deleted...]
-      <c r="B12" s="1" t="s">
+      <c r="A9" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="B9" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="C9" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="D9" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="F9" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" s="8" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="C10" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="D10" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="E10" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="F10" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="G10" s="8" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="9" t="s">
         <v>18</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B13" s="1" t="s">
+      <c r="B14" s="1" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="14">
-[...3 lines deleted...]
-      <c r="B14" s="1" t="s">
+    <row r="15">
+      <c r="A15" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="B15" s="1" t="s">
         <v>20</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="11" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:A3"/>
-    <mergeCell ref="B2:D2"/>
-    <mergeCell ref="E2:G2"/>
+    <mergeCell ref="B2:E2"/>
+    <mergeCell ref="F2:G2"/>
     <mergeCell ref="A6:G6"/>
     <mergeCell ref="A7:G7"/>
-    <mergeCell ref="A8:G8"/>
     <mergeCell ref="A9:G9"/>
+    <mergeCell ref="A10:G10"/>
+    <mergeCell ref="A11:G11"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>