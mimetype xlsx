--- v0 (2025-10-25)
+++ v1 (2026-02-19)
@@ -1,114 +1,115 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R7ff3f1dae21a4132" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Re4129a87e1e34676" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rd4a590b76b5f4518"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R409f5080b6f1401a"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="18">
   <si>
     <t>Hepatitis B: Recommended vaccinations</t>
   </si>
   <si>
     <t>Birth</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>HepB (1 )</t>
   </si>
   <si>
     <t>HepB</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
-    <t xml:space="preserve">1: Babies born to a mother infected with hepatitis B will be offered a first vaccine dose at birth simultaneously with HepB immunoglobulin. Following vaccine doses are given at one month, 2 month and 12 month of age.  </t>
+    <t>1: Babies born to a mother infected with hepatitis B will be offered a first vaccine dose at birth simultaneously with HepB immunoglobulin. Following vaccine doses are given at one month, 2 month and 12 month of age.</t>
   </si>
   <si>
     <t>MAJOR HISTORICAL CHANGES
 1987: Two doses of MMR vaccination at 15 months and 12 years of age were introduced in the national childhood vaccination programme to children younger than 13 years of age [1] A one dose MMR catch up was offered for individuals born between 1974 and 1986. The overall uptake to this programme was poor.
 1989: The two dose MMR vaccination schedule was extended to all those under 18 years [2]
 2007: Introduction of PCV7 into national childhood vaccination programme as from 1st October 2007.
 2008: From 1st April 2008 the second MMR dose is recommended to all children aged 4 years. [3] This replaced vaccination with the second MMR dose at 12 years of age. However, the second MMR dose will still be recommended to children aged 12 years in a catch-up programme that will last until 2016.
 2008: Commencement of the HPV catch-up programme for girls born in 1993-95 on 1st October 2008. The offer ended 31 December 2010.
 2009: Routine HPV vaccination programme for 12-year-old girls started on 1st January 2009. From this date onwards, the vaccination is free of charge for girls born in 1996 or later. see https://www.ssi.dk/vaccinationer/boernevaccination/vaccination-mod-livmoderhalskraeft
 2010: Pneumococcal vaccination continued with PCV13 from 15th April 2010
 2012: As from 1 April 2012, a temporary offer of free vaccination against measles, mumps and rubella (MMR) was implemented. The offer applies to young adults who have not had measles or previously have been vaccinated against measles. The offer comprises persons above 18 years of age born in 1974 or later and stayed in force until end of 2012. [4]
 2012: As from 27 August 2012, a temporary offer of free HPV vaccination of adult women born between 1986 and 1992 has been put in place. The offer will stay in force until end of 2013 (5) 
 2014: Due to production problem at Statens Serum Institut a hexavalent DTaP-IPVHibHbv vaccine was used for primary vaccination of infants from January 2014. From January 2015 the normal pentavalent DTaP-IPVHib vaccine is in use. For further details consult http://www.ssi.dk/English/News/EPI-NEWS/2014/No%2050%20-%202014.aspx
 2024: Pertussis vaccination during pregnancy introduced as routine vaccination see https://www.ssi.dk/vaccinationer/risikogrupper/gratis-kighostevaccination-til-gravide 
+2025: RSV and Influenza vaccination during pregnancy
 SPECIFIC RECOMMENDATIONS FOR AT-RISK GROUPS:
 - Healthcare workers: See the recent publication by Galanakis, E., F. D'Ancona, A. Jansen et al. The issue of mandatory vaccination for healthcare workers in Europe. Expert. Rev. Vaccines.2014. 13: 277-283.
 - Women above 18 years of age who are not immune to rubella are offered MMR vaccination free of charge
 References 
 1 Danish Ministry of the Interior, j.nr. 4.s.k.t. 5320-24/1986. 11 February 1986 
 2 Danish Ministry of Health, j.nr. 5.k.t. 630-5/1989. 15 December 1989 
 3 MMR 2 vaccination advanced to 4 years. S. Glismann, A. H. Christiansen. EPI-NEWS 2008; 9. Also accessible on-line at Statens Serum Institut website: in English and in Danish. 
 4. SSI EPI News n.12 - 2012 available at http://www.ssi.dk/English/News/EPI-NEWS/2012/No%2012%20-%202012.aspx
 5. SSI EPI-NEWS n. 28/33 – 2012 available at http://www.ssi.dk/English/News/EPI-NEWS/2012/No%2028-33%20-%202012.aspx
-Date of last update: 15 Jan. 2024</t>
+Date of last update: 5 February 2026</t>
   </si>
   <si>
     <t>More information available at: https://en.ssi.dk/vaccination/the-danish-childhood-vaccination-programme, https://en.ssi.dk/vaccination/the-danish-childhood-vaccination-programme/historical-overview-on-vaccines-in-the-programme</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-25 at 21:58.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-19 at 17:19.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Denmark</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Denmark</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Denmark</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -160,51 +161,51 @@
   <cellXfs count="10">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rd4a590b76b5f4518" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Ra4ec671410a04f5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rd527806b07e2496b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R409f5080b6f1401a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R8a093ddace4e4c7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R8933f4aa627549a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:E16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>