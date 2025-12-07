--- v0 (2025-10-20)
+++ v1 (2025-12-07)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R8b90d5476bb0436b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R9d093d1ca7444e6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R4e150cf9f2184ba0"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R2db868ae2db54603"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>12-15</t>
   </si>
   <si>
@@ -72,51 +72,51 @@
 1. MMR is recommended at the age of 12 months instead of 13 (12 -15 months)
 2. Introduction of a 2+1  schedule for PCV,  that is:  2 months, 4 months and 12 months (12 – 15 months for the 3rd dose)
 3. Varicella vaccine is recommended at the age of 12 months instead of 13 months with the second dose at the age of 4-6 years instead of 11-12 years.
 4. The recommendation at the age of 11-12 years for Hepatitis B vaccine for those not been vaccinated earlier was removed. 
 MAJOR HISTORICAL CHANGES
 Measles, mumps and rubella: 
 1972: Rubella vaccine recommended for girls aged 11-12 years. 
 1974: Measles vaccines became available in Cyprus. 
 1979: Measles vaccine recommended in children 15 months of age 
 1989: Combined measles-mumps-rubella (MMR) vaccine introduced into the national vaccination schedule. Vaccination recommended at the age of 15 months. 
 1999: Recommended age for first dose of MMR lowered to 12-15 months. Second dose of MMR introduced at 5-6 or 11-12 years. 
 2003: National Plan for the Elimination of measles and congenital rubella implemented.
 Poliomyelitis 
 2005: Polio immunization schedule has been changed in July 2005 (Ministerial Decree 15 July 2005) with shift of the fourth dose of IPV from age 3 years to 5-6 years. 
 2002: Polio immunization schedule has been changed in August 2002 (Ministerial Decree 18 June 2002) with elimination of OPV and use of IPV for all the doses of the vaccination cycle. 
 Other 
 2005: Introduction of Pn7v, MenC and Var (dose given at 1-2 years) into national childhood vaccination schedule for selected groups only.
 2016: HPV vaccination introduction in schedule. Female, 2 doses. School-based vaccination programme. vaccination also available through Governmental immunization centers
 Date of last update: 12 April 2024
 </t>
   </si>
   <si>
     <t>More information available at: https://www.gov.cy/moh/en/national-vaccination-advisory-committee/</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-20 at 13:47.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-12-07 at 21:06.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Cyprus</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Cyprus</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Cyprus</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -171,51 +171,51 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R4e150cf9f2184ba0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R352df2bf48434a91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rdc927fc5c13c4976" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R2db868ae2db54603" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rfbdabb622c05490c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R42b896d7983a4d96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">