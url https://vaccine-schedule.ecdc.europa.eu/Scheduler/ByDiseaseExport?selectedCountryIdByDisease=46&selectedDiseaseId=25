--- v1 (2025-12-07)
+++ v2 (2026-02-11)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R9d093d1ca7444e6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rf553746478a84924" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R2db868ae2db54603"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R1cff054d07f241cc"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>12-15</t>
   </si>
   <si>
@@ -65,58 +65,58 @@
     <t>Footnotes:</t>
   </si>
   <si>
     <t>1: When PCV20 is used, the recommended schedule consists of 3 primary doses + 1 booster dose (3+1).</t>
   </si>
   <si>
     <t xml:space="preserve">Recent changes to the Cyprus childhood vaccination schedule
 1. MMR is recommended at the age of 12 months instead of 13 (12 -15 months)
 2. Introduction of a 2+1  schedule for PCV,  that is:  2 months, 4 months and 12 months (12 – 15 months for the 3rd dose)
 3. Varicella vaccine is recommended at the age of 12 months instead of 13 months with the second dose at the age of 4-6 years instead of 11-12 years.
 4. The recommendation at the age of 11-12 years for Hepatitis B vaccine for those not been vaccinated earlier was removed. 
 MAJOR HISTORICAL CHANGES
 Measles, mumps and rubella: 
 1972: Rubella vaccine recommended for girls aged 11-12 years. 
 1974: Measles vaccines became available in Cyprus. 
 1979: Measles vaccine recommended in children 15 months of age 
 1989: Combined measles-mumps-rubella (MMR) vaccine introduced into the national vaccination schedule. Vaccination recommended at the age of 15 months. 
 1999: Recommended age for first dose of MMR lowered to 12-15 months. Second dose of MMR introduced at 5-6 or 11-12 years. 
 2003: National Plan for the Elimination of measles and congenital rubella implemented.
 Poliomyelitis 
 2005: Polio immunization schedule has been changed in July 2005 (Ministerial Decree 15 July 2005) with shift of the fourth dose of IPV from age 3 years to 5-6 years. 
 2002: Polio immunization schedule has been changed in August 2002 (Ministerial Decree 18 June 2002) with elimination of OPV and use of IPV for all the doses of the vaccination cycle. 
 Other 
 2005: Introduction of Pn7v, MenC and Var (dose given at 1-2 years) into national childhood vaccination schedule for selected groups only.
 2016: HPV vaccination introduction in schedule. Female, 2 doses. School-based vaccination programme. vaccination also available through Governmental immunization centers
-Date of last update: 12 April 2024
+Date of last update: 30 January 2026
 </t>
   </si>
   <si>
     <t>More information available at: https://www.gov.cy/moh/en/national-vaccination-advisory-committee/</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-12-07 at 21:06.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-11 at 03:43.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Cyprus</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Cyprus</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Cyprus</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -171,51 +171,51 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R2db868ae2db54603" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rfbdabb622c05490c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R42b896d7983a4d96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R1cff054d07f241cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R43bf1cf721bc419e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R27cbab6f52a146a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">