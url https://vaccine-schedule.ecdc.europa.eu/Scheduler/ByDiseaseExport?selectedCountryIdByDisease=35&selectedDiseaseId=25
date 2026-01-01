--- v0 (2025-11-03)
+++ v1 (2026-01-01)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Re2e9cfcf1bcc4316" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R8778235b1c064ae3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rf7d5510bb97a411d"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R8e0d212ac0fc4f82"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Weeks</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
@@ -124,51 +124,51 @@
 Since 2001: Routine two dose immunization with MMR vaccine: 
 1st dose MMR at 13 months of age 
 2nd dose MMR at 12 years of age
 Other:
 2010: Routine immunization with four doses DTaPIPVHib vaccine:
 1st dose DTaPIPVHib at 2 months of age 
 2nd dose DTaPIPVHib at 3 months of age 
 3rd dose DTaPIPVHib at 4 months of age 
 4th dose DTaPIPVHib at 16 months of age (not earlier than 1 year after receiving the 3rd dose) 
 One dose DTaPIPV at 6 years of age 
 One dose of Tdap at 12 years of age
 Routine immunization with three or four doses Pneumococcal conjugated vaccine 
 1st dose Pneumococcal conjugated vaccine at 2 months of age 
 2nd dose Pneumococcal conjugated vaccine at 3 months of age  for children born until 31.12.2019
 3rd dose Pneumococcal conjugated vaccine at 4 months of age 
 4th dose Pneumococcal conjugated vaccine at 12 months of age (Not earlier than 6 months after the 3rd dose or after 2nd dose for those born from 01.01.2020)
 National Program for Primary Prevention of Cervical Cancer 2021-2024
 Free vaccination against human papillomaviruses (HPV) is provided in girls aged 10-13 years through the National Program for Primary Prevention of Cervical Cancer 2021-2024. But vaccine for girls available upon parents request to their GP since 2012. 
 Date of last update: 21 January 2025
 </t>
   </si>
   <si>
     <t>More information available at: https://www.mh.government.bg/bg/informaciya-za-grazhdani/imunizacii/, https://plusmen.bg/</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-11-03 at 13:54.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-01-01 at 09:29.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Bulgaria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Bulgaria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Bulgaria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -223,51 +223,51 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rf7d5510bb97a411d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R730e2d1e1bff4163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rc7dd5787770949fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R8e0d212ac0fc4f82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R162739451261477d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R125852b71faa4032" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">