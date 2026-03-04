--- v1 (2026-01-01)
+++ v2 (2026-03-04)
@@ -1,102 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R8778235b1c064ae3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R994545942ef64d27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R8e0d212ac0fc4f82"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R4439e9f6a9864cf9"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
-    <t>Weeks</t>
-[...1 lines deleted...]
-  <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
-    <t>6</t>
-[...2 lines deleted...]
-    <t>3</t>
+    <t>2</t>
+  </si>
+  <si>
+    <t>4</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>18-64</t>
-[...1 lines deleted...]
-  <si>
     <t>&gt;= 65</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
-    <t>PCV10 or PCV15</t>
-[...8 lines deleted...]
-    <t>PCV13</t>
+    <t>PCV (1 )</t>
+  </si>
+  <si>
+    <t>PCV (2 )</t>
+  </si>
+  <si>
+    <t>PCV13 (3 )</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
-    <t>1: 3-dose schedule, divided as 2 doses for primary immunization from the 6th and 14th weeks (around 3 months) postpartum and one dose for reimmunization from 12 months postpartum.</t>
-[...2 lines deleted...]
-    <t>2: Not earlier than 6 months after the previous dose</t>
+    <t>1: Routine vaccination begins at 6 weeks of age. Second dose is given at 14 weeks of age. For children born to mothers vaccinated against pertussis during pregnancy, mandatory immunization against pneumococcal infections is carried out from two months of age. Subsequent immunization is administered no earlier than 8 weeks after the first dose, respectively from four months of age.</t>
+  </si>
+  <si>
+    <t>2: Not earlier than 6 months after the previous dose.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3: For people over 65 years of age  influenza and pneumococcal vaccines and administration are free of charge and  funded according to the National programme.</t>
   </si>
   <si>
     <t xml:space="preserve">HISTORIC CHANGES:
 Measles
 1969: Measles vaccine introduced in Bulgaria
 1969-1971: Catch-up campaigns, targeting all children from 1 to 8 years of age without history of measles infection
 1972: Measles immunization became universal in Bulgaria
 1972-1982: Routine immunization with one dose of measles vaccine at 10 months of age or slightly older
 1976 &amp; 1981: Follow-up measles immunization campaigns for 2-14 year old children and 2-6 year old children regardless of their vaccination status
 1983: Universal measles immunization with two doses of measles vaccine
 1983-1985: Routine immunization with two doses of measles vaccine:
 1st dose at 12 months of age
 2nd dose at 4 years of age
 1986-1992: Routine immunization with two doses of measles vaccine:
 1st dose at 12 months of age
 2nd dose at 24 months of age
 1992: Follow-up measles immunization campaign for 12-14 year old children regardless of their vaccination status
 1993: Introduction of combined measles-mumps-rubella (MMR) vaccine into the national vaccination schedule: 1st dose given at 13 months of age
 1993-2000: Routine immunization with two doses
 1st dose (MMR) at 13 months of age
 2nd dose (monovalent measles vaccine) at 12 years of age
 2000-2001: Introduction of MMR vaccine into national vaccination schedule for the second dose at 12 years of age.
 Since 2001: Routine two dose immunization with MMR vaccine
 1st dose MMR at 13 months of age
 2nd dose MMR at 12 years of age
@@ -117,58 +111,60 @@
 1976-1981: Routine one dose immunization with monovalent Mumps vaccine for all children at 12 months of age
 1981: Mumps immunization campaign with monovalent Mumps vaccine, targeting children ages 4-12 year
 1982-1986: Mumps immunization temporarily interrupted
 1986-1987: Mumps immunization catch-up campaign with monovalent Mumps vaccine targeting all children up to 5 years of age without mumps history
 1987-1992: Routine one dose immunization with monovalent Mumps vaccine for all children at =14 months of age
 1993: Introduction of combined measles-mumps-rubella (MMR) vaccine into the national vaccination schedule: 1st dose at 13 months of age
 1993-2000: One dose of MMR vaccine at 13 months of age
 Since 2001: Routine two dose immunization with MMR vaccine: 
 1st dose MMR at 13 months of age 
 2nd dose MMR at 12 years of age
 Other:
 2010: Routine immunization with four doses DTaPIPVHib vaccine:
 1st dose DTaPIPVHib at 2 months of age 
 2nd dose DTaPIPVHib at 3 months of age 
 3rd dose DTaPIPVHib at 4 months of age 
 4th dose DTaPIPVHib at 16 months of age (not earlier than 1 year after receiving the 3rd dose) 
 One dose DTaPIPV at 6 years of age 
 One dose of Tdap at 12 years of age
 Routine immunization with three or four doses Pneumococcal conjugated vaccine 
 1st dose Pneumococcal conjugated vaccine at 2 months of age 
 2nd dose Pneumococcal conjugated vaccine at 3 months of age  for children born until 31.12.2019
 3rd dose Pneumococcal conjugated vaccine at 4 months of age 
 4th dose Pneumococcal conjugated vaccine at 12 months of age (Not earlier than 6 months after the 3rd dose or after 2nd dose for those born from 01.01.2020)
 National Program for Primary Prevention of Cervical Cancer 2021-2024
 Free vaccination against human papillomaviruses (HPV) is provided in girls aged 10-13 years through the National Program for Primary Prevention of Cervical Cancer 2021-2024. But vaccine for girls available upon parents request to their GP since 2012. 
-Date of last update: 21 January 2025
+Rotavirus vaccine:  Active immunization of children aged 6 to 24 weeks. The vaccination course consists of two doses, with an interval of at least 4 weeks between doses. Vaccine and immunization are covered by National Program for the Prevention of Rotavirus Gastroenteritis 
+RSV immunization of pregnant women between 24 and 36 weeks of gestation. Vaccine and the administration are free of charge for pregnant women and  funded by the National Health system.
+Date of last update: 6 February 2026
 </t>
   </si>
   <si>
     <t>More information available at: https://www.mh.government.bg/bg/informaciya-za-grazhdani/imunizacii/, https://plusmen.bg/</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-01-01 at 09:29.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-03-04 at 04:02.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Bulgaria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Bulgaria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Bulgaria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -195,303 +191,286 @@
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF347B46" tint="0"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD2DD6A" tint="0"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="10">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
-      <alignment horizontal="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R8e0d212ac0fc4f82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R162739451261477d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R125852b71faa4032" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R4439e9f6a9864cf9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Raf98366a1257482b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rd8b9353509d94c06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F17"/>
+  <dimension ref="A1:E18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
-    <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="F1" s="2" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="3" t="s">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="F2" s="1"/>
+        <v>2</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="C3" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="C3" s="3" t="s">
+      <c r="D3" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="D3" s="3" t="s">
+      <c r="E3" s="3" t="s">
         <v>6</v>
-      </c>
-[...4 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="D4" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="B4" s="5" t="s">
+      <c r="E4" s="5" t="s">
         <v>10</v>
-      </c>
-[...10 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" s="4" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="B7" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="C7" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B8" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="C8" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" s="6" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="B6" s="4" t="s">
+      <c r="B9" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="C6" s="4" t="s">
+      <c r="C9" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="D6" s="4" t="s">
+      <c r="D9" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="E6" s="4" t="s">
+      <c r="E9" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="F6" s="4" t="s">
-[...4 lines deleted...]
-      <c r="A7" s="7" t="s">
+    </row>
+    <row r="11">
+      <c r="A11" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="B7" s="7" t="s">
+      <c r="B11" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="C7" s="7" t="s">
+      <c r="C11" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="D7" s="7" t="s">
+      <c r="D11" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="E7" s="7" t="s">
+      <c r="E11" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="F7" s="7" t="s">
-[...4 lines deleted...]
-      <c r="A8" s="7" t="s">
+    </row>
+    <row r="12">
+      <c r="A12" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="B8" s="7" t="s">
+      <c r="B12" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="C8" s="7" t="s">
+      <c r="C12" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="D8" s="7" t="s">
+      <c r="D12" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="E8" s="7" t="s">
+      <c r="E12" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="F8" s="7" t="s">
-[...4 lines deleted...]
-      <c r="A10" s="7" t="s">
+    </row>
+    <row r="13">
+      <c r="A13" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="B10" s="7" t="s">
+      <c r="B13" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="C10" s="7" t="s">
+      <c r="C13" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="D10" s="7" t="s">
+      <c r="D13" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="E10" s="7" t="s">
+      <c r="E13" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="F10" s="7" t="s">
-[...4 lines deleted...]
-      <c r="A11" s="7" t="s">
+    </row>
+    <row r="16">
+      <c r="A16" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="B11" s="7" t="s">
+      <c r="B16" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="8" t="s">
         <v>18</v>
       </c>
-      <c r="C11" s="7" t="s">
+      <c r="B17" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="9" t="s">
         <v>18</v>
       </c>
-      <c r="D11" s="7" t="s">
-[...33 lines deleted...]
-      <c r="B15" s="1" t="s">
+      <c r="B18" s="1" t="s">
         <v>21</v>
-      </c>
-[...14 lines deleted...]
-        <v>23</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:F1"/>
+    <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:A3"/>
-    <mergeCell ref="C2:D2"/>
-[...6 lines deleted...]
-    <mergeCell ref="A12:F12"/>
+    <mergeCell ref="B2:D2"/>
+    <mergeCell ref="A6:E6"/>
+    <mergeCell ref="A7:E7"/>
+    <mergeCell ref="A8:E8"/>
+    <mergeCell ref="A9:E9"/>
+    <mergeCell ref="A11:E11"/>
+    <mergeCell ref="A12:E12"/>
+    <mergeCell ref="A13:E13"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>