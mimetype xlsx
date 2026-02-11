--- v0 (2025-11-01)
+++ v1 (2026-02-11)
@@ -1,115 +1,120 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R27eb45f372674df5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rc0e3044874484209" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R6163c16a30904a59"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R7f71f94a2e554ce9"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>&gt;= 18</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
-    <t>PCV10</t>
-[...2 lines deleted...]
-    <t>PCV13+PPSV23 (1 )</t>
+    <t>PCV10 or PCV13</t>
+  </si>
+  <si>
+    <t>PCV15+PPSV23 (1 )</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
     <t xml:space="preserve">1: PPSV23 alone  is also an option depending on the medical conditions.  </t>
   </si>
   <si>
     <t>HISTORICAL CHANGES
 Measles, mumps and rubella:
 1968: Measles vaccine introduced in the national childhood vaccination schedule.
 1975: Rubella vaccine introduced in the national childhood vaccination schedule.
 1976: MMR introduced in the national childhood vaccination schedule replacing the single antigen vaccines for first dose and introducing a mumps vaccination programme. In the same year, a rubella catch-up vaccination programme for 14-year old girls was also initiated.
 1994: A second dose of MMR (MMR2) at 7 years of age replaced the single antigen vaccines for second dose. HepB vaccination introduced in the national childhood vaccination schedule to infants of HBsAg positive mothers.
 1997: MMR2 was recommended at 12 years of age.
 1999: The recommendation for MMR2 was reverted to 7 years of age.
 Other:
 1948: Diphtheria and BCG vaccines introduced in the national childhood vaccination schedule.
 1955: Tetanus vaccine introduced in the national childhood vaccination schedule.
 1959: Pertussis vaccine introduced in the national childhood vaccination schedule.
 1999: Universal screening of pregnant women for HBsAg commenced and HepB vaccination introduced in the national childhood vaccination schedule to all children aged 12 years.
 2002: Hib vaccination introduced in the national childhood vaccination schedule. First dose of polio vaccine switched from OPV to IPV and first dose of DTP vaccine switched from DTPw to DTPa.
 2007: HepB vaccination introduced in the national childhood vaccination schedule to all infants.
 2008: April. Universal switch to an all DTaP and all IPV schedule from a schedule that also included DTwP and OPV.
 2015: Hexavalent vaccine introduced
 2016: HPV vaccination for girls and boys at 14 years of age, free of charge. Change to DTaP booster (The second booster dose (fifth dose) is moved from 3 years to five years.DT booster at 6-7 years and at 19 years are discontinued.
-Date of last update: 25 Jan. 2024
+2019: introduction of universal PCV immuniaztion for infants; HPV vaccination catch-up available for all boys and girls ih high school
+2021: HPV catch up recommended for all up until (and including) 25 years of age
+2023: introduction of Tdap vaccination of all pregnant women 
+2024: HPV recommended also for 25+, free of charge for people with medical conditions (ex., immunodeficiency, previous HPV malignancies)
+2025: Herpes zoster vaccine introduced in the Program, recommended and free of charge for certain at risk groups 18+ (eg people after HSCT, people on JAK inhibitors therapy). IPV booster (5th dose) moved from 6 years to 5 years, it is now given together with second DTaP booster. Adding dTap booster doses at 10 and 14 years.
+Date of last update: 4 February 2026
 </t>
   </si>
   <si>
-    <t>More information available at: https://www.hzjz.hr/wp-content/uploads/2023/03/Provedbeni-program-obveznog-cijepljenja-u-2023..pdf, https://www.hzjz.hr/sluzba-epidemiologija-zarazne-bolesti/odjel-za-cijepljenje/, https://www.zakon.hr/z/1067/Zakon-o-za%C5%A1titi-pu%C4%8Danstva-od-zaraznih-bolesti</t>
-[...2 lines deleted...]
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-11-01 at 11:52.</t>
+    <t>More information available at: https://zdravlje.gov.hr/UserDocsImages/2024%20Objave/Trogodi%C5%A1nji%20program%20imunizacije%202025.-2027..pdf , https://www.hzjz.hr/sluzba-epidemiologija-zarazne-bolesti/odjel-za-cijepljenje/, https://www.zakon.hr/z/1067/Zakon-o-za%C5%A1titi-pu%C4%8Danstva-od-zaraznih-bolesti</t>
+  </si>
+  <si>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-11 at 03:48.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Croatia</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Croatia</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Croatia</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -164,51 +169,51 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R6163c16a30904a59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R957331b252bf41e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R5842f214b7e34ab0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R7f71f94a2e554ce9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R07d27730a74f4173" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R465a6f0a0dd74bdd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:E16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>