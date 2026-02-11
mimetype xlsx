--- v0 (2025-10-21)
+++ v1 (2026-02-11)
@@ -1,115 +1,121 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfed5e51815764822" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R151eab02955a40e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Re05b6d9756444321"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rc81e22280e0346bd"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>18-64</t>
   </si>
   <si>
     <t>&gt;= 65</t>
   </si>
   <si>
     <t xml:space="preserve">Belgium  </t>
   </si>
   <si>
-    <t>PCV13 or PCV15</t>
+    <t>PCV13 or PCV20 (1 )</t>
   </si>
   <si>
     <t>PCV20</t>
   </si>
   <si>
+    <t>PCV20 or PCV21</t>
+  </si>
+  <si>
     <t>Footnotes:</t>
+  </si>
+  <si>
+    <t>1: PCV20 is recommended but not implemented in the free routine vaccination programs. For infants, free vaccination with PCV13 (2-4-12m) is offered by the federated entities</t>
   </si>
   <si>
     <t xml:space="preserve">
 --------------------------------------------------------------------------------
 The Belgian Superior Health Council (SHC) gives a scientific recommendation on the immunization schedule as presented in this summary table. 
 https://www.health.belgium.be/fr/vaccination 
 The community governments are responsible for the implementation, organization and promotion of the recommended vaccination programs, and are in charge of purchasing most of the traditional infant and adolescent vaccines.  
 It should be noted that although Rotavirus vaccination is recommended, it is not implemented in the vaccination programs of the community governments.
 HPV vaccination is implemented in the vaccination programme of the community governments, in Flanders since September 2010 and in Wallonia-Brussels since September 2011. This programme is directed to one birth cohort of girls.
 Pertussis vaccination is proposed for free - in Flanders to all pregnant women and to other adults (at the time of the dTT booster) since 1 July 2014 - in Wallonia to all pregnant women since 1 January 2015.
 Specific information on the vaccination programme for Flanders: http://www.zorg-en-gezondheid.be/basisvaccinatieschema/
 Specific information on the vaccination programme for Wallonia-Brussels: https://www.e-vax.be/welkom.do and http://www.vaccination-info.be/
 Specific information on catch-up vaccination: https://www.health.belgium.be/fr/vaccination#Autres%20fiches%20de%20vaccination
 --------------------------------------------------------------------------------
 Specific comments re. specific vaccination
 2019 - MMR vaccination. Age of second dose advanced to 7-9 years (11-13 years before)
 2019 - Meningococcal vaccination. In the general vaccination schedule, the MenC vaccination at 15 months of age is replaced by a dose of a conjugated meningococcal serogroup ACWY vaccine and an additional dose a conjugated meningococcal serogroup ACWY vaccine is scheduled at the age of 14-16 at the time of the dTap vaccine in adolescents.
 By March 2021, this recommendation was not yet integrated in the current vaccination programs in Flanders and in Wallonia/Brussels.
 --------------------------------------------------------------------------------
-Date of last update: 21 January 2025
+Date of last update: 4 February 2026
 --------------------------------------------------------------------------------
 </t>
   </si>
   <si>
     <t>More information available at: http://www.vaccination-info.be/, https://www.hgr-css.be/fr/avis</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-21 at 06:23.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-11 at 03:49.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t xml:space="preserve">General recommendation for Belgium  </t>
   </si>
   <si>
     <t xml:space="preserve">Recommendation for specific groups only for Belgium  </t>
   </si>
   <si>
     <t xml:space="preserve">Catch-up (e.g. if previous doses missed) for Belgium  </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -164,56 +170,56 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Re05b6d9756444321" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R8ec67f1c193d4a5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rfc4118f61eae45c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rc81e22280e0346bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R1891350154ac46f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R5f35f1bc69af4e07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F14"/>
+  <dimension ref="A1:F16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>0</v>
       </c>
@@ -249,146 +255,167 @@
       </c>
       <c r="E3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>9</v>
       </c>
       <c r="E4" s="6" t="s">
         <v>10</v>
       </c>
       <c r="F4" s="5" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C6" s="4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F6" s="4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B7" s="7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D7" s="7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E7" s="7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F7" s="7" t="s">
-        <v>12</v>
-[...18 lines deleted...]
-      <c r="F8" s="7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="1" t="s">
-[...30 lines deleted...]
-      <c r="B13" s="1" t="s">
+      <c r="A9" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="B9" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="C9" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D9" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F9" s="7" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B10" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C10" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="D10" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="F10" s="7" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="8" t="s">
         <v>17</v>
-      </c>
-[...3 lines deleted...]
-        <v>15</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>18</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="E2:F2"/>
     <mergeCell ref="A6:F6"/>
     <mergeCell ref="A7:F7"/>
-    <mergeCell ref="A8:F8"/>
     <mergeCell ref="A9:F9"/>
+    <mergeCell ref="A10:F10"/>
+    <mergeCell ref="A11:F11"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>