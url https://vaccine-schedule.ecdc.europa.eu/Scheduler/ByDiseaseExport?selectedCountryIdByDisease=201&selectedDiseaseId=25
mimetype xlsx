--- v0 (2025-10-08)
+++ v1 (2025-12-08)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R6ffe0ab6121d4521" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R413fa74aa9c842a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R3a12061029b64f85"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R0883f8cb96364d64"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
@@ -94,51 +94,51 @@
 2001: HepB vaccination introduced into the national childhood vaccination schedule and administerd to all children in the 1st and 12th year of life
 2007: IPV replaced OPV in the 1st year of life
 2007: Acellular pertussis vaccine (aP) replaced the whole-cell vaccine (wP) in the 1st year of life
 2010: Recommended PCV vaccination for babies in their 1st year of life introduced in the national vaccination schedule
 2014: Updated recommendation for recommendation for vaccination against invasive meningococcal disease
 2016: Pertussis vaccination during pregnancy introduced
 2018: Change to the primary infant schedule from a 3+1 to  2+1 scheme in the first year of life
 2019: Gender-neutral HPV vaccination
 _______________________________________________________________________
 VACCINATION FOR PREGNANT WOMEN
 http://www.mzcr.cz/Verejne/dokumenty/doporuceni-narodni-imunizacni-komisenikopro-ockovani-tehotnych-zen-proti-per_11107_1985_5.html
 _______________________________________________________________________
 VACCINATIONS RECOMMENDED FOR AT-RISK GROUPS:
 Healthcare workers: pertussis- recommended only - one booster dose should include pertussis (Td-acp); Hepatitis B - mandatory by law
 Employees of Integrated Rescue System: Hepatitis A and B - mandatory by law
 Military and judicial guard, social workers: Hepatitis B - mandatory by law
 Laboratories working with virulent strains of rabies: Rabies - mandatory by law, revaccination after 2-5 years
 Babies/children: pneumococcal disease for children at risk - mandatory by law; hepatitis B for children of HBsAg-positive mothers	
 _______________________________________________________________________
 Date of last update: 15 April 2024.</t>
   </si>
   <si>
     <t>More information available at: https://www.vzp.cz/pojistenci/prevence/ockovani, https://szu.cz/temata-zdravi-a-bezpecnosti/vakciny-a-ockovani/informace-o-infekcich-v-ramci-ockovani-v-cr-i/, https://szu.cz/tema/vakciny-a-ockovani/ockovaci-kalendar-v-cr/</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-08 at 17:04.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-12-08 at 05:27.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Czechia</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Czechia</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Czechia</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -193,51 +193,51 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R3a12061029b64f85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rf0cc22f35f2c4a30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R57635c7825d7443a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R0883f8cb96364d64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R80670867dc3f4d39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R62f74c33763048ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>