--- v1 (2025-12-08)
+++ v2 (2026-02-11)
@@ -1,144 +1,144 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R413fa74aa9c842a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R16320c18369a4a07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R0883f8cb96364d64"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R8e8b2a34a6e5443d"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>3</t>
-[...2 lines deleted...]
-    <t>4</t>
+    <t>3-4</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>13-15</t>
   </si>
   <si>
     <t>18-64</t>
   </si>
   <si>
     <t>&gt;= 65</t>
   </si>
   <si>
     <t>Czechia</t>
   </si>
   <si>
-    <t>PCV13 or PCV15 or PCV20</t>
-[...8 lines deleted...]
-    <t>PCV15+PPSV23 or PCV20</t>
+    <t>PCV</t>
+  </si>
+  <si>
+    <t>PCV (1 )</t>
+  </si>
+  <si>
+    <t>PCV20 or PCV21 (2 )</t>
+  </si>
+  <si>
+    <t>PCV20 or PCV21</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
-    <t>1: Any PCV or PPSV23. Vaccination is especially recommended for people with chronic lung disease (includes moderate and severe bronchial asthma), with long-term medical treatment; persons with heart disease and/or large vessels with long-term systemic medical treatment, such as hypertension; people with chronic kidney and liver disease; patients with diabetes mellitus; patients with an immune disorder system (eg patients with immunosuppressive treatment (steroids, HIV infections, etc.) and asplenia / hyposplenia; patients with anticancer treatment; patients before / after solid organ and / or bone marrow transplantation; people with severe obesity (BMI over 40 kg / m2) and persons over 65 years of age.</t>
+    <t>1: Third dose if PCV20 used.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2: PCV20 or PCV21. Vaccination covered from the National Health system for individuals of age 65 and older,  and for individuals with impaired/absent splenic function (hyposplenism or asplenia), or with an indicated or previously performed splenectomy; individuals who have undergone autologous or allogeneic hematopoietic stem cell transplantation; individuals with severe primary or secondary immunodeficiencies requiring follow-up care at a specialized center; individuals with a history of IMO or IPO. Also covered for individuals in long-term care hospitals, in nursing homes for seniors, in residential facilities for persons with disabilities or in facilities with a special care regime, provided that these individuals suffer from chronic non-specific respiratory diseases, chronic diseases of the heart, blood vessels, or kidneys, or from diabetes treated with insulin.The vaccination is recommended also for people 18+ with risk factors. For details see: https://www.vakcinace.eu/doporuceni-a-stanoviska/doporuceni-cvs-cls-jep-pro-ockovani-dospelych-proti-pneumokokovym-onemocnenim</t>
   </si>
   <si>
     <t xml:space="preserve">_______________________________________________________________________
 HISTORICAL CHANGES: 
 1946: Diphteria vaccination introduced into the national childhood vaccination schedule
 1952: Tetanus vaccination administered to children in communities 
 1953: TB vaccination introduced into the national childhood vaccination schedule
 1956: Tetanus vaccination introduced into the national childhood vaccination schedule
 1958: WCP vaccination introduced into the national childhood vaccination schedule
 1960-1969: Oral polio vaccination present in the national childhood vaccination schedule  
 1969: Measles vaccination for babies at 12 months of age introduced into the national childhood vaccination schedule 
 1982: Measles – two dose vaccination regime administered to children at 15 months of age and 6-10 months after receiving the first dose
 1982: Rubella vaccination for 12 year old girls introduced into the national childhood vaccination schedule 
 1986: Rubella vaccination for children at 2 years of age introduced into the national childhood vaccination schedule 
 1987: Mumps vaccination for babies at 15 months introduced into the national childhood vaccination schedule 
 2001: Hib vaccination introduced into the national childhood vaccination schedule and administered to all children in the first year of life
 2001: HepB vaccination introduced into the national childhood vaccination schedule and administerd to all children in the 1st and 12th year of life
 2007: IPV replaced OPV in the 1st year of life
 2007: Acellular pertussis vaccine (aP) replaced the whole-cell vaccine (wP) in the 1st year of life
 2010: Recommended PCV vaccination for babies in their 1st year of life introduced in the national vaccination schedule
 2014: Updated recommendation for recommendation for vaccination against invasive meningococcal disease
 2016: Pertussis vaccination during pregnancy introduced
 2018: Change to the primary infant schedule from a 3+1 to  2+1 scheme in the first year of life
 2019: Gender-neutral HPV vaccination
 _______________________________________________________________________
 VACCINATION FOR PREGNANT WOMEN
 http://www.mzcr.cz/Verejne/dokumenty/doporuceni-narodni-imunizacni-komisenikopro-ockovani-tehotnych-zen-proti-per_11107_1985_5.html
 _______________________________________________________________________
 VACCINATIONS RECOMMENDED FOR AT-RISK GROUPS:
 Healthcare workers: pertussis- recommended only - one booster dose should include pertussis (Td-acp); Hepatitis B - mandatory by law
 Employees of Integrated Rescue System: Hepatitis A and B - mandatory by law
 Military and judicial guard, social workers: Hepatitis B - mandatory by law
 Laboratories working with virulent strains of rabies: Rabies - mandatory by law, revaccination after 2-5 years
 Babies/children: pneumococcal disease for children at risk - mandatory by law; hepatitis B for children of HBsAg-positive mothers	
 _______________________________________________________________________
-Date of last update: 15 April 2024.</t>
+Date of last update: 03 February 2026.</t>
   </si>
   <si>
     <t>More information available at: https://www.vzp.cz/pojistenci/prevence/ockovani, https://szu.cz/temata-zdravi-a-bezpecnosti/vakciny-a-ockovani/informace-o-infekcich-v-ramci-ockovani-v-cr-i/, https://szu.cz/tema/vakciny-a-ockovani/ockovaci-kalendar-v-cr/</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-12-08 at 05:27.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-11 at 03:42.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Czechia</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Czechia</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Czechia</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -193,303 +193,302 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R0883f8cb96364d64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R80670867dc3f4d39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R62f74c33763048ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R8e8b2a34a6e5443d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Re8b0ff889298404c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R035655732b17400f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H16"/>
+  <dimension ref="A1:G17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
-    <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="H1" s="2" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
-      <c r="F2" s="1"/>
-      <c r="G2" s="3" t="s">
+      <c r="F2" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="H2" s="1"/>
+      <c r="G2" s="1"/>
     </row>
     <row r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="H3" s="3" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="B4" s="5" t="s">
         <v>10</v>
       </c>
-      <c r="B4" s="5" t="s">
+      <c r="C4" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="C4" s="5" t="s">
-[...2 lines deleted...]
-      <c r="D4" s="1"/>
       <c r="E4" s="5" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="F4" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="F4" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="G4" s="6" t="s">
+      <c r="G4" s="5" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C6" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F6" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G6" s="4" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="7" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B7" s="7" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D7" s="7" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E7" s="7" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F7" s="7" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G7" s="7" t="s">
-        <v>16</v>
-[...28 lines deleted...]
-        <v>17</v>
+        <v>15</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="C8" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D8" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="E8" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F8" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="G8" s="7" t="s">
+        <v>16</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="7" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B10" s="7" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C10" s="7" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D10" s="7" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E10" s="7" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F10" s="7" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G10" s="7" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="1" t="s">
-[...25 lines deleted...]
-      <c r="A14" s="8" t="s">
+      <c r="A11" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="B11" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="C11" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E11" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="F11" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="G11" s="7" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="F12" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="8" t="s">
         <v>20</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="B15" s="1" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="15">
-      <c r="A15" s="9" t="s">
+    <row r="16">
+      <c r="A16" s="9" t="s">
         <v>20</v>
       </c>
-      <c r="B15" s="1" t="s">
+      <c r="B16" s="1" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="16">
-      <c r="A16" s="10" t="s">
+    <row r="17">
+      <c r="A17" s="10" t="s">
         <v>20</v>
       </c>
-      <c r="B16" s="1" t="s">
+      <c r="B17" s="1" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:H1"/>
+    <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:A3"/>
-    <mergeCell ref="B2:F2"/>
-[...6 lines deleted...]
-    <mergeCell ref="A11:H11"/>
+    <mergeCell ref="B2:E2"/>
+    <mergeCell ref="F2:G2"/>
+    <mergeCell ref="A6:G6"/>
+    <mergeCell ref="A7:G7"/>
+    <mergeCell ref="A8:G8"/>
+    <mergeCell ref="A10:G10"/>
+    <mergeCell ref="A11:G11"/>
+    <mergeCell ref="A12:G12"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>