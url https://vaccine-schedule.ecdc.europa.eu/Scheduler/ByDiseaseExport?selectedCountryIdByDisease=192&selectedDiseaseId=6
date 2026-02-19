--- v0 (2025-10-25)
+++ v1 (2026-02-19)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rc07d06d5f74c4710" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Ra27f8f62b0e44ec2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rffe3bbbfae144df7"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="Ra9a5a64726d34d27"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
   <si>
     <t>Hepatitis B: Recommended vaccinations</t>
   </si>
   <si>
     <t>Birth</t>
   </si>
   <si>
     <t>Weeks</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
@@ -76,51 +76,51 @@
   <si>
     <t xml:space="preserve">3: Vaccination against hepatitis B is recommended for children up to 18 years belonging to certain risk groups. For more information, please visit: https://www.folkhalsomyndigheten.se/publikationer-och-material/publikationsarkiv/r/rekommendationer-om-vaccination-mot-hepatit-b-/ </t>
   </si>
   <si>
     <t xml:space="preserve">______________________________________________________________________________________
 1 Sept. 2019: updated regulation to childhood vaccination programme
 see: https://www.folkhalsomyndigheten.se/publikationer-och-material/publikationsarkiv/k/konsoliderad-version-av-hslf-fs-2016-51-folkhalsomyndighetens-foreskrifter/  
 ______________________________________________________________________________________
 HISTORICAL CHANGES TO THE SWEDISH NATIONAL IMMUNISATION PROGRAMME
 - https://www.folkhalsomyndigheten.se/the-public-health-agency-of-sweden/communicable-disease-control/vaccinations/previous-swedish-vaccination-programmes/ (English)
 - https://www.folkhalsomyndigheten.se/smittskydd-beredskap/vaccinationer/vaccinationsprogram/tidigare-vaccinationsprogram/   (Swedish)
 ______________________________________________________________________________________
 OTHER RELEVANT RESOURCES
 PROCEDURE FOR CATCH-UP VACCINATIONS
 https://www.folkhalsomyndigheten.se/the-public-health-agency-of-sweden/communicable-disease-control/vaccinations/catch-up-vaccinations/
 CHANGES IN THE NATIONAL VACCINATION PROGRAMME
 https://www.folkhalsomyndigheten.se/the-public-health-agency-of-sweden/communicable-disease-control/vaccinations/changes-in-the-national-vaccination-programme/
 ______________________________________________________________________________________
 Date of last update: 12 April 2024.
 </t>
   </si>
   <si>
     <t xml:space="preserve">More information available at: https://www.folkhalsomyndigheten.se/smittskydd-beredskap/vaccinationer/vaccinationsprogram/, https://www.folkhalsomyndigheten.se/the-public-health-agency-of-sweden/communicable-disease-control/vaccinations/vaccination-programmes/, https://www.folkhalsomyndigheten.se/publikationer-och-material/publikationsarkiv/k/konsoliderad-version-av-hslf-fs-2016-51-folkhalsomyndighetens-foreskrifter/ </t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-25 at 22:00.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-19 at 17:19.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Sweden</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Sweden</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Sweden</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -175,51 +175,51 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rffe3bbbfae144df7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R0dcdc9380e19403c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R9aab5012fff34c83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Ra9a5a64726d34d27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R0687956522894720" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R2ae267dc448a4346" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">