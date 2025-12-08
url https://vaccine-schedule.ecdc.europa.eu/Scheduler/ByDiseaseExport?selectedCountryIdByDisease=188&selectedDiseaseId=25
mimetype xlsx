--- v0 (2025-10-19)
+++ v1 (2025-12-08)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R6c73ada4b5b14a71" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R2308de8c9fb34607" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rd0406ba858b748b1"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R844e668fcbaa4081"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="20">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
@@ -82,51 +82,51 @@
 1959: Pertussis whole cell vaccine introduced in the national childhood vaccination schedule (3 doses) in the first year of life - combined vaccine together with diphtheria and tetanus vaccine
 1961: First booster dose of combined vaccine (second year of life) added to the national childhood vaccination schedule
 1969: Second booster dose of combined vaccine (fourth year of life) added to the national childhood vaccination schedule, but some years later abandoned
 1999: Acellular pertussis vaccine replaced whole cell vaccine
 2009: Acellular pertussis booster introduced for children 8 years old (combined vaccine dTap)
 Poliomyelitis:
 1957: Polio vaccine introduced into national childhood vaccination schedule
 1961: Live oral Sabin polio vaccine (OPV) replaced Salk polio vaccine
 2003: Inactivated polio vaccine (IPV) only
 Haemophilus influenzae type b:
 2000: Hib vaccine introduced into national childhood vaccination schedule
 Hepatitis B:
 1998: HepB introduced into national childhood vaccination schedule for children 5-6 years old
 HPV:
 2009/10: HPV introduced into national childhood vaccination schedule for girls 11-12 years old
 2014: HPV 2-dose schedule introduced
 2025
 Introduction of the varicella vaccine using the MMRV vaccine.
 Date of last update: 15 Jan. 2025
 </t>
   </si>
   <si>
     <t>More information available at: https://www.nijz.si/sl/koledar-cepljenja-predsolskih-in-solskih-otrok-v-sloveniji, http://www.nijz.si/sl/cepljenje-odraslih</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-19 at 09:18.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-12-08 at 05:22.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Slovenia</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Slovenia</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Slovenia</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -181,51 +181,51 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rd0406ba858b748b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R9cc894c180e14251" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rf778bb08a477476f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R844e668fcbaa4081" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R2670a9be656e4578" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R9bf97ec084f24423" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:G14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>