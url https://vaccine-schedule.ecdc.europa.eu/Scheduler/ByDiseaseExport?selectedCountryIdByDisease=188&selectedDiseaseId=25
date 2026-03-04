--- v1 (2025-12-08)
+++ v2 (2026-03-04)
@@ -1,132 +1,129 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R2308de8c9fb34607" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R66c795202ffe475b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R844e668fcbaa4081"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="Reda3916b45c84544"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>11-18</t>
   </si>
   <si>
     <t>18-64</t>
   </si>
   <si>
     <t>&gt;= 65</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>PCV20</t>
-  </si>
-[...1 lines deleted...]
-    <t>PPSV23</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
     <t>In addition to the above recommendations, tick-borne encephalitis vaccine is recommended for people in every age in the risk areas - the vaccine is self-paid; 3 doses + booster every 5 years.
 MAJOR HISTORICAL CHANGES
 Tuberculosis
 1946-2005: BCG obligatory vaccination of newborns
 2006: Selective vaccination only
 Measles, mumps and rubella:
 1968: Measles vaccine introduced into national childhood vaccination schedule for children aged 8 months, later age of measles vaccination changed to 12 months (single dose)
 1973: Rubella vaccination introduced for women in child-bearing age
 1975: Rubella vaccination introduced for all 12-14 years old girls
 1979: Second dose of measles vaccine together with mumps vaccine (combined vaccine) introduced into national childhood vaccination schedule, 12 months for first dose and 6 years for second dose
 1990: Combined vaccine against measles, mumps and rubella (MMR) introduced into national childhood vaccination in schedule 12-18 months (first dose) and 5-6 years (second dose)
 Diphtheria, tetanus and pertussis:
 1937: Diphtheria vaccine introduced in the national vaccination schedule
 1951: Tetanus vaccine introduced in the national vaccination schedule
 1959: Pertussis whole cell vaccine introduced in the national childhood vaccination schedule (3 doses) in the first year of life - combined vaccine together with diphtheria and tetanus vaccine
 1961: First booster dose of combined vaccine (second year of life) added to the national childhood vaccination schedule
 1969: Second booster dose of combined vaccine (fourth year of life) added to the national childhood vaccination schedule, but some years later abandoned
 1999: Acellular pertussis vaccine replaced whole cell vaccine
 2009: Acellular pertussis booster introduced for children 8 years old (combined vaccine dTap)
 Poliomyelitis:
 1957: Polio vaccine introduced into national childhood vaccination schedule
 1961: Live oral Sabin polio vaccine (OPV) replaced Salk polio vaccine
 2003: Inactivated polio vaccine (IPV) only
 Haemophilus influenzae type b:
 2000: Hib vaccine introduced into national childhood vaccination schedule
 Hepatitis B:
 1998: HepB introduced into national childhood vaccination schedule for children 5-6 years old
 HPV:
 2009/10: HPV introduced into national childhood vaccination schedule for girls 11-12 years old
 2014: HPV 2-dose schedule introduced
 2025
 Introduction of the varicella vaccine using the MMRV vaccine.
-Date of last update: 15 Jan. 2025
+Date of last update: 2 February 2026.
 </t>
   </si>
   <si>
-    <t>More information available at: https://www.nijz.si/sl/koledar-cepljenja-predsolskih-in-solskih-otrok-v-sloveniji, http://www.nijz.si/sl/cepljenje-odraslih</t>
-[...2 lines deleted...]
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-12-08 at 05:22.</t>
+    <t>More information available at: https://www.nijz.si/sl/koledar-cepljenja-predsolskih-in-solskih-otrok-v-sloveniji, https://nijz.si/nalezljive-bolezni/cepljenje/program-cepljenja-in-zascite-z-zdravili/</t>
+  </si>
+  <si>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-03-04 at 05:00.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Slovenia</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Slovenia</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Slovenia</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -181,51 +178,51 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R844e668fcbaa4081" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R2670a9be656e4578" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R9bf97ec084f24423" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Reda3916b45c84544" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R9c3c897bff0e4aab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Ra82131fdfa15469a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:G14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
@@ -274,161 +271,161 @@
       </c>
       <c r="F3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>10</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>10</v>
       </c>
       <c r="F4" s="6" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G4" s="5" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C6" s="4" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F6" s="4" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G6" s="4" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B7" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D7" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E7" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F7" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G7" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="7" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B8" s="7" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C8" s="7" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D8" s="7" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E8" s="7" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F8" s="7" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G8" s="7" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" s="1" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="9" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="10" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:E2"/>
     <mergeCell ref="F2:G2"/>
     <mergeCell ref="A6:G6"/>
     <mergeCell ref="A7:G7"/>
     <mergeCell ref="A8:G8"/>
     <mergeCell ref="A9:G9"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>