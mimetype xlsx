--- v0 (2025-10-19)
+++ v1 (2025-12-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Ra968df96cc834144" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R06cfa6bd2d0d4710" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rfc5969245bf341a8"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rd6e364530dc24bab"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
@@ -112,51 +112,51 @@
 -- Hepatitis A (paediatricians, GPs, infectious disease specialists and gastroenterologists, employees of laboratories at high risk of infection)
 -- Influenza (HCW in direct contact with patients)
 BABIES/CHILDREN:
 -- Hepatitis B (babies of HBsAg positive mothers, children placed in centers for drug addicted persons)
 -- Hepatitis A (2 years old children living in poor hygienic conditions)
 -- Influenza (children from 6th months up to 12 years)
 -- HPV (for 12 years old girls and boys)
 ELDERLY:
 -- Hepatitis B (persons living in social care facilities for mentally ill people)
 -- Influenza (persons in social care facilities, persons in the age of 59 years and older)
 -- Pneumococcal disease (persons in social care facilities, persons in the age of 59 years and older)
 PEOPLE REGARDLESS OF AGE WITH UNDERLYING CONDITIONS:
 --Influenza(persons with serious chronic diseases of respiratory and cardiovascular system, with metabolic, renal disorders and disorders of immunity)
 -- Ppneumococcal disease (persons with serious chronic diseases of respiratory and cardiovascular system, with metabolic, renal disorders and disorders of immunity)
 -- Hepatitis B (persons with chronic disease of liver, diabetics, persons with cystic fibrosis)
 -- Hepatitis A (persons with chronic disease of liver)
 -------------------------------------------------------------------------------------------------------------------------------
 Date of last update: 22 Jan. 2024
 -------------------------------------------------------------------------------------------------------------------------------
 </t>
   </si>
   <si>
     <t>More information available at: https://www.ockovaniechrani.sk/, https://szu.cz/tema/vakciny-a-ockovani/</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-19 at 06:26.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-12-15 at 06:40.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Slovakia</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Slovakia</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Slovakia</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -208,51 +208,51 @@
   <cellXfs count="10">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rfc5969245bf341a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R7c080c33324b43f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rcf684febc4f84b8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rd6e364530dc24bab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R47e66a2c9e47468e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R200dda85f6324bfe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:E17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>