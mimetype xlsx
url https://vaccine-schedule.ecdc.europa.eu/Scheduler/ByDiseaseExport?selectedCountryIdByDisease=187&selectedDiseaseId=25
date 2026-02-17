--- v1 (2025-12-15)
+++ v2 (2026-02-17)
@@ -1,93 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R06cfa6bd2d0d4710" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R0a5b11c7f1544d0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rd6e364530dc24bab"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R1606f547d97140ab"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
-    <t>3</t>
-[...5 lines deleted...]
-    <t>11</t>
+    <t>2</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>10</t>
   </si>
   <si>
     <t>&gt;= 59</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>PCV10 or PCV13 or PCV15</t>
   </si>
   <si>
     <t>PCV10 or PCV13 or PCV15 (1 )</t>
   </si>
   <si>
     <t>PCV (2 )</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
     <t>1: https://www.ockovaniechrani.sk/#/ockovaci-kalendar</t>
   </si>
   <si>
-    <t>2: Vaccination is also mandatory for persons placed in social service facilities. Vaccination is recommended for persons under medical supervision, regardless of age, with serious chronic diseases of the respiratory tract, cardiovascular system, metabolic, renal and immune disorders, persons with functional or anatomical asplenia prior to splenectomy, and persons 59 years of age and older. https://www.uvzsr.sk/web/uvz/povinne-a-odporucane-ockovanie-podla-dosiahnuteho-veku-a-rizika-nakazy-v-slovenskej-republike-na-rok-2016</t>
+    <t>2: Mandatory for persons placed in social care/long-term facilities and recommended free of charge to persons with specific underlying conditions and older adults aged 59 years or older.</t>
   </si>
   <si>
     <t>-------------------------------------------------------------------------------------------------------------------------------
 MAJOR HISTORICAL CHANGES
 Measles, mumps and rubella:
 1969: Measles vaccine introduced into national childhood vaccination schedule for children aged 12 months
 1974: Age for measles vaccination changed to 9 months
 1977: Second dose of measles vaccine was introduced to 11 - 15 months old children
 1982: Age of measles vaccination changed to 11 months for the first dose and to 18 - 22 months for the second dose. Rubella vaccination was introduced for 11 year- old seronegative girls
 1984: Rubella vaccination was introduced for all 11 years old girls
 1985: Age of measles vaccination changed to 14 months for the first dose and to 20 - 24 months for the second dose. Rubella vaccination was introduced for all 2 years old children
 1987: Combined mumps and measles vaccine introduced into national childhood vaccination schedule at 14 months (first dose) and 20-24 months (second dose) 
 1990: Second dose vaccination against mumps and measles changed to 13 years
 1992: Combined vaccine against measles, mumps and rubella was introduced into national childhood vaccination in schedule 14 months (first dose) and 13 years (second dose)
 1995: Age of second MMR dose changed to 10 years
 2020: Age of second MMR dose changed to 4 years. 
 Hepatitis B:
 1998: HepB introduced
 2004: HepB is given at 10 years of age
 2008: Vaccination completed in ex-adolescents
 Haemophilus influenza type b:
 2000: Hib introduced
 HPV: 
 2020: Gender-neutral (boys and girls) HPV vaccination offered free of charge
 Poliomyelitis:
@@ -104,59 +104,59 @@
 2011: Two vaccines, PCV13 and PCV10, were decided to be used for mandatory vaccination
 Tuberculossis:
 2010: July. Re-vaccination of 10 year-old tuberculin-negative children was withdrawn from the national childhood vaccination schedule
 2012: January. Vaccination of newborns against tuberculosis was cancelled
 VACCINES RECOMMENDED FOR AT-RISK GROUPS:
 HEALTHCARE WORKERS:
 -- Tuberculosis (only tuberculin negative HCW before appointing to the Department of Tuberculosis and Respiratory Infections and Pathology, microbiologists and vets at high risk of infection)
 -- Hepatitis B (HCW at high risk of infection, students of medical schools)
 -- Hepatitis A (paediatricians, GPs, infectious disease specialists and gastroenterologists, employees of laboratories at high risk of infection)
 -- Influenza (HCW in direct contact with patients)
 BABIES/CHILDREN:
 -- Hepatitis B (babies of HBsAg positive mothers, children placed in centers for drug addicted persons)
 -- Hepatitis A (2 years old children living in poor hygienic conditions)
 -- Influenza (children from 6th months up to 12 years)
 -- HPV (for 12 years old girls and boys)
 ELDERLY:
 -- Hepatitis B (persons living in social care facilities for mentally ill people)
 -- Influenza (persons in social care facilities, persons in the age of 59 years and older)
 -- Pneumococcal disease (persons in social care facilities, persons in the age of 59 years and older)
 PEOPLE REGARDLESS OF AGE WITH UNDERLYING CONDITIONS:
 --Influenza(persons with serious chronic diseases of respiratory and cardiovascular system, with metabolic, renal disorders and disorders of immunity)
 -- Ppneumococcal disease (persons with serious chronic diseases of respiratory and cardiovascular system, with metabolic, renal disorders and disorders of immunity)
 -- Hepatitis B (persons with chronic disease of liver, diabetics, persons with cystic fibrosis)
 -- Hepatitis A (persons with chronic disease of liver)
 -------------------------------------------------------------------------------------------------------------------------------
-Date of last update: 22 Jan. 2024
+Date of last update: 13 February 2026
 -------------------------------------------------------------------------------------------------------------------------------
 </t>
   </si>
   <si>
-    <t>More information available at: https://www.ockovaniechrani.sk/, https://szu.cz/tema/vakciny-a-ockovani/</t>
-[...2 lines deleted...]
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-12-15 at 06:40.</t>
+    <t>More information available at: https://www.uvzsr.sk/web/uvz/ockovaci-kalendar-na-rok-2026</t>
+  </si>
+  <si>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-17 at 20:44.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Slovakia</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Slovakia</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Slovakia</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -208,51 +208,51 @@
   <cellXfs count="10">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rd6e364530dc24bab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R47e66a2c9e47468e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R200dda85f6324bfe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R1606f547d97140ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R7fdd01a6662a4fe4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R11bba94e07944e70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:E17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>