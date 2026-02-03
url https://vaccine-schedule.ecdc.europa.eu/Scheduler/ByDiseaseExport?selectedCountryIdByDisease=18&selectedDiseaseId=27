--- v0 (2025-10-29)
+++ v1 (2026-02-03)
@@ -1,99 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rd660fdc7778f44ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R5957d33fe2214c8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R853a0d22f79745a6"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R58c63becee994977"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="18">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="14" uniqueCount="14">
   <si>
     <t>Tick-Borne Encephalitis: Recommended vaccinations</t>
   </si>
   <si>
-    <t>Months</t>
-[...1 lines deleted...]
-  <si>
     <t>Years</t>
   </si>
   <si>
-    <t>13</t>
-[...7 lines deleted...]
-  <si>
     <t>&gt;= 7</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
     <t>TBE (1 )</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
-    <t xml:space="preserve">1: Primary immunisation with 3 doses (0/1-3month/5-12 months). Booster after 3 years and every 5 years until age of 60 years. Then booster every 3 years. </t>
+    <t>1: Primary immunisation with 3 doses (0/1-3month/5-12 or 9-12 months depending on vaccine used). First booster 3 years after primary immunisation and afterwards additional booster doses every 5 years up to the age of 60. 60 years and above booster doses every 3 years.
+More information: https://www.sozialministerium.gv.at/impfplan (p. 25ff)</t>
   </si>
   <si>
     <t>--------------------------------------------------------------------------------
-For a full details on catch-up vaccination and additional information please refer to the 2023 National Immunisation Schedule for Austria
-https://www.sozialministerium.at/Themen/Gesundheit/Impfen/Impfplan-%C3%96sterreich.html
+For a full details on catch-up vaccination and additional information please refer to the 2026 National Immunisation Schedule for Austria
+https://www.sozialministerium.gv.at/Themen/Gesundheit/Impfen/impfplan.html
 --------------------------------------------------------------------------------
-Date of last update: 12 April 2024.
+Date of last update: 29 January 2026
 --------------------------------------------------------------------------------
 </t>
   </si>
   <si>
-    <t xml:space="preserve">More information available at: https://www.sozialministerium.at/Themen/Gesundheit/Impfen/Impfplan-%C3%96sterreich.html, https://www.sozialministerium.at/Themen/Gesundheit/Impfen/Kostenfreies-Kinderimpfprogramm.html, https://www.sozialministerium.at/Themen/Gesundheit/Impfen/Impfempfehlungen-Allgemein/Empfehlung-f%C3%BCr-Gesundheitspersonal.html </t>
-[...2 lines deleted...]
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-29 at 16:44.</t>
+    <t>More information available at: https://www.sozialministerium.gv.at/Themen/Gesundheit/Impfen/impfplan.html</t>
+  </si>
+  <si>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-03 at 03:03.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -145,225 +134,144 @@
   <cellXfs count="10">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R853a0d22f79745a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R54faba250aa44624" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R3d05aaf6ec754cb8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R58c63becee994977" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R66b53c4caa694868" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R6918bbe7190b4e0b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:E16"/>
+  <dimension ref="A1:B16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
-    <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="2" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="1"/>
-[...3 lines deleted...]
-      </c>
     </row>
     <row r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="3" t="s">
-        <v>3</v>
-[...8 lines deleted...]
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>8</v>
-[...8 lines deleted...]
-        <v>8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>9</v>
-[...8 lines deleted...]
-        <v>9</v>
+        <v>5</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="6" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>10</v>
-[...8 lines deleted...]
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="6" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>11</v>
-[...8 lines deleted...]
-        <v>11</v>
+        <v>7</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="6" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B10" s="6" t="s">
-        <v>12</v>
-[...8 lines deleted...]
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>13</v>
-[...8 lines deleted...]
-        <v>13</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="7" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="8" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="9" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:E1"/>
+    <mergeCell ref="A1:B1"/>
     <mergeCell ref="A2:A3"/>
-    <mergeCell ref="B2:D2"/>
-[...4 lines deleted...]
-    <mergeCell ref="A11:E11"/>
+    <mergeCell ref="A6:B6"/>
+    <mergeCell ref="A7:B7"/>
+    <mergeCell ref="A9:B9"/>
+    <mergeCell ref="A10:B10"/>
+    <mergeCell ref="A11:B11"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>