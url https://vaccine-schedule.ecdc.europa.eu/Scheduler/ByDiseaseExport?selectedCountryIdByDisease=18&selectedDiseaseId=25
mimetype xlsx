--- v0 (2025-10-20)
+++ v1 (2025-12-08)
@@ -1,99 +1,99 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rcf5cfef8f2cc4e8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R64792d24f5b74127" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R555e3695cf0246e4"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R210e6b914d55425f"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="18">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>12-14</t>
   </si>
   <si>
     <t>&gt;= 60</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
     <t>PCV15</t>
   </si>
   <si>
-    <t>PCV15 or 20 and PPSV23</t>
+    <t>PCV15+PPSV23 or PCV20+PPSV23</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
     <t>--------------------------------------------------------------------------------
 For a full details on catch-up vaccination and additional information please refer to the 2023 National Immunisation Schedule for Austria
 https://www.sozialministerium.at/Themen/Gesundheit/Impfen/Impfplan-%C3%96sterreich.html
 --------------------------------------------------------------------------------
 Date of last update: 12 April 2024.
 --------------------------------------------------------------------------------
 </t>
   </si>
   <si>
     <t xml:space="preserve">More information available at: https://www.sozialministerium.at/Themen/Gesundheit/Impfen/Impfplan-%C3%96sterreich.html, https://www.sozialministerium.at/Themen/Gesundheit/Impfen/Kostenfreies-Kinderimpfprogramm.html, https://www.sozialministerium.at/Themen/Gesundheit/Impfen/Impfempfehlungen-Allgemein/Empfehlung-f%C3%BCr-Gesundheitspersonal.html </t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-20 at 07:40.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-12-08 at 05:27.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -120,76 +120,79 @@
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF347B46" tint="0"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD2DD6A" tint="0"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
+  <cellXfs count="11">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R555e3695cf0246e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R2c1529b490d843d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R9a233fd051a54c9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R210e6b914d55425f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R846f93d0500344db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R494a7223ddd841e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:E14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
@@ -218,134 +221,134 @@
         <v>3</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="E4" s="5" t="s">
+      <c r="E4" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
         <v>10</v>
       </c>
       <c r="B6" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>10</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7">
-      <c r="A7" s="6" t="s">
-[...11 lines deleted...]
-      <c r="E7" s="6" t="s">
+      <c r="A7" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="B7" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="C7" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" s="7" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="6" t="s">
-[...11 lines deleted...]
-      <c r="E8" s="6" t="s">
+      <c r="A8" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="B8" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="C8" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" s="7" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="7" t="s">
+      <c r="A12" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13">
-      <c r="A13" s="8" t="s">
+      <c r="A13" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="14">
-      <c r="A14" s="9" t="s">
+      <c r="A14" s="10" t="s">
         <v>14</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>17</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="A6:E6"/>
     <mergeCell ref="A7:E7"/>
     <mergeCell ref="A8:E8"/>
     <mergeCell ref="A9:E9"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>