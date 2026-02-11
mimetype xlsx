--- v1 (2025-12-08)
+++ v2 (2026-02-11)
@@ -1,99 +1,118 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R64792d24f5b74127" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Re7b2008814b643cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R210e6b914d55425f"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R5315ac421bc5440f"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="18">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="24">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
+    <t>Weeks</t>
+  </si>
+  <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
-    <t>3</t>
-[...5 lines deleted...]
-    <t>12-14</t>
+    <t>6-7</t>
+  </si>
+  <si>
+    <t>2-3</t>
+  </si>
+  <si>
+    <t>4-5</t>
+  </si>
+  <si>
+    <t>11-14</t>
+  </si>
+  <si>
+    <t>18-59</t>
   </si>
   <si>
     <t>&gt;= 60</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
+    <t>PCV15 (1 )</t>
+  </si>
+  <si>
     <t>PCV15</t>
   </si>
   <si>
-    <t>PCV15+PPSV23 or PCV20+PPSV23</t>
+    <t>PCV21 (2 )</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
+    <t>1: Vaccination with PCV15 as soon as possible after the age of 6 weeks, and no later than the age of 3 months. Second dose is given 8 weeks after the first dose, and third dose at the age of 11–15 months (at the earliest 6 months after the second dose). For children without specific indications, vaccination is not recommended after the age of 5.
+More information: https://impfen.gv.at/impfungen/pneumokokken or https://www.sozialministerium.gv.at/impfplan (p. 93ff)</t>
+  </si>
+  <si>
+    <t>2: Vaccination recommended and free of charge for people aged 60 and over and for certain high-risk individuals aged 18 and over. Persons aged 60 years and older who have previously been vaccinated with another pneumococcal vaccine should receive a single dose of PCV21 after approximately 1 year for broader serotype coverage. Even if they have previously been vaccinated sequentially (PCV13/PCV15/PCV20 followed by PPV23), a single booster dose of PCV21 should be given, with the recommended interval being at least 1 year (for PCV13/15 followed by PPV23) and no more than 6 years (PCV20 followed by PPV23) after the last dose. More information: https://www.sozialministerium.gv.at/impfplan (p. 95ff)</t>
+  </si>
+  <si>
     <t>--------------------------------------------------------------------------------
-For a full details on catch-up vaccination and additional information please refer to the 2023 National Immunisation Schedule for Austria
-https://www.sozialministerium.at/Themen/Gesundheit/Impfen/Impfplan-%C3%96sterreich.html
+For a full details on catch-up vaccination and additional information please refer to the 2026 National Immunisation Schedule for Austria
+https://www.sozialministerium.gv.at/Themen/Gesundheit/Impfen/impfplan.html
 --------------------------------------------------------------------------------
-Date of last update: 12 April 2024.
+Date of last update: 29 January 2026
 --------------------------------------------------------------------------------
 </t>
   </si>
   <si>
-    <t xml:space="preserve">More information available at: https://www.sozialministerium.at/Themen/Gesundheit/Impfen/Impfplan-%C3%96sterreich.html, https://www.sozialministerium.at/Themen/Gesundheit/Impfen/Kostenfreies-Kinderimpfprogramm.html, https://www.sozialministerium.at/Themen/Gesundheit/Impfen/Impfempfehlungen-Allgemein/Empfehlung-f%C3%BCr-Gesundheitspersonal.html </t>
-[...2 lines deleted...]
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-12-08 at 05:27.</t>
+    <t>More information available at: https://www.sozialministerium.gv.at/Themen/Gesundheit/Impfen/impfplan.html</t>
+  </si>
+  <si>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-11 at 03:43.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -148,207 +167,303 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R210e6b914d55425f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R846f93d0500344db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R494a7223ddd841e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R5315ac421bc5440f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R052ec6408201406a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R273eb23c87154b18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:E14"/>
+  <dimension ref="A1:G17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
+    <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
+    <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>0</v>
       </c>
+      <c r="F1" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="G1" s="2" t="s">
+        <v>0</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="1"/>
+      <c r="C2" s="3" t="s">
+        <v>2</v>
+      </c>
       <c r="D2" s="1"/>
-      <c r="E2" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E2" s="1"/>
+      <c r="F2" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="G2" s="1"/>
     </row>
     <row r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="3" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C3" s="3" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D3" s="3" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E3" s="3" t="s">
-        <v>6</v>
+        <v>7</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="G3" s="3" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>8</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="C4" s="1"/>
       <c r="D4" s="5" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>12</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" s="5" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="C6" s="4" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>10</v>
+        <v>14</v>
+      </c>
+      <c r="F6" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="G6" s="4" t="s">
+        <v>14</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="7" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="B7" s="7" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D7" s="7" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E7" s="7" t="s">
-        <v>11</v>
+        <v>15</v>
+      </c>
+      <c r="F7" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" s="7" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="7" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="B8" s="7" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="C8" s="7" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="D8" s="7" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="E8" s="7" t="s">
-        <v>12</v>
-[...16 lines deleted...]
-        <v>13</v>
+        <v>16</v>
+      </c>
+      <c r="F8" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="G8" s="7" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="B10" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="C10" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="D10" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="F10" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G10" s="7" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="B11" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="C11" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E11" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="F11" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="G11" s="7" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="8" t="s">
-        <v>14</v>
+      <c r="A12" s="1" t="s">
+        <v>19</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>15</v>
-[...15 lines deleted...]
-        <v>17</v>
+        <v>19</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="E12" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="F12" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:E1"/>
+    <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:A3"/>
-    <mergeCell ref="B2:D2"/>
-[...3 lines deleted...]
-    <mergeCell ref="A9:E9"/>
+    <mergeCell ref="C2:E2"/>
+    <mergeCell ref="F2:G2"/>
+    <mergeCell ref="B4:C4"/>
+    <mergeCell ref="A6:G6"/>
+    <mergeCell ref="A7:G7"/>
+    <mergeCell ref="A8:G8"/>
+    <mergeCell ref="A10:G10"/>
+    <mergeCell ref="A11:G11"/>
+    <mergeCell ref="A12:G12"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>