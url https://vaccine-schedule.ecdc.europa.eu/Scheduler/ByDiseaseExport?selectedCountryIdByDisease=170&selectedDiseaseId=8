--- v0 (2025-10-18)
+++ v1 (2026-02-01)
@@ -1,96 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R464fbacbf4da42cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Raf65b4b32d4f4155" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R7625e2e5ad80418f"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rdf6d4c26539e4b1c"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="15" uniqueCount="15">
   <si>
     <t>Measles: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>MEAS</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
     <t>MAJOR HISTORICAL CHANGES
 Measles, mumps, rubella:
 1979: Measles vaccine was introduced into national children vaccination schedule for children 9-11 months of age. 
 1994: Second measles vaccine dose was introduced into national children vaccination schedule for children 6-7 years of age (first school grade). 
 2002: 1st April first measles vaccine dose was moved from 9-11 month to 12-15 months to prepare for MMR introduction. 
 2003: Rubella vaccination was introduced into national children vaccination schedule for girls aged 14-15 years. 
 2004: MMR 1 was introduced into national children vaccination schedule for children at 12-15 month of age. 
 2005: October, MMR 2 was introduced into national children vaccination schedule for children at 6-7 years of age (first school grade).
 2015: Change to the primary infant series. Moving to a 2, 4 and 11 months schedule for DTaP-IPV-Hib-HepB instead of a 2,4,6 and 12 month schedule. introduction of hexavalent vaccines.
 Other vaccines: 
 2008: From October 2008, DTaP replaced DTwP and IPV replaced OPV. Both DTaP and IPV receommended as a combined quadrivalent vaccine at 2, 4 and 6 months. DTaP recommended at 4 years of age replaced DTwP given at 30-35 months of age.
 2010: From January 2010, the quadrivalent vaccine DTPa-IPV was replaced by the pentavalent vaccine DTPa-IPV-HibV.
 Date of last update: 16 Jan. 2024</t>
   </si>
   <si>
     <t>More information available at: http://www.cnscbt.ro/index.php/calendarul-national-de-vaccinare , http://desprevaccin.ro/ , https://www.colegfarm.ro/userfiles/file/Anexa%20la%20OMS%20964_2022%20_MO-Partea-I-nr.-320Bis.pdf</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-18 at 21:38.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-01 at 03:38.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Romania</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Romania</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Romania</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -142,51 +142,51 @@
   <cellXfs count="10">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R7625e2e5ad80418f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R7ab67de5ad9a426e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R69a8acba24384354" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rdf6d4c26539e4b1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R75bb7f67a9d145f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R9296fd1c974c4264" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:C14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
     </row>