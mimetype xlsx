--- v1 (2026-02-01)
+++ v2 (2026-02-01)
@@ -1,96 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Raf65b4b32d4f4155" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rd0fc4ba761564490" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rdf6d4c26539e4b1c"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R4abe4c1adbfd4867"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="15" uniqueCount="15">
   <si>
     <t>Measles: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>MEAS</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
     <t>MAJOR HISTORICAL CHANGES
 Measles, mumps, rubella:
 1979: Measles vaccine was introduced into national children vaccination schedule for children 9-11 months of age. 
 1994: Second measles vaccine dose was introduced into national children vaccination schedule for children 6-7 years of age (first school grade). 
 2002: 1st April first measles vaccine dose was moved from 9-11 month to 12-15 months to prepare for MMR introduction. 
 2003: Rubella vaccination was introduced into national children vaccination schedule for girls aged 14-15 years. 
 2004: MMR 1 was introduced into national children vaccination schedule for children at 12-15 month of age. 
 2005: October, MMR 2 was introduced into national children vaccination schedule for children at 6-7 years of age (first school grade).
 2015: Change to the primary infant series. Moving to a 2, 4 and 11 months schedule for DTaP-IPV-Hib-HepB instead of a 2,4,6 and 12 month schedule. introduction of hexavalent vaccines.
 Other vaccines: 
 2008: From October 2008, DTaP replaced DTwP and IPV replaced OPV. Both DTaP and IPV receommended as a combined quadrivalent vaccine at 2, 4 and 6 months. DTaP recommended at 4 years of age replaced DTwP given at 30-35 months of age.
 2010: From January 2010, the quadrivalent vaccine DTPa-IPV was replaced by the pentavalent vaccine DTPa-IPV-HibV.
 Date of last update: 16 Jan. 2024</t>
   </si>
   <si>
     <t>More information available at: http://www.cnscbt.ro/index.php/calendarul-national-de-vaccinare , http://desprevaccin.ro/ , https://www.colegfarm.ro/userfiles/file/Anexa%20la%20OMS%20964_2022%20_MO-Partea-I-nr.-320Bis.pdf</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-01 at 03:38.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-01 at 04:44.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Romania</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Romania</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Romania</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -142,51 +142,51 @@
   <cellXfs count="10">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rdf6d4c26539e4b1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R75bb7f67a9d145f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R9296fd1c974c4264" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R4abe4c1adbfd4867" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R6ec37dacede54ae2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R90262526b0dc44dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:C14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
     </row>