--- v2 (2026-02-01)
+++ v3 (2026-03-18)
@@ -1,96 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rd0fc4ba761564490" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R5a88aaa679004542" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R4abe4c1adbfd4867"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="Ree90fd027acd484d"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="15" uniqueCount="15">
   <si>
     <t>Measles: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>MEAS</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
     <t>MAJOR HISTORICAL CHANGES
 Measles, mumps, rubella:
 1979: Measles vaccine was introduced into national children vaccination schedule for children 9-11 months of age. 
 1994: Second measles vaccine dose was introduced into national children vaccination schedule for children 6-7 years of age (first school grade). 
 2002: 1st April first measles vaccine dose was moved from 9-11 month to 12-15 months to prepare for MMR introduction. 
 2003: Rubella vaccination was introduced into national children vaccination schedule for girls aged 14-15 years. 
 2004: MMR 1 was introduced into national children vaccination schedule for children at 12-15 month of age. 
 2005: October, MMR 2 was introduced into national children vaccination schedule for children at 6-7 years of age (first school grade).
 2015: Change to the primary infant series. Moving to a 2, 4 and 11 months schedule for DTaP-IPV-Hib-HepB instead of a 2,4,6 and 12 month schedule. introduction of hexavalent vaccines.
 Other vaccines: 
 2008: From October 2008, DTaP replaced DTwP and IPV replaced OPV. Both DTaP and IPV receommended as a combined quadrivalent vaccine at 2, 4 and 6 months. DTaP recommended at 4 years of age replaced DTwP given at 30-35 months of age.
 2010: From January 2010, the quadrivalent vaccine DTPa-IPV was replaced by the pentavalent vaccine DTPa-IPV-HibV.
 Date of last update: 16 Jan. 2024</t>
   </si>
   <si>
-    <t>More information available at: http://www.cnscbt.ro/index.php/calendarul-national-de-vaccinare , http://desprevaccin.ro/ , https://www.colegfarm.ro/userfiles/file/Anexa%20la%20OMS%20964_2022%20_MO-Partea-I-nr.-320Bis.pdf</t>
-[...2 lines deleted...]
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-01 at 04:44.</t>
+    <t>More information available at: http://www.cnscbt.ro/index.php/calendarul-national-de-vaccinare , http://desprevaccin.ro/ , https://www.colegfarm.ro/userfiles/file/Anexa%20la%20OMS%20964_2022%20_MO-Partea-I-nr.-320Bis.pdf, https://legislatie.just.ro/Public/DetaliiDocument/274488</t>
+  </si>
+  <si>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-03-18 at 15:49.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Romania</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Romania</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Romania</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -142,51 +142,51 @@
   <cellXfs count="10">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R4abe4c1adbfd4867" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R6ec37dacede54ae2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R90262526b0dc44dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Ree90fd027acd484d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rdc93716631bf46d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rdf9392dae5d64244" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:C14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
     </row>