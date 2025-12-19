--- v0 (2025-10-31)
+++ v1 (2025-12-19)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R388c4001b6554b60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Ra6e0f242d1524bde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R7f5cbbefb5dc4c93"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R6b4699c27ea14250"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="20">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
@@ -61,51 +61,51 @@
   <si>
     <t>PCV13 or PCV15 or PCV20 or PPSV23</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
     <t>MAJOR HISTORICAL CHANGES
 Measles, mumps, rubella:
 1979: Measles vaccine was introduced into national children vaccination schedule for children 9-11 months of age. 
 1994: Second measles vaccine dose was introduced into national children vaccination schedule for children 6-7 years of age (first school grade). 
 2002: 1st April first measles vaccine dose was moved from 9-11 month to 12-15 months to prepare for MMR introduction. 
 2003: Rubella vaccination was introduced into national children vaccination schedule for girls aged 14-15 years. 
 2004: MMR 1 was introduced into national children vaccination schedule for children at 12-15 month of age. 
 2005: October, MMR 2 was introduced into national children vaccination schedule for children at 6-7 years of age (first school grade).
 2015: Change to the primary infant series. Moving to a 2, 4 and 11 months schedule for DTaP-IPV-Hib-HepB instead of a 2,4,6 and 12 month schedule. introduction of hexavalent vaccines.
 Other vaccines: 
 2008: From October 2008, DTaP replaced DTwP and IPV replaced OPV. Both DTaP and IPV receommended as a combined quadrivalent vaccine at 2, 4 and 6 months. DTaP recommended at 4 years of age replaced DTwP given at 30-35 months of age.
 2010: From January 2010, the quadrivalent vaccine DTPa-IPV was replaced by the pentavalent vaccine DTPa-IPV-HibV.
 Date of last update: 16 Jan. 2024</t>
   </si>
   <si>
     <t>More information available at: http://www.cnscbt.ro/index.php/calendarul-national-de-vaccinare , http://desprevaccin.ro/ , https://www.colegfarm.ro/userfiles/file/Anexa%20la%20OMS%20964_2022%20_MO-Partea-I-nr.-320Bis.pdf</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-31 at 05:59.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-12-19 at 22:55.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Romania</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Romania</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Romania</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -160,51 +160,51 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R7f5cbbefb5dc4c93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Ree5a092501ce4fdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rb0569cf42d0c40d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R6b4699c27ea14250" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rfbc3e8a278154a82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Reda106aa6aa24c1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">