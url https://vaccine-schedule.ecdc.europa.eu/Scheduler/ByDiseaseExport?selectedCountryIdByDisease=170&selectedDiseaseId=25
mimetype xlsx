--- v1 (2025-12-19)
+++ v2 (2026-02-17)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Ra6e0f242d1524bde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R31ba2ad842ae4a76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R6b4699c27ea14250"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R67330eba19cc4982"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="20">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
@@ -58,54 +58,54 @@
   <si>
     <t>PCV13/PCV15 + PPSV23 or PCV20</t>
   </si>
   <si>
     <t>PCV13 or PCV15 or PCV20 or PPSV23</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
     <t>MAJOR HISTORICAL CHANGES
 Measles, mumps, rubella:
 1979: Measles vaccine was introduced into national children vaccination schedule for children 9-11 months of age. 
 1994: Second measles vaccine dose was introduced into national children vaccination schedule for children 6-7 years of age (first school grade). 
 2002: 1st April first measles vaccine dose was moved from 9-11 month to 12-15 months to prepare for MMR introduction. 
 2003: Rubella vaccination was introduced into national children vaccination schedule for girls aged 14-15 years. 
 2004: MMR 1 was introduced into national children vaccination schedule for children at 12-15 month of age. 
 2005: October, MMR 2 was introduced into national children vaccination schedule for children at 6-7 years of age (first school grade).
 2015: Change to the primary infant series. Moving to a 2, 4 and 11 months schedule for DTaP-IPV-Hib-HepB instead of a 2,4,6 and 12 month schedule. introduction of hexavalent vaccines.
 Other vaccines: 
 2008: From October 2008, DTaP replaced DTwP and IPV replaced OPV. Both DTaP and IPV receommended as a combined quadrivalent vaccine at 2, 4 and 6 months. DTaP recommended at 4 years of age replaced DTwP given at 30-35 months of age.
 2010: From January 2010, the quadrivalent vaccine DTPa-IPV was replaced by the pentavalent vaccine DTPa-IPV-HibV.
 Date of last update: 16 Jan. 2024</t>
   </si>
   <si>
-    <t>More information available at: http://www.cnscbt.ro/index.php/calendarul-national-de-vaccinare , http://desprevaccin.ro/ , https://www.colegfarm.ro/userfiles/file/Anexa%20la%20OMS%20964_2022%20_MO-Partea-I-nr.-320Bis.pdf</t>
-[...2 lines deleted...]
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-12-19 at 22:55.</t>
+    <t>More information available at: http://www.cnscbt.ro/index.php/calendarul-national-de-vaccinare , http://desprevaccin.ro/ , https://www.colegfarm.ro/userfiles/file/Anexa%20la%20OMS%20964_2022%20_MO-Partea-I-nr.-320Bis.pdf, https://legislatie.just.ro/Public/DetaliiDocument/274488</t>
+  </si>
+  <si>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-17 at 22:12.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Romania</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Romania</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Romania</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -160,51 +160,51 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R6b4699c27ea14250" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rfbc3e8a278154a82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Reda106aa6aa24c1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R67330eba19cc4982" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rc635dcb46e244e47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R34da430d33a44102" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">