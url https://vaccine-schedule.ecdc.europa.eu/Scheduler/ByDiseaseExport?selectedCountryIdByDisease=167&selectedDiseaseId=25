--- v0 (2025-10-30)
+++ v1 (2026-01-01)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R3f9e8d8ea01649ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfa9032ca47dd4f89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rd263a0bb0fec4e6a"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R7191b1f2b07e4da0"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="20">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
@@ -87,51 +87,51 @@
 Men C:
 2012: one dose at 12 months instead of a 3-dose schedule
 Men B:
 2020: introduced as a 3-dose schedule for children born from 2019
 Pneumococcal Disease:
 2015: PCV 13 included at 2, 4 and 12 months old (since jul 2015)
 Td: Adult booster
 2017: Vaccination at 25, 45 and 65 years of age and thereafter every 10 years
 TdaP: Vaccination during pregnancy
 2017: to be given at each pregnancy between gestation week 20 to 36. 
 Vaccination for specific at-risk groups:
 Children
 - Rotavirus vaccination is recommended for children with some chronic conditions 
 - Tetravalent Men vaccination is recommended for selected groups
 - Hep A vaccination is recommended for selected groups.
 Adults
 - PCV and PPSV23 for adults (&gt;=18 years old) with certain chronic conditions (https://www.dgs.pt/normas-orientacoes-e-informacoes/normas-e-circulares-normativas/norma-n-0112015-de-23062015-pdf.aspx)
 ________________________________________________________________________
 Date of last update: 22 Jan. 2024
 ________________________________________________________________________</t>
   </si>
   <si>
     <t>More information available at: https://www.dgs.pt/paginas-de-sistema/saude-de-a-a-z/programa-nacional-de-vacinacao/programa-nacional-de-vacinacao.aspx, https://www.dgs.pt/ficheiros-de-upload-2013/pnv-esquema-recomendado-pdf11.aspx, https://www.dgs.pt/normas-orientacoes-e-informacoes/normas-e-circulares-normativas/norma-n-0182020-de-27092020-pdf.aspx, https://www.sns24.gov.pt/tema/vacinas/programa-nacional-de-vacinacao/</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-30 at 02:03.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-01-01 at 07:36.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Portugal</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Portugal</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Portugal</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -186,51 +186,51 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rd263a0bb0fec4e6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R71d30832bf0c4e6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rccc7db0454de40b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R7191b1f2b07e4da0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R3f8574462e8648d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R690e7a5d11964759" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">