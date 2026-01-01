--- v1 (2026-01-01)
+++ v2 (2026-01-01)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfa9032ca47dd4f89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rd1f1d9017530452a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R7191b1f2b07e4da0"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rf2e940c7af16465d"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="20">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
@@ -87,51 +87,51 @@
 Men C:
 2012: one dose at 12 months instead of a 3-dose schedule
 Men B:
 2020: introduced as a 3-dose schedule for children born from 2019
 Pneumococcal Disease:
 2015: PCV 13 included at 2, 4 and 12 months old (since jul 2015)
 Td: Adult booster
 2017: Vaccination at 25, 45 and 65 years of age and thereafter every 10 years
 TdaP: Vaccination during pregnancy
 2017: to be given at each pregnancy between gestation week 20 to 36. 
 Vaccination for specific at-risk groups:
 Children
 - Rotavirus vaccination is recommended for children with some chronic conditions 
 - Tetravalent Men vaccination is recommended for selected groups
 - Hep A vaccination is recommended for selected groups.
 Adults
 - PCV and PPSV23 for adults (&gt;=18 years old) with certain chronic conditions (https://www.dgs.pt/normas-orientacoes-e-informacoes/normas-e-circulares-normativas/norma-n-0112015-de-23062015-pdf.aspx)
 ________________________________________________________________________
 Date of last update: 22 Jan. 2024
 ________________________________________________________________________</t>
   </si>
   <si>
     <t>More information available at: https://www.dgs.pt/paginas-de-sistema/saude-de-a-a-z/programa-nacional-de-vacinacao/programa-nacional-de-vacinacao.aspx, https://www.dgs.pt/ficheiros-de-upload-2013/pnv-esquema-recomendado-pdf11.aspx, https://www.dgs.pt/normas-orientacoes-e-informacoes/normas-e-circulares-normativas/norma-n-0182020-de-27092020-pdf.aspx, https://www.sns24.gov.pt/tema/vacinas/programa-nacional-de-vacinacao/</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-01-01 at 07:36.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-01-01 at 09:12.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Portugal</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Portugal</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Portugal</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -186,51 +186,51 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R7191b1f2b07e4da0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R3f8574462e8648d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R690e7a5d11964759" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rf2e940c7af16465d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R47020db782514276" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rd3e22a4bad384fe2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">