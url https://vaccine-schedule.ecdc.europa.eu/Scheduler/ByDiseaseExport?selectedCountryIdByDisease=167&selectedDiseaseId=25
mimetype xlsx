--- v2 (2026-01-01)
+++ v3 (2026-03-04)
@@ -1,137 +1,139 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rd1f1d9017530452a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R9f583e00b0e043ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rf2e940c7af16465d"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R22a4657814cb4d66"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="23">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
+    <t>2-17</t>
+  </si>
+  <si>
     <t>18-64</t>
   </si>
   <si>
     <t>&gt;= 65</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
-    <t>PCV20</t>
-[...5 lines deleted...]
-    <t>PPSV23</t>
+    <t>PCV20 (1 )</t>
+  </si>
+  <si>
+    <t>PPSV23 (2 )</t>
+  </si>
+  <si>
+    <t>PCV20+PPSV23 (2 )</t>
   </si>
   <si>
     <t>Footnotes:</t>
+  </si>
+  <si>
+    <t>1: PCV20 recommended at 2, 4 and 12 months of age. More information available at: https://www.dgs.pt/ficheiros-de-upload-2013/19-doenca-pneumococica-pdf.aspx</t>
+  </si>
+  <si>
+    <t>2: More information on which groups have free access to the vaccination available at: https://www.dgs.pt/ficheiros-de-upload-2013/19-doenca-pneumococica-pdf.aspx</t>
   </si>
   <si>
     <t>MAJOR HISTORICAL CHANGES
 Jan.2017: laucnh of the 2017 national vaccination programme. see modifications at http://www.dgs.pt/?ci=923&amp;ur=1&amp;newsletter=374 
 BCG:
 2017: recommended only to specific risk-groups. previously universal vaccination
 Measles, mumps and rubella: 
 1973-77: Vaccination campaign with measles monovalent vaccine to 1-4 years old children.
 1974: Measles monovalent vaccine introduced in the national childhood vaccination programme and recommended at 12 to 24 months of age.
 1987: Combined measles, mumps and rubella vaccine (MMR) introduced in the national childhood vaccination programme and recommended at 15 months of age.
 1990: Second MMR dose added and recommended at 11-13 years of age. 
 2000: Recommended age for second MMR lowered to 5-6 years of age.
 2012: First dose lowered to 12 months of age
 HPV:
 2008: 27 October. HPV vaccination introduced in national vaccination schedule for 13-year-old girls. 
 2009: January. HPV vaccination catch-up campaign lasting till 2011, for 17-year old girls. 
 2012: routine vaccination at 13 years.
 2014: HPV schedule changed to 2 doses at 10-13 years old (since oct 2014)
 2017: HPV nonavalent introduced as a 2 doses schedule for females at age 10
 2020: vaccination extended to boys born from 2009
 Meningococcal disease
 Men C:
 2012: one dose at 12 months instead of a 3-dose schedule
 Men B:
 2020: introduced as a 3-dose schedule for children born from 2019
 Pneumococcal Disease:
 2015: PCV 13 included at 2, 4 and 12 months old (since jul 2015)
 Td: Adult booster
 2017: Vaccination at 25, 45 and 65 years of age and thereafter every 10 years
 TdaP: Vaccination during pregnancy
 2017: to be given at each pregnancy between gestation week 20 to 36. 
-Vaccination for specific at-risk groups:
-[...5 lines deleted...]
-- PCV and PPSV23 for adults (&gt;=18 years old) with certain chronic conditions (https://www.dgs.pt/normas-orientacoes-e-informacoes/normas-e-circulares-normativas/norma-n-0112015-de-23062015-pdf.aspx)
 ________________________________________________________________________
-Date of last update: 22 Jan. 2024
+Date of last update: 5 February 2026
 ________________________________________________________________________</t>
   </si>
   <si>
-    <t>More information available at: https://www.dgs.pt/paginas-de-sistema/saude-de-a-a-z/programa-nacional-de-vacinacao/programa-nacional-de-vacinacao.aspx, https://www.dgs.pt/ficheiros-de-upload-2013/pnv-esquema-recomendado-pdf11.aspx, https://www.dgs.pt/normas-orientacoes-e-informacoes/normas-e-circulares-normativas/norma-n-0182020-de-27092020-pdf.aspx, https://www.sns24.gov.pt/tema/vacinas/programa-nacional-de-vacinacao/</t>
-[...2 lines deleted...]
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-01-01 at 09:12.</t>
+    <t>More information available at: https://www.dgs.pt/publicacoes/livro-azul-de-vacinas-programa-nacional-de-vacinacao-e-outras-estrategias-de-imunizacao.aspx</t>
+  </si>
+  <si>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-03-04 at 03:56.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Portugal</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Portugal</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Portugal</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -186,231 +188,302 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rf2e940c7af16465d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R47020db782514276" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rd3e22a4bad384fe2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R22a4657814cb4d66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R80dc381a5ec94aaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R01a08ecf022845b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F14"/>
+  <dimension ref="A1:G17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
+    <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>0</v>
       </c>
+      <c r="G1" s="2" t="s">
+        <v>0</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="F2" s="1"/>
+      <c r="G2" s="1"/>
     </row>
     <row r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>7</v>
       </c>
+      <c r="G3" s="3" t="s">
+        <v>8</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E4" s="6" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="F4" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="F4" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C6" s="4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F6" s="4" t="s">
-        <v>12</v>
+        <v>13</v>
+      </c>
+      <c r="G6" s="4" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B7" s="7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D7" s="7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E7" s="7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F7" s="7" t="s">
-        <v>13</v>
+        <v>14</v>
+      </c>
+      <c r="G7" s="7" t="s">
+        <v>14</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B8" s="7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C8" s="7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D8" s="7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E8" s="7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F8" s="7" t="s">
-        <v>14</v>
-[...19 lines deleted...]
-        <v>15</v>
+        <v>15</v>
+      </c>
+      <c r="G8" s="7" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="C10" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D10" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="F10" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="G10" s="7" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="B11" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="C11" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="D11" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E11" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="F11" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="G11" s="7" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="8" t="s">
-        <v>16</v>
+      <c r="A12" s="1" t="s">
+        <v>18</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>17</v>
-[...14 lines deleted...]
-      <c r="B14" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E12" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="F12" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="8" t="s">
         <v>19</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:F1"/>
+    <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:D2"/>
-    <mergeCell ref="E2:F2"/>
-[...3 lines deleted...]
-    <mergeCell ref="A9:F9"/>
+    <mergeCell ref="E2:G2"/>
+    <mergeCell ref="A6:G6"/>
+    <mergeCell ref="A7:G7"/>
+    <mergeCell ref="A8:G8"/>
+    <mergeCell ref="A10:G10"/>
+    <mergeCell ref="A11:G11"/>
+    <mergeCell ref="A12:G12"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>