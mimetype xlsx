--- v3 (2026-03-04)
+++ v4 (2026-03-04)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R9f583e00b0e043ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R021c14eca7244970" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R22a4657814cb4d66"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="Ra835a97d716e4fa5"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="23">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
@@ -89,51 +89,51 @@
 2008: 27 October. HPV vaccination introduced in national vaccination schedule for 13-year-old girls. 
 2009: January. HPV vaccination catch-up campaign lasting till 2011, for 17-year old girls. 
 2012: routine vaccination at 13 years.
 2014: HPV schedule changed to 2 doses at 10-13 years old (since oct 2014)
 2017: HPV nonavalent introduced as a 2 doses schedule for females at age 10
 2020: vaccination extended to boys born from 2009
 Meningococcal disease
 Men C:
 2012: one dose at 12 months instead of a 3-dose schedule
 Men B:
 2020: introduced as a 3-dose schedule for children born from 2019
 Pneumococcal Disease:
 2015: PCV 13 included at 2, 4 and 12 months old (since jul 2015)
 Td: Adult booster
 2017: Vaccination at 25, 45 and 65 years of age and thereafter every 10 years
 TdaP: Vaccination during pregnancy
 2017: to be given at each pregnancy between gestation week 20 to 36. 
 ________________________________________________________________________
 Date of last update: 5 February 2026
 ________________________________________________________________________</t>
   </si>
   <si>
     <t>More information available at: https://www.dgs.pt/publicacoes/livro-azul-de-vacinas-programa-nacional-de-vacinacao-e-outras-estrategias-de-imunizacao.aspx</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-03-04 at 03:56.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-03-04 at 04:52.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Portugal</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Portugal</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Portugal</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -188,51 +188,51 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R22a4657814cb4d66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R80dc381a5ec94aaa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R01a08ecf022845b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Ra835a97d716e4fa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rc474b6bd74594d57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R647b4edfeaa54d05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:G17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>