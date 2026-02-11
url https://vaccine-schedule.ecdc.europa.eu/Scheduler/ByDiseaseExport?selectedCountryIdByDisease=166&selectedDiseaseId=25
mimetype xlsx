--- v0 (2025-10-21)
+++ v1 (2026-02-11)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R82efc48730714f3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rca95c951062c4021" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R3d4c4e443687451e"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R7f3fbb477d2b438c"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>13-15</t>
   </si>
   <si>
@@ -59,51 +59,51 @@
     <t>PCV13+PPSV23</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
     <t>_________________________________________________________________________
 MAJOR HISTORICAL CHANGES
 Measles, mumps and rubella:
 1975: Measles vaccine was introduced into the national childhood vaccination schedule for children aged 13-15 months. 
 1989: Rubella vaccine (single dose) was introduced into the national childhood vaccination schedule for 13-year old girls. 
 1991: Second dose of measles vaccine was introduced into the national childhood vaccination schedule for children aged 7 years. 
 2003: Monovalent measles vaccine given at the age of 13-15 months was replaced by MMR 
 2005: Second dose of MMR was introduced into the national childhood vaccination schedule for children aged 10 years. An additional catch-up dose of MMR was provided during 2005-2008 at the age of 12 years for all girls not previously vaccinated at the age of 10 years.
 2017: Pneumococcal vaccination introduced in the National Immunisation Programme
 2020: Introduction of HPV Vaccine in girls and boys as part of the National Oncological Strategy
 _________________________________________________________________________
 Date of last update: 15 April 2024
 _________________________________________________________________________
 </t>
   </si>
   <si>
     <t>More information available at: https://www.gov.pl/web/zdrowie/program-szczepien-ochronnych-pso-, http://dziennikmz.mz.gov.pl/DUM_MZ/2021/85/akt.pdf, https://szczepienia.pzh.gov.pl/kalendarz-szczepien-2021/</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-21 at 04:26.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-11 at 03:48.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Poland</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Poland</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Poland</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -158,51 +158,51 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R3d4c4e443687451e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R6a6db282cf144c75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R00dfbb9b083540ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R7f3fbb477d2b438c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rfe90bf0994194c2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R99440e3d4b734c60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">