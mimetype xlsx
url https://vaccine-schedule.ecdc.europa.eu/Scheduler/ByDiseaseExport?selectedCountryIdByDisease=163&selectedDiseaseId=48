--- v0 (2025-11-08)
+++ v1 (2026-02-01)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rda4adce8dc564f22" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rbd65120053a54e8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R5f2fbfda081c4c54"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R2c68328cf8294294"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="15" uniqueCount="15">
   <si>
     <t>Meningococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>MCV4 (1 )</t>
   </si>
   <si>
@@ -62,51 +62,51 @@
 2003 (March): Hib was added to DTwP and IPV in a combined vaccine at 2, 3, 4 and 11 months.             
 2003 (March): HepB vaccination was introduced for children of parents from a hepatitis B endemic area.             
 2005 (January): Accellular pertussis replaced whole-cell pertussis at 2, 3, 4 and 11 months.             
 2006 (January): A birth dose of HepB was introduced for children born to mothers infected with hepatitis B.              
 2006 (June): Pneumococcal vaccination was introduced at 2, 3, 4 and 11 months.             
 2009 (September): HPV vaccination was introduced for girls only with three doses (0, +1 and +6 months), starting with birth cohort 1997 (additional catch-up campaign for birth cohorts 1993-1996)             
 2011 (May): Pneumococcal vaccination changed from 7-valent to 10-valent vaccine (for children born from 1-3-2011)             
 2011 (October): Transition to universal HepB vaccination (for children born from 1-8-2011), given in a combined vaccine with DTaP, IPV and Hib 
 2013 (November): Change to pneumococcal recommendation: 2+1 schedule instead of 3+1 schedule
 2014 (January): Change to HPV recommendation. For girls under age 15, Cervarix can be adminsitered in a 2 dose schedule instead of 3 previously. 
 The 0-1-6-schedule in under 15's is replaced by two doses in a 0-6-schedule.
 Further information for those that are currently completing HPV vaccination is available from www.prikkenteller.nl
 2018: May 2018, MenC vaccination at 14 months of age has been replaced by MenACWY.  From October 2018, 13-14 year olds (in the year they turn 14 years) have been vaccinated with MenACWY vaccination. A catch-up campaign was conducted in 2018-2019 targeting 14-18 year olds.
 From 2021: HPV vaccination will be extended to boys
 2022: HPV as a 2-dose schedule at 15 years of age (2 doses 6 months apart)
 2024: introduction of Rota vaccination for those born from 1 Jan. 2024
 2024: 11 months DTapIPV-Hib-HepB dose changed to 12 monts
 ----------------------------------------------------------------------------------------------
 Date of last update: 25 Jan. 2024
 ----------------------------------------------------------------------------------------------</t>
   </si>
   <si>
     <t>More information available at: https://rijksvaccinatieprogramma.nl/vaccinaties/vaccinatieschema</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-11-08 at 11:10.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-01 at 14:25.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Netherlands</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Netherlands</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Netherlands</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -158,51 +158,51 @@
   <cellXfs count="10">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R5f2fbfda081c4c54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R5093d08df13a400b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rd9d71f5d08b04c95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R2c68328cf8294294" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R3851c2e45f9149eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Ra33b9b8ec0c4420f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:C16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
     </row>