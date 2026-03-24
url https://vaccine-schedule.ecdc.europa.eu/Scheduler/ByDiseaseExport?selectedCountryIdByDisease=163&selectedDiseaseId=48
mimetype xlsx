--- v1 (2026-02-01)
+++ v2 (2026-03-24)
@@ -1,112 +1,112 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rbd65120053a54e8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rb91bf677399d4bda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R2c68328cf8294294"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R46bf09802a9e4e38"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="15" uniqueCount="15">
   <si>
     <t>Meningococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>MCV4 (1 )</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
-    <t>1: More information available at https://rijksvaccinatieprogramma.nl/vaccinaties/menacwy</t>
+    <t>1: Also prescribed to medical high risk groups of other ages by the attending medical doctor and reimbursed by the health insurer (https://lci.rivm.nl/factsheets/meningokokken-acwy-vaccinatie)</t>
   </si>
   <si>
     <t xml:space="preserve">
 ----------------------------------------------------------------------------------------------
 More information on vaccination available from:	
 Ministry of Health http://www.rijksoverheid.nl/onderwerpen/vaccinaties 
 RIVM http://www.rivm.nl/Onderwerpen/Onderwerpen/R/Rijksvaccinatieprogramma 
 The National Immunisation Programme in the Netherlands: https://rijksvaccinatieprogramma.nl/english
 ----------------------------------------------------------------------------------------------
 MAJOR HISTORICAL CHANGES
 2002 (September): MenC vaccination was introduced, with a catch-up campaign for all 14 months-18 years.             
 2003 (March): Hib was added to DTwP and IPV in a combined vaccine at 2, 3, 4 and 11 months.             
 2003 (March): HepB vaccination was introduced for children of parents from a hepatitis B endemic area.             
 2005 (January): Accellular pertussis replaced whole-cell pertussis at 2, 3, 4 and 11 months.             
 2006 (January): A birth dose of HepB was introduced for children born to mothers infected with hepatitis B.              
 2006 (June): Pneumococcal vaccination was introduced at 2, 3, 4 and 11 months.             
 2009 (September): HPV vaccination was introduced for girls only with three doses (0, +1 and +6 months), starting with birth cohort 1997 (additional catch-up campaign for birth cohorts 1993-1996)             
 2011 (May): Pneumococcal vaccination changed from 7-valent to 10-valent vaccine (for children born from 1-3-2011)             
 2011 (October): Transition to universal HepB vaccination (for children born from 1-8-2011), given in a combined vaccine with DTaP, IPV and Hib 
 2013 (November): Change to pneumococcal recommendation: 2+1 schedule instead of 3+1 schedule
 2014 (January): Change to HPV recommendation. For girls under age 15, Cervarix can be adminsitered in a 2 dose schedule instead of 3 previously. 
 The 0-1-6-schedule in under 15's is replaced by two doses in a 0-6-schedule.
 Further information for those that are currently completing HPV vaccination is available from www.prikkenteller.nl
 2018: May 2018, MenC vaccination at 14 months of age has been replaced by MenACWY.  From October 2018, 13-14 year olds (in the year they turn 14 years) have been vaccinated with MenACWY vaccination. A catch-up campaign was conducted in 2018-2019 targeting 14-18 year olds.
 From 2021: HPV vaccination will be extended to boys
 2022: HPV as a 2-dose schedule at 15 years of age (2 doses 6 months apart)
 2024: introduction of Rota vaccination for those born from 1 Jan. 2024
 2024: 11 months DTapIPV-Hib-HepB dose changed to 12 monts
 ----------------------------------------------------------------------------------------------
-Date of last update: 25 Jan. 2024
+Date of last update: 4 February 2026
 ----------------------------------------------------------------------------------------------</t>
   </si>
   <si>
     <t>More information available at: https://rijksvaccinatieprogramma.nl/vaccinaties/vaccinatieschema</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-01 at 14:25.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-03-24 at 12:39.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Netherlands</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Netherlands</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Netherlands</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -158,51 +158,51 @@
   <cellXfs count="10">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R2c68328cf8294294" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R3851c2e45f9149eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Ra33b9b8ec0c4420f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R46bf09802a9e4e38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R2217effab2294c48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rdd7738417e504291" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:C16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
     </row>