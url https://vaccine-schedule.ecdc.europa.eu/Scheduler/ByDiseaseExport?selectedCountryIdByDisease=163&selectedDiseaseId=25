--- v0 (2025-10-19)
+++ v1 (2026-02-28)
@@ -1,133 +1,124 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R6b632dec113a4a0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfe7d4a5d444d4c0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R140a307c4264472a"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R74aa3d66d4b849b7"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>18</t>
-[...5 lines deleted...]
-    <t>&gt;= 64</t>
+    <t>&gt;= 60</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>PCV15</t>
   </si>
   <si>
-    <t>PCV13/15+PPSV23 (1 )</t>
-[...2 lines deleted...]
-    <t>PCV20</t>
+    <t>PCV20 (1 )</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
-    <t>1: https://www.rivm.nl/pneumokokken/pneumokokkenprik</t>
+    <t>1: PCV20 is offered to 60 year old individuals and to people above 60 years of age (five years after their previous invitation for PPV23). In some circumstances, it can also be prescribed to medical high risk groups below 60 years of age by the attending medical doctor and reimbursed by the health insurer. (https://lci.rivm.nl/factsheets/pneumokokkenvaccinatie)</t>
   </si>
   <si>
     <t xml:space="preserve">
 ----------------------------------------------------------------------------------------------
 More information on vaccination available from:	
 Ministry of Health http://www.rijksoverheid.nl/onderwerpen/vaccinaties 
 RIVM http://www.rivm.nl/Onderwerpen/Onderwerpen/R/Rijksvaccinatieprogramma 
 The National Immunisation Programme in the Netherlands: https://rijksvaccinatieprogramma.nl/english
 ----------------------------------------------------------------------------------------------
 MAJOR HISTORICAL CHANGES
 2002 (September): MenC vaccination was introduced, with a catch-up campaign for all 14 months-18 years.             
 2003 (March): Hib was added to DTwP and IPV in a combined vaccine at 2, 3, 4 and 11 months.             
 2003 (March): HepB vaccination was introduced for children of parents from a hepatitis B endemic area.             
 2005 (January): Accellular pertussis replaced whole-cell pertussis at 2, 3, 4 and 11 months.             
 2006 (January): A birth dose of HepB was introduced for children born to mothers infected with hepatitis B.              
 2006 (June): Pneumococcal vaccination was introduced at 2, 3, 4 and 11 months.             
 2009 (September): HPV vaccination was introduced for girls only with three doses (0, +1 and +6 months), starting with birth cohort 1997 (additional catch-up campaign for birth cohorts 1993-1996)             
 2011 (May): Pneumococcal vaccination changed from 7-valent to 10-valent vaccine (for children born from 1-3-2011)             
 2011 (October): Transition to universal HepB vaccination (for children born from 1-8-2011), given in a combined vaccine with DTaP, IPV and Hib 
 2013 (November): Change to pneumococcal recommendation: 2+1 schedule instead of 3+1 schedule
 2014 (January): Change to HPV recommendation. For girls under age 15, Cervarix can be adminsitered in a 2 dose schedule instead of 3 previously. 
 The 0-1-6-schedule in under 15's is replaced by two doses in a 0-6-schedule.
 Further information for those that are currently completing HPV vaccination is available from www.prikkenteller.nl
 2018: May 2018, MenC vaccination at 14 months of age has been replaced by MenACWY.  From October 2018, 13-14 year olds (in the year they turn 14 years) have been vaccinated with MenACWY vaccination. A catch-up campaign was conducted in 2018-2019 targeting 14-18 year olds.
 From 2021: HPV vaccination will be extended to boys
 2022: HPV as a 2-dose schedule at 15 years of age (2 doses 6 months apart)
 2024: introduction of Rota vaccination for those born from 1 Jan. 2024
 2024: 11 months DTapIPV-Hib-HepB dose changed to 12 monts
 ----------------------------------------------------------------------------------------------
-Date of last update: 25 Jan. 2024
+Date of last update: 4 February 2026
 ----------------------------------------------------------------------------------------------</t>
   </si>
   <si>
     <t>More information available at: https://rijksvaccinatieprogramma.nl/vaccinaties/vaccinatieschema</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-19 at 20:08.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-28 at 19:19.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Netherlands</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Netherlands</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Netherlands</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -154,305 +145,250 @@
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF347B46" tint="0"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD2DD6A" tint="0"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
-  <cellXfs count="11">
+  <cellXfs count="10">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
-      <alignment horizontal="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R140a307c4264472a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R413a3bb2a9a1429c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R2c10a2df95524f46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R74aa3d66d4b849b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rf8373926d5a8431c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R0d054d7070c043e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:G16"/>
+  <dimension ref="A1:E16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
-    <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
-    <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="F1" s="2" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="F2" s="1"/>
-      <c r="G2" s="1"/>
     </row>
     <row r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>6</v>
       </c>
-      <c r="F3" s="3" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E4" s="5" t="s">
         <v>9</v>
-      </c>
-[...14 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C6" s="4" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>13</v>
-[...5 lines deleted...]
-        <v>13</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7">
-      <c r="A7" s="7" t="s">
-[...18 lines deleted...]
-        <v>14</v>
+      <c r="A7" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="B7" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="C7" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" s="6" t="s">
+        <v>11</v>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="7" t="s">
-[...18 lines deleted...]
-        <v>15</v>
+      <c r="A9" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="B9" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="C9" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" s="6" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="7" t="s">
-[...18 lines deleted...]
-        <v>16</v>
+      <c r="A10" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="C10" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" s="6" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="B15" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="B11" s="1" t="s">
-[...19 lines deleted...]
-      <c r="A14" s="8" t="s">
+    </row>
+    <row r="16">
+      <c r="A16" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="B16" s="1" t="s">
         <v>18</v>
-      </c>
-[...17 lines deleted...]
-        <v>21</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:G1"/>
+    <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:D2"/>
-    <mergeCell ref="E2:G2"/>
-[...5 lines deleted...]
-    <mergeCell ref="A11:G11"/>
+    <mergeCell ref="A6:E6"/>
+    <mergeCell ref="A7:E7"/>
+    <mergeCell ref="A9:E9"/>
+    <mergeCell ref="A10:E10"/>
+    <mergeCell ref="A11:E11"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>