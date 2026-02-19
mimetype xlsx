--- v0 (2025-10-25)
+++ v1 (2026-02-19)
@@ -1,117 +1,118 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Ra335d53ec353444e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R2b5ec59a9b9b452e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rc82ef0afa09a4a55"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R25b65fe64373403a"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="22" uniqueCount="22">
   <si>
     <t>Hepatitis B: Recommended vaccinations</t>
   </si>
   <si>
     <t>Birth</t>
   </si>
   <si>
     <t>Weeks</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>HepB (1 )</t>
   </si>
   <si>
     <t>HepB (2 )</t>
   </si>
   <si>
     <t>HepB</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
-    <t xml:space="preserve">1: Babies born to a mother infected with hepatitis B will be offered a dose at birth simultaneously with HB immunoglobulin. </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">2: A second vaccine dose is given at age 4 weeks to those babies born to mothers infected with hepatitis B. These infants thereafter follow the national vaccination programme. </t>
+    <t xml:space="preserve">1: Babies of mothers with hepatitis B. Birth dose and HB immunoglobulin should be given within 24 hours of birth. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">2: Babies of mothers with hepatitis B. Second vaccine dose is given at age 4 weeks. These infants thereafter follow the national vaccination programme. </t>
   </si>
   <si>
     <t>All vaccines offered through the Norwegian childhood vaccination program are free of charge.
 MAJOR HISTORICAL CHANGES
 2006: DTaP at 7 years added to the immunization program in January 2006
 2007: Pneumococcal conjugate vaccine added to the childhood immunization program in July 2006
 2009: HPV vaccine introduced in the immunization program for 12 year old girls in autumn 2009
 2009: BCG at 13-15 years discontinued; starting from autumn 2009 BCG is given only to children at birth in defined risk groups 
 2011: Prevenar 13 replaced Prevenar in April 2011
 2013: TdacP at 15 years added to the immunization program in autumn 2013
 2014: Rotavirus introduction (2 doses) for all children born from 01 Sept. 2014
-2017: Hepatitis B vaccine introduced as part of the Childhood Immunisation Programme for all children born after November 1st 2016. The first doses were given in February 2017 when they are 3 months old. see https://www.fhi.no/en/news/2016/na-innfores-hepatitt-b-vaksinen-i-barnevaksinasjonsprogrammet/ 
+2017: Hepatitis B vaccine introduced as part of the Childhood Immunisation Programme for all children born after November 1st 2016. 
 2018: Gender-neutral HPV vaccination
-Date of last update: 29 August 2024.
+2024: Maternal vaccination against pertussis (week 24 of pregnancy)
+Date of last update: 04 February 2026.
 </t>
   </si>
   <si>
-    <t>More information available at: http://www.fhi.no/tema/vaksiner-og-vaksinasjon</t>
-[...2 lines deleted...]
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-25 at 22:03.</t>
+    <t>More information available at: https://www.fhi.no/en/va/childhood-immunisation-programme</t>
+  </si>
+  <si>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-19 at 18:38.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Norway</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Norway</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Norway</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -166,51 +167,51 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rc82ef0afa09a4a55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rc315948545104b47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rb410733b8ae04c72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R25b65fe64373403a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R62da5747e0b24412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R40aedb1c141a482c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">