--- v0 (2025-10-19)
+++ v1 (2025-12-08)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R2cef759ebeed4c2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rd654822bf54e4716" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R22cd774e1bfb4b8d"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="Re395b0e5eff4482b"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
@@ -65,51 +65,51 @@
     <t>Footnotes:</t>
   </si>
   <si>
     <t>1: Fully funded for patients with HIV infections, stem cell transplantations and for anatomical or functional asplenia. 
 Not funded (NF) for other risk groups.</t>
   </si>
   <si>
     <t>All vaccines offered through the Norwegian childhood vaccination program are free of charge.
 MAJOR HISTORICAL CHANGES
 2006: DTaP at 7 years added to the immunization program in January 2006
 2007: Pneumococcal conjugate vaccine added to the childhood immunization program in July 2006
 2009: HPV vaccine introduced in the immunization program for 12 year old girls in autumn 2009
 2009: BCG at 13-15 years discontinued; starting from autumn 2009 BCG is given only to children at birth in defined risk groups 
 2011: Prevenar 13 replaced Prevenar in April 2011
 2013: TdacP at 15 years added to the immunization program in autumn 2013
 2014: Rotavirus introduction (2 doses) for all children born from 01 Sept. 2014
 2017: Hepatitis B vaccine introduced as part of the Childhood Immunisation Programme for all children born after November 1st 2016. The first doses were given in February 2017 when they are 3 months old. see https://www.fhi.no/en/news/2016/na-innfores-hepatitt-b-vaksinen-i-barnevaksinasjonsprogrammet/ 
 2018: Gender-neutral HPV vaccination
 Date of last update: 29 August 2024.
 </t>
   </si>
   <si>
     <t>More information available at: http://www.fhi.no/tema/vaksiner-og-vaksinasjon</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-19 at 03:15.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-12-08 at 06:41.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Norway</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Norway</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Norway</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -164,51 +164,51 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R22cd774e1bfb4b8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Ra774fc99c333414f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rff46732b47e34620" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Re395b0e5eff4482b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R1e76b51ad0704929" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rd7efa6fcd73145a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">