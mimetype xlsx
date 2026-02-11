--- v1 (2025-12-08)
+++ v2 (2026-02-11)
@@ -1,115 +1,115 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rd654822bf54e4716" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R31f696c4f6d94249" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Re395b0e5eff4482b"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R77884cde24464bc7"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>18-64</t>
   </si>
   <si>
     <t>&gt;= 65</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>PCV13</t>
   </si>
   <si>
-    <t>PCV20 or PPSV23 (1 )</t>
-[...2 lines deleted...]
-    <t>PCV20 or PPSV23</t>
+    <t>PCV20 or PCV21 and PPSV23 (1 )</t>
+  </si>
+  <si>
+    <t>PCV20 or PCV21 and PPSV23</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
-    <t>1: Fully funded for patients with HIV infections, stem cell transplantations and for anatomical or functional asplenia. 
-Not funded (NF) for other risk groups.</t>
+    <t xml:space="preserve">1: Fully funded for patients with HIV infections, stem cell transplantations and for anatomical or functional asplenia. Partly funded when turning 65 years. Not funded (NF) for other risk groups. More information: https://www.fhi.no/en/va/vaccines-for-adults/vaccines-in-the-adult-immunisation-programme/vaccines-in-the-adult-immunisation-programme/pneumococcal-vaccine-information-for-the-public/ </t>
   </si>
   <si>
     <t>All vaccines offered through the Norwegian childhood vaccination program are free of charge.
 MAJOR HISTORICAL CHANGES
 2006: DTaP at 7 years added to the immunization program in January 2006
 2007: Pneumococcal conjugate vaccine added to the childhood immunization program in July 2006
 2009: HPV vaccine introduced in the immunization program for 12 year old girls in autumn 2009
 2009: BCG at 13-15 years discontinued; starting from autumn 2009 BCG is given only to children at birth in defined risk groups 
 2011: Prevenar 13 replaced Prevenar in April 2011
 2013: TdacP at 15 years added to the immunization program in autumn 2013
 2014: Rotavirus introduction (2 doses) for all children born from 01 Sept. 2014
-2017: Hepatitis B vaccine introduced as part of the Childhood Immunisation Programme for all children born after November 1st 2016. The first doses were given in February 2017 when they are 3 months old. see https://www.fhi.no/en/news/2016/na-innfores-hepatitt-b-vaksinen-i-barnevaksinasjonsprogrammet/ 
+2017: Hepatitis B vaccine introduced as part of the Childhood Immunisation Programme for all children born after November 1st 2016. 
 2018: Gender-neutral HPV vaccination
-Date of last update: 29 August 2024.
+2024: Maternal vaccination against pertussis (week 24 of pregnancy)
+Date of last update: 04 February 2026.
 </t>
   </si>
   <si>
-    <t>More information available at: http://www.fhi.no/tema/vaksiner-og-vaksinasjon</t>
-[...2 lines deleted...]
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-12-08 at 06:41.</t>
+    <t>More information available at: https://www.fhi.no/en/va/childhood-immunisation-programme</t>
+  </si>
+  <si>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-11 at 03:42.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Norway</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Norway</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Norway</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -164,51 +164,51 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Re395b0e5eff4482b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R1e76b51ad0704929" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rd7efa6fcd73145a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R77884cde24464bc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rd4f51327fae049a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R68ffd8cbe4b54d8d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">