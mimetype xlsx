--- v0 (2025-11-01)
+++ v1 (2025-11-09)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rde87594cb17245e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R5bd180009e434a0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rb75341aa9f9546d5"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R22620c600f474de6"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
@@ -61,51 +61,51 @@
   <si>
     <t xml:space="preserve">1: PCV20 is also recommended as a specific recommendation for medical risk groups (from 6 weeks to 64 years of age). </t>
   </si>
   <si>
     <t xml:space="preserve">MAJOR HISTORICAL CHANGES
 Measles, mumps and rubella: 
 1982: Measles vaccine first available in Malta.
 1990: Introduction of MMR vaccine into national childhood vaccination programme recommended at 15 months of age. 
 1991: MMR vaccination offered to children aged 11-12 years in all schools.
 2005: Age for second dose of MMR reduced to 8-9 years. 
 2010: Age for second dose of MMR reduced to 3-4 years.
 2020: addition of Pneumo  (PCV10) and Meningo (MCV4 and MenB) amtigens
 Other vaccines:
 2008: Separate vaccines for DTwP and Hib given in separate sites changed to the combined DTwP-Hib vaccine in the public sector. 
 2010 (September): The combined DTaP-IPV-Hib was introduced into the national childhood vaccination programme. This replaced the previous vaccine preparations containing whole-cell pertussis and the live oral polio vaccine.
 Vaccines recommended for at-risk groups:
 Healthcare workers: influenza, hepatitis B, MMR, varicella
 Babies/children: pneumococcal disease, meningococcus C, rotavirus, influenza
 Date of last update:  02 February 2024
 </t>
   </si>
   <si>
     <t>More information available at: https://primaryhealthcare.gov.mt/en/immunisation/</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-11-01 at 11:18.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-11-09 at 13:44.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Malta</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Malta</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Malta</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -157,51 +157,51 @@
   <cellXfs count="10">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rb75341aa9f9546d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R4d432ef9ff2d4653" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Re1f4ef7265bd40a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R22620c600f474de6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R6896f1d10ddd4463" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R4ada52601ff349ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:E16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>