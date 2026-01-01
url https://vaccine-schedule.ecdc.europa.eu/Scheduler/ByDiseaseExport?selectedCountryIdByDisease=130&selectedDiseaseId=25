--- v1 (2025-11-09)
+++ v2 (2026-01-01)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R5bd180009e434a0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R0bb6fbac2dd54ea3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R22620c600f474de6"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R66e78165ef5346d2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
@@ -61,51 +61,51 @@
   <si>
     <t xml:space="preserve">1: PCV20 is also recommended as a specific recommendation for medical risk groups (from 6 weeks to 64 years of age). </t>
   </si>
   <si>
     <t xml:space="preserve">MAJOR HISTORICAL CHANGES
 Measles, mumps and rubella: 
 1982: Measles vaccine first available in Malta.
 1990: Introduction of MMR vaccine into national childhood vaccination programme recommended at 15 months of age. 
 1991: MMR vaccination offered to children aged 11-12 years in all schools.
 2005: Age for second dose of MMR reduced to 8-9 years. 
 2010: Age for second dose of MMR reduced to 3-4 years.
 2020: addition of Pneumo  (PCV10) and Meningo (MCV4 and MenB) amtigens
 Other vaccines:
 2008: Separate vaccines for DTwP and Hib given in separate sites changed to the combined DTwP-Hib vaccine in the public sector. 
 2010 (September): The combined DTaP-IPV-Hib was introduced into the national childhood vaccination programme. This replaced the previous vaccine preparations containing whole-cell pertussis and the live oral polio vaccine.
 Vaccines recommended for at-risk groups:
 Healthcare workers: influenza, hepatitis B, MMR, varicella
 Babies/children: pneumococcal disease, meningococcus C, rotavirus, influenza
 Date of last update:  02 February 2024
 </t>
   </si>
   <si>
     <t>More information available at: https://primaryhealthcare.gov.mt/en/immunisation/</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-11-09 at 13:44.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-01-01 at 07:36.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Malta</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Malta</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Malta</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -157,51 +157,51 @@
   <cellXfs count="10">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R22620c600f474de6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R6896f1d10ddd4463" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R4ada52601ff349ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R66e78165ef5346d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R09951c1b35524892" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R8b6b08b54d374e8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:E16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>