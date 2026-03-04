--- v2 (2026-01-01)
+++ v3 (2026-03-04)
@@ -1,111 +1,111 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R0bb6fbac2dd54ea3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R364a952a019142e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R66e78165ef5346d2"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="Ra6732385437b4d81"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>&gt;= 65</t>
+    <t>&gt;= 18</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>PCV10</t>
   </si>
   <si>
     <t>PCV20 (1 )</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
-    <t xml:space="preserve">1: PCV20 is also recommended as a specific recommendation for medical risk groups (from 6 weeks to 64 years of age). </t>
+    <t>1: PCV20 is also recommended for children with specific medical conditions instead of PCV 10. If PCV 10 was already administered as a full course, then a single PCV20 booster dose is offered.</t>
   </si>
   <si>
     <t xml:space="preserve">MAJOR HISTORICAL CHANGES
 Measles, mumps and rubella: 
 1982: Measles vaccine first available in Malta.
 1990: Introduction of MMR vaccine into national childhood vaccination programme recommended at 15 months of age. 
 1991: MMR vaccination offered to children aged 11-12 years in all schools.
 2005: Age for second dose of MMR reduced to 8-9 years. 
 2010: Age for second dose of MMR reduced to 3-4 years.
 2020: addition of Pneumo  (PCV10) and Meningo (MCV4 and MenB) amtigens
 Other vaccines:
 2008: Separate vaccines for DTwP and Hib given in separate sites changed to the combined DTwP-Hib vaccine in the public sector. 
 2010 (September): The combined DTaP-IPV-Hib was introduced into the national childhood vaccination programme. This replaced the previous vaccine preparations containing whole-cell pertussis and the live oral polio vaccine.
 Vaccines recommended for at-risk groups:
 Healthcare workers: influenza, hepatitis B, MMR, varicella
 Babies/children: pneumococcal disease, meningococcus C, rotavirus, influenza
-Date of last update:  02 February 2024
+Date of last update:  29 January 2026
 </t>
   </si>
   <si>
     <t>More information available at: https://primaryhealthcare.gov.mt/en/immunisation/</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-01-01 at 07:36.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-03-04 at 03:29.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Malta</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Malta</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Malta</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -157,51 +157,51 @@
   <cellXfs count="10">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R66e78165ef5346d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R09951c1b35524892" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R8b6b08b54d374e8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Ra6732385437b4d81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R259825a5e29a4ae1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R0758c7649b844d40" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:E16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>