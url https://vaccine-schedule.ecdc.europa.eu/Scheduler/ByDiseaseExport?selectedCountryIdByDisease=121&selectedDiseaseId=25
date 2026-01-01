--- v0 (2025-10-30)
+++ v1 (2026-01-01)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R3718fbed0c6d44df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R5f3f0b8e592c418f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Re58bde06ca2b49dd"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R26ba7db08553449d"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
@@ -88,51 +88,51 @@
   <si>
     <t>3: for those at increased risk of complications or severe disease</t>
   </si>
   <si>
     <t xml:space="preserve">4: For people aged 65 years of age, update to the pneumococcal recommendations based on prior vaccination. please refer to the full recommendation available here: https://sante.public.lu/dam-assets/fr/espace-professionnel/recommandations/conseil-maladies-infectieuses/infection-pneumocoques/csmi-recommandation-vaccination-pcv-personnes-agees-ou-a-risque.pdf </t>
   </si>
   <si>
     <t>-------------------------------------------------------------------------------------------------------------------------
 ADDITIONAL COMMENT
 All infant vaccinations in Luxembourg are given free of charge. All subsequent adult vaccinations are not free of charge.
 MAJOR HISTORICAL CHANGES
 1986: The combined MMR vaccine was introduced in the national childhood vaccination schedule and recommended at 15-18 months of age
 1994: The second MMR dose was introduced in the national childhood vaccination schedule and recommended at 5-7 years
 2008: March 2008. HPV vaccination was introduced in the national childhood vaccination schedule for females aged 12 years with a catch-up programme up to 18 years of age
 2018: MenC 2nd dose introduced at 15-16 years; MenB introduced for increased risk groups
 2022: Update to the pneumococcal vaccination policy. use of PCV20. refer to https://sante.public.lu/dam-assets/fr/espace-professionnel/recommandations/conseil-maladies-infectieuses/infection-pneumocoques/csmi-recommandation-vaccination-pcv-personnes-agees-ou-a-risque.pdf 
 2023: MCV4 introduced in the programme. can be proposed to &gt;16 years if at increased risk of infection
 2024: revised scheme for primary infant vaccination moving to a 2+1 schedule
 Date of last update: 15 April 2024.
 -------------------------------------------------------------------------------------------------------------------------</t>
   </si>
   <si>
     <t>More information available at: https://sante.public.lu/fr/espace-citoyen/dossiers-thematiques/v/vaccination/calendrier-vaccinal.html, https://sante.public.lu/dam-assets/fr/espace-professionnel/recommandations/conseil-maladies-infectieuses/schema-vaccinal/schema-vaccinal-2024-dtperpoliohib.pdf</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-30 at 04:01.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-01-01 at 07:36.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Luxembourg</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Luxembourg</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Luxembourg</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -187,51 +187,51 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Re58bde06ca2b49dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rfc5d45b7da6642ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rcc9dab41c6b5465e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R26ba7db08553449d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R4305937cab164d19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rd3dcc9c56a0a43de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
     <col min="8" max="8" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">