--- v1 (2026-01-01)
+++ v2 (2026-03-03)
@@ -1,138 +1,132 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R5f3f0b8e592c418f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R91919962a36646b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R26ba7db08553449d"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="Ra75ad55e1ba04ee8"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="27">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>15-23</t>
   </si>
   <si>
     <t>2-17</t>
   </si>
   <si>
     <t>18-64</t>
   </si>
   <si>
     <t>&gt;= 65</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
-    <t>PCV10 or PCV13</t>
+    <t>PCV20</t>
   </si>
   <si>
     <t>PCV (1 )</t>
   </si>
   <si>
-    <t>PCV (2 )</t>
+    <t>PCV20 (2 )</t>
   </si>
   <si>
     <t>PCV20 (3 )</t>
   </si>
   <si>
-    <t>PCV20 (4 )</t>
-[...1 lines deleted...]
-  <si>
     <t>Footnotes:</t>
   </si>
   <si>
-    <t>1: For premature infants (born before 33 weeks) or with a birthweight &lt;1500g, a 3+1 schedule is recommended</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">4: For people aged 65 years of age, update to the pneumococcal recommendations based on prior vaccination. please refer to the full recommendation available here: https://sante.public.lu/dam-assets/fr/espace-professionnel/recommandations/conseil-maladies-infectieuses/infection-pneumocoques/csmi-recommandation-vaccination-pcv-personnes-agees-ou-a-risque.pdf </t>
+    <t xml:space="preserve">1: For those not previously vaccinated with an increased risk of severe disease. </t>
+  </si>
+  <si>
+    <t>2: for those at increased risk of complications or severe disease</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3: For people aged 65 years of age, update to the pneumococcal recommendations based on prior vaccination. please refer to the full recommendation available here: https://sante.public.lu/dam-assets/fr/espace-professionnel/recommandations/conseil-maladies-infectieuses/infection-pneumocoques/csmi-recommandation-vaccination-pcv-personnes-agees-ou-a-risque.pdf </t>
   </si>
   <si>
     <t>-------------------------------------------------------------------------------------------------------------------------
 ADDITIONAL COMMENT
 All infant vaccinations in Luxembourg are given free of charge. All subsequent adult vaccinations are not free of charge.
 MAJOR HISTORICAL CHANGES
 1986: The combined MMR vaccine was introduced in the national childhood vaccination schedule and recommended at 15-18 months of age
 1994: The second MMR dose was introduced in the national childhood vaccination schedule and recommended at 5-7 years
 2008: March 2008. HPV vaccination was introduced in the national childhood vaccination schedule for females aged 12 years with a catch-up programme up to 18 years of age
 2018: MenC 2nd dose introduced at 15-16 years; MenB introduced for increased risk groups
 2022: Update to the pneumococcal vaccination policy. use of PCV20. refer to https://sante.public.lu/dam-assets/fr/espace-professionnel/recommandations/conseil-maladies-infectieuses/infection-pneumocoques/csmi-recommandation-vaccination-pcv-personnes-agees-ou-a-risque.pdf 
 2023: MCV4 introduced in the programme. can be proposed to &gt;16 years if at increased risk of infection
 2024: revised scheme for primary infant vaccination moving to a 2+1 schedule
-Date of last update: 15 April 2024.
+Date of last update: 17 February 2026.
 -------------------------------------------------------------------------------------------------------------------------</t>
   </si>
   <si>
     <t>More information available at: https://sante.public.lu/fr/espace-citoyen/dossiers-thematiques/v/vaccination/calendrier-vaccinal.html, https://sante.public.lu/dam-assets/fr/espace-professionnel/recommandations/conseil-maladies-infectieuses/schema-vaccinal/schema-vaccinal-2024-dtperpoliohib.pdf</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-01-01 at 07:36.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-03-03 at 13:41.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Luxembourg</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Luxembourg</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Luxembourg</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -187,56 +181,56 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R26ba7db08553449d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R4305937cab164d19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rd3dcc9c56a0a43de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Ra75ad55e1ba04ee8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R27482d71969b4251" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Ra274d870de1341dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I19"/>
+  <dimension ref="A1:I18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
     <col min="8" max="8" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
@@ -286,320 +280,290 @@
         <v>5</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="C4" s="6" t="s">
-        <v>13</v>
+      <c r="C4" s="5" t="s">
+        <v>12</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>12</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>12</v>
       </c>
       <c r="F4" s="6" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G4" s="1"/>
       <c r="H4" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="I4" s="5" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C6" s="4" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F6" s="4" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G6" s="4" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="H6" s="4" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="I6" s="4" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="7" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B7" s="7" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D7" s="7" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E7" s="7" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F7" s="7" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G7" s="7" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="H7" s="7" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I7" s="7" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="7" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B8" s="7" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C8" s="7" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D8" s="7" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="E8" s="7" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F8" s="7" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G8" s="7" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="H8" s="7" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="I8" s="7" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="7" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B9" s="7" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C9" s="7" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D9" s="7" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E9" s="7" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F9" s="7" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G9" s="7" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="H9" s="7" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="I9" s="7" t="s">
-        <v>20</v>
-[...28 lines deleted...]
-        <v>21</v>
+        <v>19</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="C11" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="H11" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="I11" s="7" t="s">
+        <v>20</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="7" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B12" s="7" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C12" s="7" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D12" s="7" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="E12" s="7" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F12" s="7" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G12" s="7" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H12" s="7" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="I12" s="7" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="13">
-      <c r="A13" s="7" t="s">
+      <c r="A13" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E13" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="F13" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="I13" s="1" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="8" t="s">
         <v>23</v>
       </c>
-      <c r="B13" s="7" t="s">
+      <c r="B16" s="1" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="9" t="s">
         <v>23</v>
       </c>
-      <c r="C13" s="7" t="s">
+      <c r="B17" s="1" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" s="10" t="s">
         <v>23</v>
       </c>
-      <c r="D13" s="7" t="s">
-[...51 lines deleted...]
-      <c r="B17" s="1" t="s">
+      <c r="B18" s="1" t="s">
         <v>26</v>
-      </c>
-[...14 lines deleted...]
-        <v>28</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:F2"/>
     <mergeCell ref="G2:I2"/>
     <mergeCell ref="F4:G4"/>
     <mergeCell ref="A6:I6"/>
     <mergeCell ref="A7:I7"/>
     <mergeCell ref="A8:I8"/>
     <mergeCell ref="A9:I9"/>
-    <mergeCell ref="A10:I10"/>
+    <mergeCell ref="A11:I11"/>
     <mergeCell ref="A12:I12"/>
     <mergeCell ref="A13:I13"/>
-    <mergeCell ref="A14:I14"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>