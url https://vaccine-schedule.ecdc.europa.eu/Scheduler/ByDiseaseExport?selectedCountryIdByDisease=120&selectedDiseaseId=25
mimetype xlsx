--- v0 (2025-11-04)
+++ v1 (2026-02-11)
@@ -1,122 +1,128 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R71843a6039984dd1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rf7262fd7444547a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R7d4aceaa3c4643f2"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R1d51b8c2f5214eb2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="23">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>12-15</t>
   </si>
   <si>
-    <t>18-64</t>
-[...2 lines deleted...]
-    <t>&gt;= 75</t>
+    <t>2-64</t>
+  </si>
+  <si>
+    <t>&gt;= 65</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>PCV15</t>
   </si>
   <si>
     <t>PCV15 (1 )</t>
   </si>
   <si>
+    <t>PCV20 (2 )</t>
+  </si>
+  <si>
     <t>PCV20</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
     <t>1: Can be administered concomitantly with MMR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2: Vaccination is recommended for unvaccinated children and adults younger than 65 years of age with underlying conditions. </t>
   </si>
   <si>
     <t xml:space="preserve">--------------------------------------------------------------------------------------------------
 MAJOR HISTORICAL CHANGES
 1964: Measles vaccination introduced in the national childhood vaccination schedule.
 1981: Mumps vaccination introduced in the national childhood vaccination schedule.
 1992: Rubella vaccination introduced in the national childhood vaccination schedule.
 1996: One dose of MMR vaccination recommended at 15 months while measles and mumps vaccination recommended at 12 years.
 1998: Two dose MMR regimen recommended at 15 months (MMR1) and 12 years (MMR2) of age.
 2002: Age of MMR2 vaccination lowered to 6-7 years of age
 2014: MMR2 catch-up programme introduced for children 12 years of age and HepB for children at 12 years of age not vaccinated.
 2014: Pneumococcal disease vaccination introduced in the national childhood immunisation schedule
 2015: Tetanus, diphtheria, pertussis vaccination introduced in the national childhood immunisation schedule for 15-16 year-old adolescents
 2016: Human papilloma virus vaccination introduced in the national childhood immunisation schedule													
 2018: Meningococcal disease vaccination introduced in the national childhood immunisation schedule													
 2018: Rotavirus disease vaccination introduced in the national childhood immunisation schedule		
 2023: HPV 9 valent as gender neutral vaccination (1 Feb 2023)											
 The following are vaccinations recommended to all above 18 years: diphtheria/tetanus (booster dose every 5-10 years), influenza (every year), pneumococcal disease, tick-borne encephalitis, varicella, hepatitis A, hepatitis B, human papillomavirus infection and meningococcal disease.
 for more information on the adult programme please refer to https://sam.lrv.lt/uploads/sam/documents/files/Veiklos_sritys/visuomenes-sveikatos-prieziura/skiepai/A5-Suaugusiuju-skiepijimo-Lietuvoje-rekomendacijos_2022%20r.pdf
 ____________________________________________________________
-Date of last update:  16 Jan 2024
+Date of last update:  4 February 2026
 --------------------------------------------------------------------------------------------------
 </t>
   </si>
   <si>
     <t>More information available at: https://sam.lrv.lt/lt/veiklos-sritys/visuomenes-sveikatos-prieziura/uzkreciamuju-ligu-valdymas/skiepai, https://www.e-tar.lt/portal/lt/legalAct/64b65e3023ca11e9bf1ef395f41d6fbc/asr, https://www.e-tar.lt/portal/lt/legalAct/333a8c10ab9211e88f64a5ecc703f89b, https://sam.lrv.lt/uploads/sam/documents/files/Veiklos_sritys/visuomenes-sveikatos-prieziura/skiepai/A5-Suaugusiuju-skiepijimo-Lietuvoje-rekomendacijos_2022%20r.pdf</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-11-04 at 16:24.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-11 at 03:49.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Lithuania</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Lithuania</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Lithuania</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -171,56 +177,56 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R7d4aceaa3c4643f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R83f3dab996814460" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R37f9051185c44adf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R1d51b8c2f5214eb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R7f8e13ac71cc409f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Ra1181ef5f3b54d02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F16"/>
+  <dimension ref="A1:F17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>0</v>
       </c>
@@ -256,167 +262,188 @@
       </c>
       <c r="E3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E4" s="6" t="s">
         <v>11</v>
       </c>
       <c r="F4" s="5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C6" s="4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F6" s="4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B7" s="7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D7" s="7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E7" s="7" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F7" s="7" t="s">
-        <v>13</v>
-[...19 lines deleted...]
-        <v>14</v>
+        <v>14</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B8" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C8" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="F8" s="7" t="s">
+        <v>15</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B10" s="7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C10" s="7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D10" s="7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E10" s="7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F10" s="7" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="1" t="s">
-[...22 lines deleted...]
-      <c r="B14" s="1" t="s">
+      <c r="A11" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="B11" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="C11" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="D11" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E11" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="F11" s="7" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E12" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="F12" s="1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15">
-      <c r="A15" s="9" t="s">
-        <v>17</v>
+      <c r="A15" s="8" t="s">
+        <v>19</v>
       </c>
       <c r="B15" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="9" t="s">
         <v>19</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      </c>
       <c r="B16" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="E2:F2"/>
     <mergeCell ref="A6:F6"/>
     <mergeCell ref="A7:F7"/>
-    <mergeCell ref="A9:F9"/>
+    <mergeCell ref="A8:F8"/>
     <mergeCell ref="A10:F10"/>
     <mergeCell ref="A11:F11"/>
+    <mergeCell ref="A12:F12"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>