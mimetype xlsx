--- v0 (2025-10-19)
+++ v1 (2026-01-01)
@@ -1,96 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R6e182a26467545ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R2e3b48c2f7904f19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Ra6667102321f4efe"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R9b1540d668894156"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>18-64</t>
   </si>
   <si>
     <t>&gt;= 65</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
     <t>PCV13 or PCV15</t>
   </si>
   <si>
     <t>PCV15 or PCV20</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
     <t>Date of last update: 14 April 2023</t>
   </si>
   <si>
     <t>More information available at: https://www.bag.admin.ch/bag/fr/home/gesund-leben/gesundheitsfoerderung-und-praevention/impfungen-prophylaxe/schweizerischer-impfplan.html</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-19 at 06:37.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-01-01 at 07:37.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Liechtenstein</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Liechtenstein</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Liechtenstein</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -145,51 +145,51 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Ra6667102321f4efe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R14992a75543d45b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rffea8991bae445d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R9b1540d668894156" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rf2b8f8e8b97d4e85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R9ad20480c10948be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">