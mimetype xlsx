--- v1 (2026-01-01)
+++ v2 (2026-01-01)
@@ -1,96 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R2e3b48c2f7904f19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rec7b35bb58204a7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R9b1540d668894156"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rdec089c4d1cf4a3b"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>18-64</t>
   </si>
   <si>
     <t>&gt;= 65</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
     <t>PCV13 or PCV15</t>
   </si>
   <si>
     <t>PCV15 or PCV20</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
     <t>Date of last update: 14 April 2023</t>
   </si>
   <si>
     <t>More information available at: https://www.bag.admin.ch/bag/fr/home/gesund-leben/gesundheitsfoerderung-und-praevention/impfungen-prophylaxe/schweizerischer-impfplan.html</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-01-01 at 07:37.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-01-01 at 09:12.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Liechtenstein</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Liechtenstein</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Liechtenstein</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -145,51 +145,51 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R9b1540d668894156" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rf2b8f8e8b97d4e85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R9ad20480c10948be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rdec089c4d1cf4a3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R6fb30b8500024a1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rdb678c0403e94632" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">