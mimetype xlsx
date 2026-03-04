--- v2 (2026-01-01)
+++ v3 (2026-03-04)
@@ -1,96 +1,96 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rec7b35bb58204a7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R89b215f094d04a87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rdec089c4d1cf4a3b"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R3f6494bf41cd46b6"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>18-64</t>
   </si>
   <si>
     <t>&gt;= 65</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
     <t>PCV13 or PCV15</t>
   </si>
   <si>
     <t>PCV15 or PCV20</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
     <t>Date of last update: 14 April 2023</t>
   </si>
   <si>
     <t>More information available at: https://www.bag.admin.ch/bag/fr/home/gesund-leben/gesundheitsfoerderung-und-praevention/impfungen-prophylaxe/schweizerischer-impfplan.html</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-01-01 at 09:12.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-03-04 at 03:36.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Liechtenstein</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Liechtenstein</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Liechtenstein</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -145,51 +145,51 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rdec089c4d1cf4a3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R6fb30b8500024a1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rdb678c0403e94632" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R3f6494bf41cd46b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R01122eed20d74ab9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rd9c12f3e4cd24638" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">