--- v0 (2025-10-19)
+++ v1 (2025-12-08)
@@ -1,133 +1,139 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R7ea146ed67414fe6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R7ae1b50a855141bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rc2483a9c2da445cd"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rd22bc72d610b4644"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>12-15</t>
   </si>
   <si>
     <t>18-64</t>
   </si>
   <si>
     <t>&gt;= 65</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
-    <t>PCV15</t>
+    <t>PCV13 or PCV15 (1 )</t>
+  </si>
+  <si>
+    <t>PCV13 or PCV15</t>
   </si>
   <si>
     <t>PCV13 or PCV15 or PCV20</t>
   </si>
   <si>
     <t>Footnotes:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1: https://www.vm.gov.lv/lv/media/11925/download?attachment </t>
   </si>
   <si>
     <t>General comment on catch-up vaccinations:
 If a child has not received the vaccine, he or she has the right to receive it until attaining 18 years of age, if it is allowed by the instructions for use of the vaccine and if the particular vaccine was included in the vaccination calendar when the child was of the age corresponding to vaccination. Vaccination until attaining 18 years of age shall be performed in conformity with the vaccination scheme and the number of vaccines indicated in the instructions for use of the vaccine.
 Residents, including individuals under guardianship, have the right to choose a vaccination institution or a medical practitioner to receive the vaccination, as well as to refuse the vaccination.
 MAJOR HISTORICAL CHANGES
 Measles, mumps and rubella: 
 1968: Measles vaccination introduced in the national childhood vaccination schedule at 18 months of age. 
 1982: Mumps vaccination introduced in the national childhood vaccination schedule for residents of the city of Riga at 18 months of age. 
 1983: Mumps vaccination introduced in the national childhood vaccination schedule for all the country at 18 months of age. 
 1993: MMR introduced in the national childhood vaccination schedule at 15 months, rubella at 12 years and measles (2nd dose) at 12 years. 
 1994: Hib vaccination introduced in the national childhood vaccination schedule. 
 2002: Two doses MMR regimen introduced at 15 months (MMR1) and 7 years (MMR2) of age.
 Haemophilus influenzae type b: 
 Hepatitis B: 
 1997: HepB vaccination introduced in the national childhood vaccination schedule to be given at birth. 
 2006: HepB catch-up vaccination programme (at 14 years) introduced.
 Poliomyelitis: 
 2001: IPV introduced in the national childhood vaccination schedule at 3–4, 5– 6 months. 
 2010: Given as a combined DTaP-IPV vaccination from 1st January 2010
 2020: 6th dose IPV discontinued at 14 years of age
 Pertussis: 
 2004 - 2006: Acellular pertusis vaccine introduced in the national childhood vaccination schedule. 
 2005: By February, aP replaced wP throughout the whole country. 
 2010: The fifth dose of acellular pertussis vaccine at 7 years of age was introduced in the national childhood vaccination schedule on 1 st January 2010.
 2010: Given as a combined DTaP-IPV vaccination from 1st January 2010
 2022 6th dose acp introduced for adolescents at 14 y, also for pregnant for each pregnancy
 Varicella: 
 2008: Varicella vaccination introduced in the national childhood vaccination schedule at 15 months of age.
 2019: second dose together with MMR at 7y or earlier – before entering a school 
 Pneumococcal vaccine: 
 2010: Pneumococcal conjugate vaccine introduced in the national childhood vaccination schedule starting at 2 months of age from 1st January 2010.
 HPV:
 2010: Human papilloma virus vaccine has been introduced in the national childhood vaccination schedule on 1st September 2010 and administered to girls at 12 years of age.
 2020: switch to 9 valent, 
 2022: Gender-neutral vaccination
 Rotavirus:
 2015: introduction at 2, 4 and 6 months of age
 Date of last update: 02 February 2024
 </t>
   </si>
   <si>
     <t xml:space="preserve">More information available at: https://www.spkc.gov.lv/lv/vakcinacija-0, http://www.likumi.lv/doc.php?id=11215 </t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-19 at 03:15.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-12-08 at 23:06.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Latvia</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Latvia</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Latvia</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -182,56 +188,56 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rc2483a9c2da445cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R4f9ee753af174d8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rd45e0ab5631e48e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rd22bc72d610b4644" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rb6152dc1dce94a79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R35c5b1cb05ef4791" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F14"/>
+  <dimension ref="A1:F16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>0</v>
       </c>
@@ -258,155 +264,176 @@
       <c r="A3" s="1"/>
       <c r="B3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E4" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F4" s="5" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C6" s="4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F6" s="4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B7" s="7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D7" s="7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E7" s="7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F7" s="7" t="s">
-        <v>12</v>
-[...18 lines deleted...]
-      <c r="F8" s="7" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="1" t="s">
-[...30 lines deleted...]
-      <c r="B13" s="1" t="s">
+      <c r="A9" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="B9" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="C9" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D9" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F9" s="7" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B10" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C10" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="D10" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="F10" s="7" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="8" t="s">
         <v>17</v>
-      </c>
-[...3 lines deleted...]
-        <v>15</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>18</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:D2"/>
     <mergeCell ref="E2:F2"/>
     <mergeCell ref="A6:F6"/>
     <mergeCell ref="A7:F7"/>
-    <mergeCell ref="A8:F8"/>
     <mergeCell ref="A9:F9"/>
+    <mergeCell ref="A10:F10"/>
+    <mergeCell ref="A11:F11"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>