--- v1 (2025-12-08)
+++ v2 (2026-02-11)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R7ae1b50a855141bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R80d9b2bcf1f84136" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rd22bc72d610b4644"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R179c00faa4a24ea6"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>12-15</t>
   </si>
   <si>
@@ -89,51 +89,51 @@
 2020: 6th dose IPV discontinued at 14 years of age
 Pertussis: 
 2004 - 2006: Acellular pertusis vaccine introduced in the national childhood vaccination schedule. 
 2005: By February, aP replaced wP throughout the whole country. 
 2010: The fifth dose of acellular pertussis vaccine at 7 years of age was introduced in the national childhood vaccination schedule on 1 st January 2010.
 2010: Given as a combined DTaP-IPV vaccination from 1st January 2010
 2022 6th dose acp introduced for adolescents at 14 y, also for pregnant for each pregnancy
 Varicella: 
 2008: Varicella vaccination introduced in the national childhood vaccination schedule at 15 months of age.
 2019: second dose together with MMR at 7y or earlier – before entering a school 
 Pneumococcal vaccine: 
 2010: Pneumococcal conjugate vaccine introduced in the national childhood vaccination schedule starting at 2 months of age from 1st January 2010.
 HPV:
 2010: Human papilloma virus vaccine has been introduced in the national childhood vaccination schedule on 1st September 2010 and administered to girls at 12 years of age.
 2020: switch to 9 valent, 
 2022: Gender-neutral vaccination
 Rotavirus:
 2015: introduction at 2, 4 and 6 months of age
 Date of last update: 02 February 2024
 </t>
   </si>
   <si>
     <t xml:space="preserve">More information available at: https://www.spkc.gov.lv/lv/vakcinacija-0, http://www.likumi.lv/doc.php?id=11215 </t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-12-08 at 23:06.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-11 at 03:48.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Latvia</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Latvia</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Latvia</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -188,51 +188,51 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rd22bc72d610b4644" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rb6152dc1dce94a79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R35c5b1cb05ef4791" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R179c00faa4a24ea6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rba6ff880ca2c4f4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rf473ca76937f45fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">