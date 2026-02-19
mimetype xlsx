--- v0 (2025-10-25)
+++ v1 (2026-02-19)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R613aef12b3df40fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rac98821f56f1454c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Ra136af9c686c4752"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R63d07078503341eb"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="18">
   <si>
     <t>Hepatitis B: Recommended vaccinations</t>
   </si>
   <si>
     <t>Birth</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
@@ -65,59 +65,59 @@
 2017 Aug 19: NEW LAW ON MANDATORY VACCINATION FOR THOSE UP TO 16 YEARS OF AGE. FOR MORE INFORMATION ON MANDATORY ANTIGENS AND DETAILED PLAN OF IMPLEMENTATION ACCORDING TO BIRTH COHORT PLEASE REFER TO   http://www.trovanorme.salute.gov.it/norme/renderNormsanPdf?anno=2017&amp;codLeg=60282&amp;parte=1%20&amp;serie=null
 Mandatory vaccines:
 - Diphtheria, tetanus, pertussis, poliomyelitis, haemophilus influenzae and hepatitis B: mandatory at 3 months, 5 months, 11 months and 6 years in individuals born from 2001. Second booster dose of diphtheria, tetanus, pertussis and poliomyelitis mandatory at 12-18 years for individuals born from 2001.
  - Varicella: mandatory in the second year of life and at 6 years in individuals born from 2017.
 - Measles, mumps and rubella: mandatory in the second year of life and at 6 years in individuals born from 2001.
 2017: Publication of the National Vaccination Plan 2017-2019
 http://www.salute.gov.it/imgs/C_17_pubblicazioni_2571_allegato.pdf
 2005: Introduction of Pn7v, MenC and Var (dose given at 1-2 years) into national childhood vaccination schedule for selected groups only.
 --------------------------------------------------------------------------------
 Measles, mumps and rubella: 
 1972: Rubella vaccine recommended for girls aged 11-12 years. 
 1976: Measles vaccines became available in Italy. 
 1979: Measles vaccine recommended in children 15 months of age 
 1990: Combined measles-mumps-rubella (MMR) vaccine introduced into the national vaccination schedule. Vaccination recommended at the age of 15 months. 
 1999: Recommended age for first dose of MMR lowered to 12-15 months. Second dose of MMR introduced at 5-6 or 11-12 years. 
 2003: National Plan for the Elimination of measles and congenital rubella implemented.
 --------------------------------------------------------------------------------
 Poliomyelitis 
 2005: Polio immunization schedule has been changed in July 2005 (Ministerial Decree 15 July 2005) with shift of the fourth dose of IPV from age 3 years to 5-6 years. 
 2002: Polio immunization schedule has been changed in August 2002 (Ministerial Decree 18 June 2002) with elimination of OPV and use of IPV for all the doses of the vaccination cycle. 
 --------------------------------------------------------------------------------
 Hepatitis B
 1991: HBV mandatory vaccination among newborns and adolescents. 
 2003: adolescents’ catch-up vaccination ended with the completion of the last birth cohorts(born in 1991 and not vaccinated during the first year of age)
 --------------------------------------------------------------------------------
-Date of last update: 15 February 2024
+Date of last update: 2 February 2026
 --------------------------------------------------------------------------------
 </t>
   </si>
   <si>
-    <t>More information available at: https://www.salute.gov.it/portale/vaccinazioni/dettaglioContenutiVaccinazioni.jsp?lingua=italiano&amp;id=4829&amp;area=vaccinazioni&amp;menu=vuoto, http://www.trovanorme.salute.gov.it/norme/renderNormsanPdf?anno=2017&amp;codLeg=60282&amp;parte=1%20&amp;serie=null</t>
-[...2 lines deleted...]
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-25 at 13:57.</t>
+    <t xml:space="preserve">More information available at:  https://www.salute.gov.it/new/it/tema/vaccinazioni/, http://www.trovanorme.salute.gov.it/norme/renderNormsanPdf?anno=2017&amp;codLeg=60282&amp;parte=1%20&amp;serie=null</t>
+  </si>
+  <si>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-19 at 17:19.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Italy</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Italy</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Italy</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -172,51 +172,51 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Ra136af9c686c4752" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rf61ae44ebbb94600" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R0cdc2b197a894e46" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R63d07078503341eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R25f7e078ec484273" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rb4ed5f4ad4824124" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:E16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>