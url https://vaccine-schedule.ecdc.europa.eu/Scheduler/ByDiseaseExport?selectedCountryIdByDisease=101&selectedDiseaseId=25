--- v0 (2025-10-20)
+++ v1 (2026-02-11)
@@ -1,109 +1,109 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R7921606816b94ab9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R4db2e5f2fb5344f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R6bd90cede91e4d33"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rb9ef66a895614954"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>18</t>
-[...5 lines deleted...]
-    <t>&gt;= 64</t>
+    <t>18-59</t>
+  </si>
+  <si>
+    <t>&gt;= 60</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
     <t>PCV15</t>
   </si>
   <si>
-    <t>PCV13/PCV15 + PPSV23 or PCV20</t>
-[...2 lines deleted...]
-    <t>PCV20 or PPSV23</t>
+    <t>PCV15+PPSV23 or PCV20 (1 )</t>
+  </si>
+  <si>
+    <t>PCV20 or PPSV23 (1 )</t>
   </si>
   <si>
     <t>Footnotes:</t>
+  </si>
+  <si>
+    <t>1: Recommendation without funding. Details https://island.is/en/bolusetning-gegn-pneumokokkum</t>
   </si>
   <si>
     <t>----------------------------------------------------------------------
 References
 http://www.landlaeknir.is/smit-og-sottvarnir/bolusetningar/bolusetningar-barna/ (children)
 http://www.landlaeknir.is/smit-og-sottvarnir/bolusetningar/bolusetningar-fullordinna/ (adults)
 ----------------------------------------------------------------------
-Date of last update: 25 Jan 2024
+Date of last update: 5 February 2026
 ----------------------------------------------------------------------
 </t>
   </si>
   <si>
     <t>More information available at: http://www.landlaeknir.is/smit-og-sottvarnir/bolusetningar/bolusetningar-barna/, http://www.landlaeknir.is/smit-og-sottvarnir/bolusetningar/bolusetningar-fullordinna/</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-20 at 16:20.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-11 at 03:48.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Iceland</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Iceland</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Iceland</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -158,253 +158,252 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R6bd90cede91e4d33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R7ff22a0bdaed47ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R8808047f823742e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rb9ef66a895614954" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R5c56f6f3843e4ffd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Re904ad6a167f4afc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:G14"/>
+  <dimension ref="A1:F16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
-    <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="G1" s="2" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="F2" s="1"/>
-      <c r="G2" s="1"/>
     </row>
     <row r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="G3" s="3" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="B4" s="5" t="s">
+      <c r="C4" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="E4" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="C4" s="5" t="s">
-[...5 lines deleted...]
-      <c r="E4" s="6" t="s">
+      <c r="F4" s="5" t="s">
         <v>11</v>
-      </c>
-[...2 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C6" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D6" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F6" s="4" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="7" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B7" s="7" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D7" s="7" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="E7" s="7" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F7" s="7" t="s">
-        <v>14</v>
-[...25 lines deleted...]
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="1" t="s">
-[...22 lines deleted...]
-      <c r="A12" s="8" t="s">
+      <c r="A9" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="B9" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="C9" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D9" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F9" s="7" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="B10" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C10" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="D10" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="F10" s="7" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="E11" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="8" t="s">
         <v>17</v>
       </c>
-      <c r="B12" s="1" t="s">
+      <c r="B14" s="1" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="13">
-      <c r="A13" s="9" t="s">
+    <row r="15">
+      <c r="A15" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="B13" s="1" t="s">
+      <c r="B15" s="1" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="14">
-      <c r="A14" s="10" t="s">
+    <row r="16">
+      <c r="A16" s="10" t="s">
         <v>17</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="B16" s="1" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:G1"/>
+    <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:D2"/>
-    <mergeCell ref="E2:G2"/>
-[...4 lines deleted...]
-    <mergeCell ref="A9:G9"/>
+    <mergeCell ref="E2:F2"/>
+    <mergeCell ref="A6:F6"/>
+    <mergeCell ref="A7:F7"/>
+    <mergeCell ref="A9:F9"/>
+    <mergeCell ref="A10:F10"/>
+    <mergeCell ref="A11:F11"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>