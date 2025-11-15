--- v0 (2025-10-19)
+++ v1 (2025-11-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R91e90e9caef74c25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R91b7c70ca0254278" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rfefc49cc06af4a1c"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="Re13b9cc111f54c3e"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
@@ -89,51 +89,51 @@
 (DTaP-Hib-IPV) 
 2008: From 1st September: Change in timing of  MenC to be given at 13 months of age
 2008: From 1st September: Change in timing of Hib vaccine (Hib) to be given at 13 months of age 
 2009: MMR catch-up campaign for students aged 15-18 years in response to large national mumps outbreak
 2010:  From May: HPV vaccination programme introduced for girls aged 12-13 years
 2011:  From September: HPV catch-up campaign for school going girls aged 18 years until end of 2013/2014  
 2011: From September: Introduction of Tdap adolescent booster (aged 12-13 years)
 2012/2013: MMR catch-up campaign for all students (aged 12-18 years) in schools 
 2013/2014: MMR catch-up for students in primary school (aged 4-12 years)  and first year of second level school (aged 12-13 years) 
 2013: From September: Tdap introduced for pregnant women between 27-36 weeks gestation
 2014 (Aug): updated national guidance for HPV, MenC and Tdap routine vaccination. HPV starting as a 2-dose schedule from September 2014. MenC adolescent booster 1 dose schedule starting from September 2014. See latest expert committee guidance http://www.hse.ie/portal/eng/health/immunisation/hcpinfo/guidelines/immunisationguidelines.html for changes.
 2015: MenC policy change. For a full description of meningococcal C national guidance that may affect policy and recommendations please refer to http://www.hse.ie/portal/eng/health/immunisation/hcpinfo/guidelines/immunisationguidelines.html. All children born on or after 1st July 2015 will be offered 2 doses of MenC for the primary programme at 4 months and 13 months and a booster dose of MenC in second level school (Age 12-13 years).
 2016: Change of schedule for babies born ON or AFTER 1 October 2016. Meningococcal B and rotavirus vaccine added to the childhood immunisation schedule.
 2020: LAIV recommended for children 2 to 17 years
 2021: Flu recommended for adults 50 years and older
 2024: From January 2024, only one dose of HPV is recommended. 
 ---------------------------------------------------------------------------------------------------
 Date of last update: 25 Jan. 2024
 ---------------------------------------------------------------------------------------------------
 </t>
   </si>
   <si>
     <t>More information available at: http://www.immunisation.ie/</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-19 at 09:18.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-11-15 at 08:36.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Ireland</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Ireland</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Ireland</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -188,51 +188,51 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rfefc49cc06af4a1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R2a4227a886de4cc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R8cfa633505a04db2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Re13b9cc111f54c3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R94a14692e8aa4e0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R61b37878371e4b51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">