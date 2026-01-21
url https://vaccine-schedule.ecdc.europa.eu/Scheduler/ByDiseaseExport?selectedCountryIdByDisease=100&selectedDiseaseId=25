--- v1 (2025-11-15)
+++ v2 (2026-01-21)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R91b7c70ca0254278" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Reebc86ec23b44a3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Re13b9cc111f54c3e"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R99aa6f20dfab4011"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
@@ -89,51 +89,51 @@
 (DTaP-Hib-IPV) 
 2008: From 1st September: Change in timing of  MenC to be given at 13 months of age
 2008: From 1st September: Change in timing of Hib vaccine (Hib) to be given at 13 months of age 
 2009: MMR catch-up campaign for students aged 15-18 years in response to large national mumps outbreak
 2010:  From May: HPV vaccination programme introduced for girls aged 12-13 years
 2011:  From September: HPV catch-up campaign for school going girls aged 18 years until end of 2013/2014  
 2011: From September: Introduction of Tdap adolescent booster (aged 12-13 years)
 2012/2013: MMR catch-up campaign for all students (aged 12-18 years) in schools 
 2013/2014: MMR catch-up for students in primary school (aged 4-12 years)  and first year of second level school (aged 12-13 years) 
 2013: From September: Tdap introduced for pregnant women between 27-36 weeks gestation
 2014 (Aug): updated national guidance for HPV, MenC and Tdap routine vaccination. HPV starting as a 2-dose schedule from September 2014. MenC adolescent booster 1 dose schedule starting from September 2014. See latest expert committee guidance http://www.hse.ie/portal/eng/health/immunisation/hcpinfo/guidelines/immunisationguidelines.html for changes.
 2015: MenC policy change. For a full description of meningococcal C national guidance that may affect policy and recommendations please refer to http://www.hse.ie/portal/eng/health/immunisation/hcpinfo/guidelines/immunisationguidelines.html. All children born on or after 1st July 2015 will be offered 2 doses of MenC for the primary programme at 4 months and 13 months and a booster dose of MenC in second level school (Age 12-13 years).
 2016: Change of schedule for babies born ON or AFTER 1 October 2016. Meningococcal B and rotavirus vaccine added to the childhood immunisation schedule.
 2020: LAIV recommended for children 2 to 17 years
 2021: Flu recommended for adults 50 years and older
 2024: From January 2024, only one dose of HPV is recommended. 
 ---------------------------------------------------------------------------------------------------
 Date of last update: 25 Jan. 2024
 ---------------------------------------------------------------------------------------------------
 </t>
   </si>
   <si>
     <t>More information available at: http://www.immunisation.ie/</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-11-15 at 08:36.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-01-21 at 10:54.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Ireland</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Ireland</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Ireland</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -188,51 +188,51 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Re13b9cc111f54c3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R94a14692e8aa4e0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R61b37878371e4b51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R99aa6f20dfab4011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R1149bd87016a4765" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R87882a5a670b4248" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">