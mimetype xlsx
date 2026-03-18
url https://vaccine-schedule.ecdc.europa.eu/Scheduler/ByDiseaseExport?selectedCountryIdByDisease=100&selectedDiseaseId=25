--- v2 (2026-01-21)
+++ v3 (2026-03-18)
@@ -1,139 +1,139 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Reebc86ec23b44a3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R783b89ac344b4bdd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R99aa6f20dfab4011"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R78f4f25be8c540e5"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>&gt;= 65</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
-    <t>PCV13 or PCV15</t>
+    <t>PCV13</t>
   </si>
   <si>
     <t>PPSV23 (1 )</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
-    <t>1: Please refer to https://www.hse.ie/eng/health/immunisation/pubinfo/adult/pneumo/#Who%20should%20be%20vaccinated%20with%20PPV23%20Pneumococcal%20vaccine? for a full listing of people in at-risk groups</t>
+    <t>1: One dose of PPV is recommended for all aged 65 years and older. Specific at risk groups are recommended PPV23. In some, PCV may also be recommended. Please refer to Chapter 16 Immunisation Guidelines https://www.hiqa.ie/reports-and-publications/niac-immunisation-guideline/chapter-16-pneumococcal-infection</t>
   </si>
   <si>
     <t xml:space="preserve">---------------------------------------------------------------------------------------------------
 Administration costs for the adult vaccines may have to be paid by recipient, especially if they are not covered by the medical card. (While having a card is usually income dependent, those with specific chronic medical condition may be entitled to free health care).
 FUNDING OF THE VACCINATION PROGRAMME
 - All the childhood/adolescent vaccines are free of charge (both for vaccine and administration costs)
 - For vaccines recommended for adults, the vaccine is free but administration of vaccine may be charged to patient (which is based on income and eligibility for free health care)
 MAJOR HISTORICAL CHANGES 
 1937: BCG first became available in the country 
 1930s: DT was introduced into national vaccination schedule 
 1949: BCG was introduced into national vaccination schedule 
 1952-1953: DTP was introduced into national vaccination schedule 
 1957: OPV was introduced into national vaccination schedule 
 1971: Rubella vaccine was introduced into national vaccination schedule for pre-pubertal girls (12-14 years of age) 
 1985: Measles vaccine was introduced into national vaccination schedule for children 15 months to 5 years of age
 1988: The combined MMR vaccine was introduced into national vaccination schedule for children 15 months to 2 years of age and also for girls 10-14 years thereby replacing the rubella vaccine
 1992: A second dose of MMR (MMR2) was recommended for all children at ages 10-14 years
 1992: Hib was introduced into national vaccination schedule 
 1995: A measles and rubella vaccination campaign for primary school-age children was conducted for children aged 5 to 12 years
 1999: The recommended age of MMR2 was lowered from 10-14 years to 4-5 years
 2000: MenC was introduced into national vaccination schedule 
 2001: DTaP-Hib-IPV (pentavalent vaccine) was introduced into national vaccination schedule (IPV replaced OPV)
 2002: The age of first MMR dose reduced to 12-15 months
 2008: The age of first MMR dose reduced to 12 months
 2008: From 1st September: Introduction of PCV7 into national vaccination schedule
 2008: From 1st September: Introduction of Hepatitis B as the hexavalent vaccine (DTap - Hep B - Hib - IPV) replaced the pentavalent vaccine 
 (DTaP-Hib-IPV) 
 2008: From 1st September: Change in timing of  MenC to be given at 13 months of age
 2008: From 1st September: Change in timing of Hib vaccine (Hib) to be given at 13 months of age 
 2009: MMR catch-up campaign for students aged 15-18 years in response to large national mumps outbreak
 2010:  From May: HPV vaccination programme introduced for girls aged 12-13 years
 2011:  From September: HPV catch-up campaign for school going girls aged 18 years until end of 2013/2014  
 2011: From September: Introduction of Tdap adolescent booster (aged 12-13 years)
 2012/2013: MMR catch-up campaign for all students (aged 12-18 years) in schools 
 2013/2014: MMR catch-up for students in primary school (aged 4-12 years)  and first year of second level school (aged 12-13 years) 
 2013: From September: Tdap introduced for pregnant women between 27-36 weeks gestation
 2014 (Aug): updated national guidance for HPV, MenC and Tdap routine vaccination. HPV starting as a 2-dose schedule from September 2014. MenC adolescent booster 1 dose schedule starting from September 2014. See latest expert committee guidance http://www.hse.ie/portal/eng/health/immunisation/hcpinfo/guidelines/immunisationguidelines.html for changes.
 2015: MenC policy change. For a full description of meningococcal C national guidance that may affect policy and recommendations please refer to http://www.hse.ie/portal/eng/health/immunisation/hcpinfo/guidelines/immunisationguidelines.html. All children born on or after 1st July 2015 will be offered 2 doses of MenC for the primary programme at 4 months and 13 months and a booster dose of MenC in second level school (Age 12-13 years).
 2016: Change of schedule for babies born ON or AFTER 1 October 2016. Meningococcal B and rotavirus vaccine added to the childhood immunisation schedule.
 2020: LAIV recommended for children 2 to 17 years
 2021: Flu recommended for adults 50 years and older
 2024: From January 2024, only one dose of HPV is recommended. 
 ---------------------------------------------------------------------------------------------------
-Date of last update: 25 Jan. 2024
+Date of last update: 10 February 2026
 ---------------------------------------------------------------------------------------------------
 </t>
   </si>
   <si>
     <t>More information available at: http://www.immunisation.ie/</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-01-21 at 10:54.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-03-18 at 15:59.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Ireland</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Ireland</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Ireland</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -188,51 +188,51 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R99aa6f20dfab4011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R1149bd87016a4765" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R87882a5a670b4248" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R78f4f25be8c540e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R1bb3b5ac63f8447b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rda0fcb6b450f4440" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">