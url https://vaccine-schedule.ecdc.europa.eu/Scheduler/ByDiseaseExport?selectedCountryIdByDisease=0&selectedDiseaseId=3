--- v0 (2025-10-16)
+++ v1 (2026-01-12)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R728e61136efb4b4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R625b443471c74ffc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R4e5c42a651bb485c"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R86e53c2f55c448d4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="153" uniqueCount="153">
   <si>
     <t>Pertussis: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
@@ -457,51 +457,51 @@
     <t>37: Tdap vaccination recommended during pregnancy in all ages between 20 to 36 weeks of gestation</t>
   </si>
   <si>
     <t>38: From 2023 onwards, TT was replaced by dTacp</t>
   </si>
   <si>
     <t>39: Pregnant women: 1 dose Tdap vaccine recommended from the 24th week of pregnancy. see https://nijz.si/nalezljive-bolezni/cepljenje/cepljenje-nosecnic/</t>
   </si>
   <si>
     <t>40: For more detail on review and recommendation for pertussis vaccination in Spain, please refer to https://www.sanidad.gob.es/areas/promocionPrevencion/vacunaciones/comoTrabajamos/difteria-tetanos-tosferina.htm</t>
   </si>
   <si>
     <t>41: For more detail on review and recommendation for pertussis vaccination in Spain, please refer to https://www.sanidad.gob.es/profesionales/saludPublica/prevPromocion/vacunaciones/comoTrabajamos/docs/TosFerina.pdf</t>
   </si>
   <si>
     <t>42: Repeat for pregnant women starting from week 27 of the pregnancy (preferably at week 27 or 28). 
 </t>
   </si>
   <si>
     <t>43: Given to 8-9 grade students.</t>
   </si>
   <si>
     <t>44: Vaccination offered to pregnant women after 16 weeks of pregnancy. More information available at: https://www.folkhalsomyndigheten.se/smittskydd-beredskap/vaccinationer/vaccinationer-till-vuxna/</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-16 at 11:51.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-01-12 at 11:20.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -559,51 +559,51 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R4e5c42a651bb485c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R6a72691e524e422a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R3c921e06d6164b0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R86e53c2f55c448d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R992465e814864f3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rc730bb886a0e4516" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:AL86"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
     <col min="8" max="8" width="13.17" customWidth="1" style="1"/>
     <col min="9" max="9" width="13.17" customWidth="1" style="1"/>
     <col min="10" max="10" width="13.17" customWidth="1" style="1"/>
     <col min="11" max="11" width="13.17" customWidth="1" style="1"/>
     <col min="12" max="12" width="13.17" customWidth="1" style="1"/>
     <col min="13" max="13" width="13.17" customWidth="1" style="1"/>
     <col min="14" max="14" width="13.17" customWidth="1" style="1"/>
     <col min="15" max="15" width="13.17" customWidth="1" style="1"/>