--- v0 (2025-10-29)
+++ v1 (2025-12-16)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R75f16a5c50b54392" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R391ee1342b3946ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R291d8e00a75e4d37"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R126a09b5f0d14197"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="104">
   <si>
     <t>Measles: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
@@ -310,51 +310,51 @@
     <t>13: Six-year-old children may be vaccinated with vaccinations for 7-year-old children, if the child is beginning to study in an educational institution.</t>
   </si>
   <si>
     <t>14: Catch-up for females not previously vaccinated, with no history of rubella vaccination or disease. 2-dose schedule recommended.</t>
   </si>
   <si>
     <t>15: Depending on the risk evaluation of the risk of measles, administration of the second dose of MMR is possible between 12 and 15 months of age. In case of an outbreak, or contact with a measles case, or travel to endemic area, vaccination is recommended starting at six months of age. If the first dose of MMR is given between six and eight months of age, three doses of MMR are necessary to complete the immunisation cycle.</t>
   </si>
   <si>
     <t>16: Catch up on vaccination (1 or 2 doses at least one month apart, depending on the number of doses received previously): in particular children, adolescents and adults
 born after 1963; women of childbearing age or women who have recently given birth. Do not administer this vaccination in case of known pregnancy or immunosuppression</t>
   </si>
   <si>
     <t>17: Following shift of MMR vaccine from 9 to 3 years old in 2025, a catch up campaign is in place for cohorts 2016 to 2021 between 2025-24</t>
   </si>
   <si>
     <t>18: Catch-up for children who did not receive MMR at 10 years of age. An additional dose should be given by 19 years of age</t>
   </si>
   <si>
     <t>19: Two doses at 4 or more weeks interval recommended in individuals born in Spain since 1970 with no documented history of vaccination</t>
   </si>
   <si>
     <t>20: Given to 1-2 grade students</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-29 at 11:17.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-12-16 at 03:29.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -412,51 +412,51 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R291d8e00a75e4d37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rd614c3239d2e463b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R46adacd8518745f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R126a09b5f0d14197" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rc86ac2b2b9974931" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R3ac7ab7e6d4a4c15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:AG62"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
     <col min="8" max="8" width="13.17" customWidth="1" style="1"/>
     <col min="9" max="9" width="13.17" customWidth="1" style="1"/>
     <col min="10" max="10" width="13.17" customWidth="1" style="1"/>
     <col min="11" max="11" width="13.17" customWidth="1" style="1"/>
     <col min="12" max="12" width="13.17" customWidth="1" style="1"/>
     <col min="13" max="13" width="13.17" customWidth="1" style="1"/>
     <col min="14" max="14" width="13.17" customWidth="1" style="1"/>
     <col min="15" max="15" width="13.17" customWidth="1" style="1"/>