--- v1 (2025-12-16)
+++ v2 (2026-03-16)
@@ -1,360 +1,356 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R391ee1342b3946ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R622d78c31cf24ab1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R126a09b5f0d14197"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R322efd4fce30412a"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="103" uniqueCount="103">
   <si>
     <t>Measles: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>10</t>
-[...1 lines deleted...]
-  <si>
     <t>11</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>19</t>
+    <t>25</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>&gt;= 65</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
     <t>MEAS (1 )</t>
   </si>
   <si>
+    <t>MEAS</t>
+  </si>
+  <si>
     <t xml:space="preserve">Belgium  </t>
   </si>
   <si>
-    <t>MEAS</t>
+    <t>MEAS (2 )</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
-    <t>MEAS (2 )</t>
+    <t>MEAS (3 )</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
     <t>Czechia</t>
   </si>
   <si>
-    <t>MEAS (3 )</t>
+    <t>MEAS (4 )</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
-    <t>MEAS (4 )</t>
+    <t>MEAS (5 )</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
-    <t>MEAS (5 )</t>
+    <t>MEAS (6 )</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
-    <t>MEAS (6 )</t>
-[...1 lines deleted...]
-  <si>
     <t>MEAS (7 )</t>
   </si>
   <si>
     <t>MEAS (8 )</t>
   </si>
   <si>
+    <t>MEAS (9 )</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>MEAS (9 )</t>
-[...1 lines deleted...]
-  <si>
     <t>MEAS (10 )</t>
   </si>
   <si>
+    <t>MEAS (11 )</t>
+  </si>
+  <si>
     <t>Greece</t>
   </si>
   <si>
-    <t>MEAS (11 )</t>
+    <t>MEAS (12 )</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
-    <t>MEAS (12 )</t>
+    <t>MEAS (13 )</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
-    <t>MEAS (13 )</t>
-[...1 lines deleted...]
-  <si>
     <t>MEAS (14 )</t>
   </si>
   <si>
+    <t>MEAS (15 )</t>
+  </si>
+  <si>
     <t>Liechtenstein</t>
   </si>
   <si>
-    <t>MEAS (15 )</t>
-[...1 lines deleted...]
-  <si>
     <t>MEAS (16 )</t>
   </si>
   <si>
+    <t>MEAS (17 )</t>
+  </si>
+  <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
-    <t>MEAS (17 )</t>
+    <t>MEAS (18 )</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
-    <t>MEAS (18 )</t>
-[...1 lines deleted...]
-  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>MEAS (19 )</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>MEAS (20 )</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
     <t xml:space="preserve">1: If the first dose is given in the first year of life, the recommended interval between the doses is 3 months (minimal interval 4 weeks). If the first dose of MMR is given after the first birthday, the second dose is recommended as early as possible with a minimal interval of 4 weeks. </t>
   </si>
   <si>
-    <t>2: Given to grade 1 students</t>
-[...11 lines deleted...]
-    <t xml:space="preserve">6: Update 28 June 2013:For a full description of recommendations, please refer to: http://www.hcsp.fr/explore.cgi/avisrapportsdomaine?clefr=362.
+    <t xml:space="preserve">2: Regarding implementation, MMR2 in the free routine vaccination program in Flanders has been moved to 24 months </t>
+  </si>
+  <si>
+    <t>3: Given to grade 1 students</t>
+  </si>
+  <si>
+    <t>4: Vaccination of one dose against measles for those aged 18 years and above who are newly admitted to work on an infectious or dermatovenerological ward (mandatory vaccination).</t>
+  </si>
+  <si>
+    <t>5: MMR vaccination possible from 9 months of age prior to visiting measles-endemic countries and areas where measles outbreaks are known to occur. The recommended two-dose vaccination schedule at 15 months and 4 years still need to be completed if first vaccination before 12 months.</t>
+  </si>
+  <si>
+    <t>6: Recommendation for the first dose to be given at 12 months of age</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7: https://sante.gouv.fr/prevention-en-sante/preserver-sa-sante/vaccination/calendrier-vaccinal
 The vaccination from 9 months of age of children entering day care was suspended.
 Updated recommendations - 
 Measles vaccination for infants under 12 months of age - travelling to countries of high measles endemicity or countries with no measles elimination programmes or in case of exposure to measles cases
 - One dose of monovalent measles vaccines for infants aged 6 to 8 months. Thereafter 2 doses of MMR  as per national recommendations. 
 - Trivalent vaccine can be used for infants aged 9 to 11 months. Thereafter 1 dose of MMR between 12 and 15 month.  of MMR are recommended as per national recommendations. 
-In case of exposure to measles cases, administration should occur within 72 hours after exposure to the index case.
-[...9 lines deleted...]
-    <t>9: Vaccination from 9 months in specific circumstances. In this case, the second dose should be given as early as possible in the second year of life.
+In case of exposure to measles cases, administration should occur within 72 hours after exposure to the index case.</t>
+  </si>
+  <si>
+    <t>8: 2 doses of MMR one month appart if no previous vaccination ; 1 dose if only one dose previously</t>
+  </si>
+  <si>
+    <t>9: Two MMR doses in total among individuals born from 1980</t>
+  </si>
+  <si>
+    <t>10: Vaccination from 9 months in specific circumstances. In this case, the second dose should be given as early as possible in the second year of life.
 The 'Measles Protection Act’ was approved in Germany and became effective on March 1st, 2020. It mandates measles vaccination for all children at one year and older that attend a childcare facility.</t>
   </si>
   <si>
-    <t>10: one dose of measles for those aged 18 years and older and born after 1970 with no vaccination or uncertain vaccination history or only one vaccination during childhood</t>
-[...17 lines deleted...]
-    <t>16: Catch up on vaccination (1 or 2 doses at least one month apart, depending on the number of doses received previously): in particular children, adolescents and adults
+    <t>11: One dose of measles for those aged 18 years and older and born after 1970 with no vaccination or uncertain vaccination history or only one vaccination during childhood</t>
+  </si>
+  <si>
+    <t>12: For individuals born after 1970 (one or two doses depending on vaccination history and clinical history)</t>
+  </si>
+  <si>
+    <t>13: School-based vaccination in 6th grade</t>
+  </si>
+  <si>
+    <t>14: Six-year-old children may be vaccinated with vaccinations for 7-year-old children, if the child is beginning to study in an educational institution.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15: If not previously vaccinated,  2 doses are required. Vaccination against varicella should be performed with no history of disease.</t>
+  </si>
+  <si>
+    <t>16: Depending on the risk evaluation of the risk of measles, administration of the second dose of MMR is possible between 12 and 15 months of age. In case of an outbreak, or contact with a measles case, or travel to endemic area, vaccination is recommended starting at six months of age. If the first dose of MMR is given between six and eight months of age, three doses of MMR are necessary to complete the immunisation cycle.</t>
+  </si>
+  <si>
+    <t>17: Catch up on vaccination (1 or 2 doses at least one month apart, depending on the number of doses received previously): in particular children, adolescents and adults
 born after 1963; women of childbearing age or women who have recently given birth. Do not administer this vaccination in case of known pregnancy or immunosuppression</t>
   </si>
   <si>
-    <t>17: Following shift of MMR vaccine from 9 to 3 years old in 2025, a catch up campaign is in place for cohorts 2016 to 2021 between 2025-24</t>
-[...11 lines deleted...]
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-12-16 at 03:29.</t>
+    <t>18: Following shift of MMR vaccine from 9 to 3 years old in 2025, a catch up campaign is in place for cohorts 2016 to 2021 between 2025-27</t>
+  </si>
+  <si>
+    <t>19: Two doses at 4 or more weeks interval recommended in individuals born in Spain since 1978 with no documented history of vaccination. Additional information available at: https://www.sanidad.gob.es/areas/promocionPrevencion/vacunaciones/comoTrabajamos/docs/evaluacionImpacto_2EstudioSeroprevalenciaSarampion.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">20: Given to students in first or second grade </t>
+  </si>
+  <si>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-03-16 at 04:26.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -412,93 +408,91 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R126a09b5f0d14197" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rc86ac2b2b9974931" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R3ac7ab7e6d4a4c15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R322efd4fce30412a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rb559e5423b0e4969" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rf0af755893584f82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AG62"/>
+  <dimension ref="A1:AE62"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
     <col min="8" max="8" width="13.17" customWidth="1" style="1"/>
     <col min="9" max="9" width="13.17" customWidth="1" style="1"/>
     <col min="10" max="10" width="13.17" customWidth="1" style="1"/>
     <col min="11" max="11" width="13.17" customWidth="1" style="1"/>
     <col min="12" max="12" width="13.17" customWidth="1" style="1"/>
     <col min="13" max="13" width="13.17" customWidth="1" style="1"/>
     <col min="14" max="14" width="13.17" customWidth="1" style="1"/>
     <col min="15" max="15" width="13.17" customWidth="1" style="1"/>
     <col min="16" max="16" width="13.17" customWidth="1" style="1"/>
     <col min="17" max="17" width="13.17" customWidth="1" style="1"/>
     <col min="18" max="18" width="13.17" customWidth="1" style="1"/>
     <col min="19" max="19" width="13.17" customWidth="1" style="1"/>
     <col min="20" max="20" width="13.17" customWidth="1" style="1"/>
     <col min="21" max="21" width="13.17" customWidth="1" style="1"/>
     <col min="22" max="22" width="13.17" customWidth="1" style="1"/>
     <col min="23" max="23" width="13.17" customWidth="1" style="1"/>
     <col min="24" max="24" width="13.17" customWidth="1" style="1"/>
     <col min="25" max="25" width="13.17" customWidth="1" style="1"/>
     <col min="26" max="26" width="13.17" customWidth="1" style="1"/>
     <col min="27" max="27" width="13.17" customWidth="1" style="1"/>
     <col min="28" max="28" width="13.17" customWidth="1" style="1"/>
     <col min="29" max="29" width="13.17" customWidth="1" style="1"/>
     <col min="30" max="30" width="13.17" customWidth="1" style="1"/>
-    <col min="31" max="31" width="13.17" customWidth="1" style="1"/>
-    <col min="32" max="32" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="2" t="s">
@@ -549,3018 +543,2860 @@
       <c r="W1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="X1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="Y1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="Z1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="AA1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="AB1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="AC1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="AD1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="AE1" s="2" t="s">
-        <v>0</v>
-[...4 lines deleted...]
-      <c r="AG1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
-      <c r="M2" s="1"/>
-      <c r="N2" s="3" t="s">
+      <c r="M2" s="3" t="s">
         <v>2</v>
       </c>
+      <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
       <c r="AA2" s="1"/>
       <c r="AB2" s="1"/>
       <c r="AC2" s="1"/>
       <c r="AD2" s="1"/>
       <c r="AE2" s="1"/>
-      <c r="AF2" s="1"/>
-      <c r="AG2" s="1"/>
     </row>
     <row r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K3" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="M3" s="3" t="s">
         <v>14</v>
       </c>
       <c r="N3" s="3" t="s">
         <v>15</v>
       </c>
       <c r="O3" s="3" t="s">
         <v>16</v>
       </c>
       <c r="P3" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q3" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="R3" s="3" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>3</v>
       </c>
       <c r="S3" s="3" t="s">
         <v>19</v>
       </c>
       <c r="T3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="U3" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="V3" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="W3" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="X3" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="Y3" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="Z3" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="U3" s="3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="AA3" s="3" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="AB3" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AC3" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="AD3" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="AE3" s="3" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="AF3" s="3" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C4" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="D4" s="5" t="s">
-[...4 lines deleted...]
-      <c r="G4" s="1"/>
+      <c r="E4" s="5" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="4" t="s">
         <v>29</v>
       </c>
-      <c r="F5" s="5" t="s">
+      <c r="E5" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="R5" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="S5" s="5" t="s">
-[...2 lines deleted...]
-      <c r="T5" s="1"/>
+      <c r="S5" s="1"/>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
         <v>31</v>
       </c>
-      <c r="G6" s="5" t="s">
-[...3 lines deleted...]
-        <v>30</v>
+      <c r="F6" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="V6" s="5" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="s">
         <v>32</v>
       </c>
-      <c r="F7" s="5" t="s">
-[...2 lines deleted...]
-      <c r="R7" s="5" t="s">
+      <c r="E7" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q7" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="S7" s="1"/>
+      <c r="R7" s="1"/>
     </row>
     <row r="8">
       <c r="A8" s="4" t="s">
         <v>34</v>
       </c>
-      <c r="F8" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E8" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
-      <c r="I8" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="O8" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
-      <c r="R8" s="1"/>
     </row>
     <row r="9">
       <c r="A9" s="4" t="s">
         <v>35</v>
       </c>
-      <c r="G9" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F9" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="G9" s="1"/>
       <c r="H9" s="1"/>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
-      <c r="L9" s="1"/>
-[...4 lines deleted...]
-      <c r="AA9" s="6" t="s">
+      <c r="P9" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q9" s="1"/>
+      <c r="Y9" s="6" t="s">
         <v>36</v>
       </c>
+      <c r="Z9" s="1"/>
+      <c r="AA9" s="1"/>
       <c r="AB9" s="1"/>
       <c r="AC9" s="1"/>
       <c r="AD9" s="1"/>
       <c r="AE9" s="1"/>
-      <c r="AF9" s="1"/>
-      <c r="AG9" s="1"/>
     </row>
     <row r="10">
       <c r="A10" s="4" t="s">
         <v>37</v>
       </c>
-      <c r="I10" s="5" t="s">
+      <c r="H10" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="P10" s="5" t="s">
-        <v>30</v>
+      <c r="O10" s="5" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="4" t="s">
         <v>39</v>
       </c>
-      <c r="F11" s="5" t="s">
-[...3 lines deleted...]
-        <v>30</v>
+      <c r="E11" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="W11" s="5" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="4" t="s">
         <v>40</v>
       </c>
-      <c r="F12" s="5" t="s">
+      <c r="E12" s="5" t="s">
         <v>41</v>
       </c>
+      <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
-      <c r="L12" s="1"/>
-[...1 lines deleted...]
-        <v>30</v>
+      <c r="Q12" s="5" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="4" t="s">
         <v>42</v>
       </c>
       <c r="B13" s="7" t="s">
         <v>43</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
-      <c r="E13" s="1"/>
-[...5 lines deleted...]
-      </c>
+      <c r="E13" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="I13" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="J13" s="1"/>
       <c r="K13" s="1"/>
-      <c r="L13" s="1"/>
-      <c r="R13" s="6" t="s">
+      <c r="Q13" s="6" t="s">
         <v>44</v>
       </c>
+      <c r="R13" s="1"/>
       <c r="S13" s="1"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
       <c r="X13" s="1"/>
-      <c r="Y13" s="1"/>
+      <c r="Y13" s="6" t="s">
+        <v>45</v>
+      </c>
       <c r="Z13" s="1"/>
-      <c r="AA13" s="6" t="s">
-[...3 lines deleted...]
-      <c r="AC13" s="1"/>
+      <c r="AA13" s="1"/>
     </row>
     <row r="14">
       <c r="A14" s="4" t="s">
         <v>46</v>
       </c>
-      <c r="E14" s="5" t="s">
+      <c r="D14" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="F14" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E14" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="F14" s="1"/>
       <c r="G14" s="1"/>
-      <c r="H14" s="1"/>
-[...5 lines deleted...]
-      </c>
+      <c r="H14" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="I14" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
       <c r="X14" s="1"/>
-      <c r="Y14" s="1"/>
+      <c r="Y14" s="5" t="s">
+        <v>48</v>
+      </c>
       <c r="Z14" s="1"/>
-      <c r="AA14" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AA14" s="1"/>
       <c r="AB14" s="1"/>
       <c r="AC14" s="1"/>
       <c r="AD14" s="1"/>
       <c r="AE14" s="1"/>
-      <c r="AF14" s="1"/>
-      <c r="AG14" s="1"/>
     </row>
     <row r="15">
       <c r="A15" s="4" t="s">
         <v>49</v>
       </c>
-      <c r="F15" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E15" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
-      <c r="I15" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I15" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
-      <c r="M15" s="1"/>
-[...6 lines deleted...]
-      </c>
+      <c r="M15" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="N15" s="1"/>
+      <c r="O15" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
       <c r="X15" s="1"/>
       <c r="Y15" s="1"/>
-      <c r="Z15" s="1"/>
+      <c r="Z15" s="6" t="s">
+        <v>50</v>
+      </c>
       <c r="AA15" s="1"/>
-      <c r="AB15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AB15" s="1"/>
       <c r="AC15" s="1"/>
-      <c r="AD15" s="1"/>
-      <c r="AE15" s="1"/>
     </row>
     <row r="16">
       <c r="A16" s="4" t="s">
         <v>51</v>
       </c>
-      <c r="I16" s="5" t="s">
-[...2 lines deleted...]
-      <c r="W16" s="5" t="s">
+      <c r="H16" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="U16" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="X16" s="1"/>
+      <c r="V16" s="1"/>
     </row>
     <row r="17">
       <c r="A17" s="4" t="s">
         <v>53</v>
       </c>
-      <c r="L17" s="5" t="s">
-[...3 lines deleted...]
-        <v>30</v>
+      <c r="K17" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="V17" s="5" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="4" t="s">
         <v>54</v>
       </c>
-      <c r="F18" s="5" t="s">
-[...5 lines deleted...]
-      <c r="Q18" s="1"/>
+      <c r="E18" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="O18" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="P18" s="1"/>
     </row>
     <row r="19">
       <c r="A19" s="4" t="s">
         <v>55</v>
       </c>
-      <c r="F19" s="5" t="s">
-[...5 lines deleted...]
-      <c r="R19" s="1"/>
+      <c r="E19" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="P19" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q19" s="1"/>
     </row>
     <row r="20">
       <c r="A20" s="4" t="s">
         <v>56</v>
       </c>
-      <c r="F20" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E20" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
-      <c r="I20" s="1"/>
-      <c r="S20" s="5" t="s">
+      <c r="R20" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="X20" s="6" t="s">
+      <c r="V20" s="6" t="s">
         <v>58</v>
       </c>
+      <c r="W20" s="1"/>
+      <c r="X20" s="1"/>
+      <c r="Y20" s="1"/>
+      <c r="Z20" s="1"/>
     </row>
     <row r="21">
       <c r="A21" s="4" t="s">
         <v>59</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>60</v>
       </c>
-      <c r="F21" s="5" t="s">
+      <c r="E21" s="5" t="s">
         <v>60</v>
       </c>
-      <c r="P21" s="6" t="s">
+      <c r="O21" s="6" t="s">
         <v>61</v>
       </c>
+      <c r="P21" s="1"/>
       <c r="Q21" s="1"/>
       <c r="R21" s="1"/>
       <c r="S21" s="1"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
       <c r="X21" s="1"/>
       <c r="Y21" s="1"/>
       <c r="Z21" s="1"/>
       <c r="AA21" s="1"/>
       <c r="AB21" s="1"/>
-      <c r="AC21" s="1"/>
-      <c r="AD21" s="1"/>
     </row>
     <row r="22">
       <c r="A22" s="4" t="s">
         <v>62</v>
       </c>
-      <c r="I22" s="5" t="s">
-[...6 lines deleted...]
-      <c r="S22" s="1"/>
+      <c r="H22" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="I22" s="1"/>
+      <c r="Q22" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="R22" s="1"/>
     </row>
     <row r="23">
       <c r="A23" s="4" t="s">
         <v>63</v>
       </c>
-      <c r="F23" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E23" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H23" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="I23" s="1"/>
       <c r="J23" s="1"/>
       <c r="K23" s="1"/>
       <c r="L23" s="1"/>
-      <c r="M23" s="1"/>
     </row>
     <row r="24">
       <c r="A24" s="4" t="s">
         <v>64</v>
       </c>
-      <c r="G24" s="5" t="s">
-[...5 lines deleted...]
-      <c r="P24" s="1"/>
+      <c r="F24" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="N24" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="O24" s="1"/>
     </row>
     <row r="25">
       <c r="A25" s="4" t="s">
         <v>65</v>
       </c>
-      <c r="H25" s="5" t="s">
-[...5 lines deleted...]
-      <c r="P25" s="6" t="s">
+      <c r="G25" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="N25" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="O25" s="6" t="s">
         <v>66</v>
       </c>
+      <c r="P25" s="1"/>
       <c r="Q25" s="1"/>
       <c r="R25" s="1"/>
       <c r="S25" s="1"/>
       <c r="T25" s="1"/>
-      <c r="U25" s="1"/>
     </row>
     <row r="26">
       <c r="A26" s="4" t="s">
         <v>67</v>
       </c>
-      <c r="I26" s="5" t="s">
-[...3 lines deleted...]
-        <v>30</v>
+      <c r="H26" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="U26" s="5" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="4" t="s">
         <v>68</v>
       </c>
-      <c r="G27" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F27" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="G27" s="1"/>
       <c r="H27" s="1"/>
-      <c r="I27" s="1"/>
-[...11 lines deleted...]
-      <c r="AB27" s="1"/>
+      <c r="Q27" s="5" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row r="28">
       <c r="A28" s="4" t="s">
-        <v>70</v>
-[...5 lines deleted...]
-        <v>30</v>
+        <v>69</v>
+      </c>
+      <c r="E28" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="P28" s="5" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="4" t="s">
-        <v>71</v>
-[...5 lines deleted...]
-        <v>30</v>
+        <v>70</v>
+      </c>
+      <c r="E29" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="P29" s="5" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="4" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="G30" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H30" s="1"/>
       <c r="I30" s="1"/>
       <c r="J30" s="1"/>
-      <c r="K30" s="1"/>
-[...1 lines deleted...]
-        <v>30</v>
+      <c r="O30" s="5" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="4" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>72</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E31" s="1"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
       <c r="I31" s="1"/>
       <c r="J31" s="1"/>
       <c r="K31" s="1"/>
-      <c r="L31" s="1"/>
-[...3 lines deleted...]
-      <c r="R31" s="1"/>
+      <c r="P31" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q31" s="1"/>
     </row>
     <row r="32">
       <c r="A32" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="N32" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="O32" s="1"/>
+      <c r="P32" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="F32" s="5" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="Q32" s="1"/>
       <c r="R32" s="1"/>
       <c r="S32" s="1"/>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
       <c r="X32" s="1"/>
       <c r="Y32" s="1"/>
       <c r="Z32" s="1"/>
       <c r="AA32" s="1"/>
       <c r="AB32" s="1"/>
       <c r="AC32" s="1"/>
       <c r="AD32" s="1"/>
-      <c r="AE32" s="1"/>
-      <c r="AF32" s="1"/>
     </row>
     <row r="33">
       <c r="A33" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="K33" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q33" s="5" t="s">
         <v>76</v>
       </c>
-      <c r="L33" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="R33" s="1"/>
       <c r="S33" s="1"/>
-      <c r="T33" s="1"/>
     </row>
     <row r="35">
       <c r="A35" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="F35" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="G35" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H35" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="I35" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="J35" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="K35" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="L35" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="M35" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="N35" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="O35" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="P35" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="Q35" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="R35" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="S35" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="T35" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U35" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="V35" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="W35" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X35" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="Y35" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="Z35" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA35" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AB35" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AC35" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AD35" s="4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AE35" s="4" t="s">
-        <v>78</v>
-[...5 lines deleted...]
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B36" s="8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="C36" s="8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="D36" s="8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="E36" s="8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="F36" s="8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="G36" s="8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="H36" s="8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="I36" s="8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="J36" s="8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="K36" s="8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="L36" s="8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="M36" s="8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="O36" s="8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="P36" s="8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="Q36" s="8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="R36" s="8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="S36" s="8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="T36" s="8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="U36" s="8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="V36" s="8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="W36" s="8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X36" s="8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="Y36" s="8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="Z36" s="8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA36" s="8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AB36" s="8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AC36" s="8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AD36" s="8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AE36" s="8" t="s">
-        <v>79</v>
-[...5 lines deleted...]
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="8" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B37" s="8" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="C37" s="8" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="D37" s="8" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="E37" s="8" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="F37" s="8" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="G37" s="8" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="H37" s="8" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="I37" s="8" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="J37" s="8" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="K37" s="8" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="L37" s="8" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="M37" s="8" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="O37" s="8" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="P37" s="8" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="Q37" s="8" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R37" s="8" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="S37" s="8" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="T37" s="8" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="U37" s="8" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="V37" s="8" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="W37" s="8" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X37" s="8" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="Y37" s="8" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="Z37" s="8" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA37" s="8" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AB37" s="8" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AC37" s="8" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AD37" s="8" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AE37" s="8" t="s">
-        <v>80</v>
-[...5 lines deleted...]
-        <v>80</v>
+        <v>79</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="8" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B38" s="8" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="C38" s="8" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="D38" s="8" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="E38" s="8" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F38" s="8" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="G38" s="8" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="H38" s="8" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="I38" s="8" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="J38" s="8" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="K38" s="8" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="L38" s="8" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="M38" s="8" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="O38" s="8" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="P38" s="8" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="Q38" s="8" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="R38" s="8" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S38" s="8" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T38" s="8" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="U38" s="8" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="V38" s="8" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="W38" s="8" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X38" s="8" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="Y38" s="8" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="Z38" s="8" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="AA38" s="8" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="AB38" s="8" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="AC38" s="8" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="AD38" s="8" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="AE38" s="8" t="s">
-        <v>81</v>
-[...5 lines deleted...]
-        <v>81</v>
+        <v>80</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="8" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B39" s="8" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="C39" s="8" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="D39" s="8" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="E39" s="8" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="F39" s="8" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="G39" s="8" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H39" s="8" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="I39" s="8" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="J39" s="8" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="K39" s="8" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="L39" s="8" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="M39" s="8" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="O39" s="8" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="P39" s="8" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="Q39" s="8" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="R39" s="8" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="S39" s="8" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="T39" s="8" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="U39" s="8" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="V39" s="8" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="W39" s="8" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="X39" s="8" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="Y39" s="8" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="Z39" s="8" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="AA39" s="8" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="AB39" s="8" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="AC39" s="8" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="AD39" s="8" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="AE39" s="8" t="s">
-        <v>82</v>
-[...5 lines deleted...]
-        <v>82</v>
+        <v>81</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="8" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B40" s="8" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="C40" s="8" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="D40" s="8" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E40" s="8" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="F40" s="8" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="G40" s="8" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="H40" s="8" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="I40" s="8" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="J40" s="8" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="K40" s="8" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="L40" s="8" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="M40" s="8" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="O40" s="8" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="P40" s="8" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="Q40" s="8" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="R40" s="8" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="S40" s="8" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="T40" s="8" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="U40" s="8" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="V40" s="8" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="W40" s="8" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="X40" s="8" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="Y40" s="8" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="Z40" s="8" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="AA40" s="8" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="AB40" s="8" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="AC40" s="8" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="AD40" s="8" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="AE40" s="8" t="s">
-        <v>83</v>
-[...5 lines deleted...]
-        <v>83</v>
+        <v>82</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B41" s="8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="C41" s="8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="D41" s="8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="E41" s="8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F41" s="8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="G41" s="8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="H41" s="8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="I41" s="8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="J41" s="8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="K41" s="8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="L41" s="8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="M41" s="8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="N41" s="8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="O41" s="8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="P41" s="8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="Q41" s="8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="R41" s="8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="S41" s="8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="T41" s="8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="U41" s="8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="V41" s="8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="W41" s="8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="X41" s="8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="Y41" s="8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="Z41" s="8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="AA41" s="8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="AB41" s="8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="AC41" s="8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="AD41" s="8" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="AE41" s="8" t="s">
-        <v>84</v>
-[...5 lines deleted...]
-        <v>84</v>
+        <v>83</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="8" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B42" s="8" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="C42" s="8" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="D42" s="8" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="E42" s="8" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="F42" s="8" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="G42" s="8" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="H42" s="8" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="I42" s="8" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="J42" s="8" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="K42" s="8" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="L42" s="8" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="M42" s="8" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="N42" s="8" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="O42" s="8" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="P42" s="8" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="Q42" s="8" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="R42" s="8" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="S42" s="8" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="T42" s="8" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="U42" s="8" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="V42" s="8" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="W42" s="8" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="X42" s="8" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="Y42" s="8" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="Z42" s="8" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="AA42" s="8" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="AB42" s="8" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="AC42" s="8" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="AD42" s="8" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="AE42" s="8" t="s">
-        <v>85</v>
-[...5 lines deleted...]
-        <v>85</v>
+        <v>84</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="8" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B43" s="8" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="C43" s="8" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="D43" s="8" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="E43" s="8" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="F43" s="8" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="G43" s="8" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="H43" s="8" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="I43" s="8" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="J43" s="8" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="K43" s="8" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="L43" s="8" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="M43" s="8" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="N43" s="8" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="O43" s="8" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="P43" s="8" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="Q43" s="8" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="R43" s="8" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="S43" s="8" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="T43" s="8" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="U43" s="8" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="V43" s="8" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="W43" s="8" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="X43" s="8" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="Y43" s="8" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="Z43" s="8" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="AA43" s="8" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="AB43" s="8" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="AC43" s="8" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="AD43" s="8" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="AE43" s="8" t="s">
-        <v>86</v>
-[...5 lines deleted...]
-        <v>86</v>
+        <v>85</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B44" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C44" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D44" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E44" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="F44" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="G44" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="H44" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="I44" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="J44" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="K44" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="L44" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="M44" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="N44" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="O44" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="P44" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="Q44" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="R44" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="S44" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="T44" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="U44" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="V44" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="W44" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="X44" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="Y44" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="Z44" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="AA44" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="AB44" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="AC44" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="AD44" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="AE44" s="8" t="s">
-        <v>87</v>
-[...5 lines deleted...]
-        <v>87</v>
+        <v>86</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B45" s="8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="C45" s="8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="D45" s="8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="E45" s="8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="F45" s="8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G45" s="8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="H45" s="8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="I45" s="8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="J45" s="8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="K45" s="8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="L45" s="8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="M45" s="8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="N45" s="8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="O45" s="8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="P45" s="8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="Q45" s="8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="R45" s="8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="S45" s="8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="T45" s="8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="U45" s="8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="V45" s="8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="W45" s="8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="X45" s="8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="Y45" s="8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="Z45" s="8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="AA45" s="8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="AB45" s="8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="AC45" s="8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="AD45" s="8" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="AE45" s="8" t="s">
-        <v>88</v>
-[...5 lines deleted...]
-        <v>88</v>
+        <v>87</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="8" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B46" s="8" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="C46" s="8" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="D46" s="8" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="E46" s="8" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="F46" s="8" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="G46" s="8" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H46" s="8" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="I46" s="8" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="J46" s="8" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="K46" s="8" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L46" s="8" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="M46" s="8" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="N46" s="8" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="O46" s="8" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="P46" s="8" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="Q46" s="8" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="R46" s="8" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="S46" s="8" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="T46" s="8" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="U46" s="8" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="V46" s="8" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="W46" s="8" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="X46" s="8" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="Y46" s="8" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="Z46" s="8" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="AA46" s="8" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="AB46" s="8" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="AC46" s="8" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="AD46" s="8" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="AE46" s="8" t="s">
-        <v>89</v>
-[...5 lines deleted...]
-        <v>89</v>
+        <v>88</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="8" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B47" s="8" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="C47" s="8" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="D47" s="8" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="E47" s="8" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="F47" s="8" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="G47" s="8" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="H47" s="8" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="I47" s="8" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="J47" s="8" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K47" s="8" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="L47" s="8" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="M47" s="8" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="N47" s="8" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="O47" s="8" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="P47" s="8" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="Q47" s="8" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="R47" s="8" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="S47" s="8" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="T47" s="8" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="U47" s="8" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="V47" s="8" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="W47" s="8" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="X47" s="8" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="Y47" s="8" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="Z47" s="8" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="AA47" s="8" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="AB47" s="8" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="AC47" s="8" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="AD47" s="8" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="AE47" s="8" t="s">
-        <v>90</v>
-[...5 lines deleted...]
-        <v>90</v>
+        <v>89</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B48" s="8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="C48" s="8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="D48" s="8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="E48" s="8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="F48" s="8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="G48" s="8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H48" s="8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="I48" s="8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="J48" s="8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="K48" s="8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="L48" s="8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="M48" s="8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="N48" s="8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="O48" s="8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="P48" s="8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="Q48" s="8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="R48" s="8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="S48" s="8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="T48" s="8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="U48" s="8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="V48" s="8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="W48" s="8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="X48" s="8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="Y48" s="8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="Z48" s="8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="AA48" s="8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="AB48" s="8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="AC48" s="8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="AD48" s="8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="AE48" s="8" t="s">
-        <v>91</v>
-[...5 lines deleted...]
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="8" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B49" s="8" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="C49" s="8" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="D49" s="8" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="E49" s="8" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="F49" s="8" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="G49" s="8" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="H49" s="8" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="I49" s="8" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="J49" s="8" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="K49" s="8" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="L49" s="8" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="M49" s="8" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="N49" s="8" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="O49" s="8" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="P49" s="8" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="Q49" s="8" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="R49" s="8" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="S49" s="8" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="T49" s="8" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="U49" s="8" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="V49" s="8" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="W49" s="8" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="X49" s="8" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="Y49" s="8" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="Z49" s="8" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="AA49" s="8" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="AB49" s="8" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="AC49" s="8" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="AD49" s="8" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="AE49" s="8" t="s">
-        <v>92</v>
-[...5 lines deleted...]
-        <v>92</v>
+        <v>91</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="8" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B50" s="8" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="C50" s="8" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="D50" s="8" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="E50" s="8" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="F50" s="8" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="G50" s="8" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="H50" s="8" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="I50" s="8" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="J50" s="8" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="K50" s="8" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="L50" s="8" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="M50" s="8" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="N50" s="8" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="O50" s="8" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="P50" s="8" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="Q50" s="8" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="R50" s="8" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="S50" s="8" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="T50" s="8" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="U50" s="8" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="V50" s="8" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="W50" s="8" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="X50" s="8" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="Y50" s="8" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="Z50" s="8" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="AA50" s="8" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="AB50" s="8" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="AC50" s="8" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="AD50" s="8" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="AE50" s="8" t="s">
-        <v>93</v>
-[...5 lines deleted...]
-        <v>93</v>
+        <v>92</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="8" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B51" s="8" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="C51" s="8" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="D51" s="8" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="E51" s="8" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="F51" s="8" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="G51" s="8" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="H51" s="8" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="I51" s="8" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="J51" s="8" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="K51" s="8" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="L51" s="8" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="M51" s="8" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="N51" s="8" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="O51" s="8" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="P51" s="8" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="Q51" s="8" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="R51" s="8" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="S51" s="8" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="T51" s="8" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="U51" s="8" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="V51" s="8" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="W51" s="8" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="X51" s="8" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="Y51" s="8" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="Z51" s="8" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="AA51" s="8" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="AB51" s="8" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="AC51" s="8" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="AD51" s="8" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="AE51" s="8" t="s">
-        <v>94</v>
-[...5 lines deleted...]
-        <v>94</v>
+        <v>93</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="8" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B52" s="8" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="C52" s="8" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="D52" s="8" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="E52" s="8" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F52" s="8" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="G52" s="8" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="H52" s="8" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="I52" s="8" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="J52" s="8" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="K52" s="8" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="L52" s="8" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="M52" s="8" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="N52" s="8" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="O52" s="8" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="P52" s="8" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="Q52" s="8" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="R52" s="8" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="S52" s="8" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="T52" s="8" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="U52" s="8" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="V52" s="8" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="W52" s="8" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="X52" s="8" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="Y52" s="8" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="Z52" s="8" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="AA52" s="8" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="AB52" s="8" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="AC52" s="8" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="AD52" s="8" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="AE52" s="8" t="s">
-        <v>95</v>
-[...5 lines deleted...]
-        <v>95</v>
+        <v>94</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="8" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B53" s="8" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="C53" s="8" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="D53" s="8" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="E53" s="8" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="F53" s="8" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G53" s="8" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="H53" s="8" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="I53" s="8" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J53" s="8" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="K53" s="8" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="L53" s="8" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="M53" s="8" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="N53" s="8" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="O53" s="8" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="P53" s="8" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="Q53" s="8" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="R53" s="8" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="S53" s="8" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="T53" s="8" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="U53" s="8" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="V53" s="8" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="W53" s="8" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="X53" s="8" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="Y53" s="8" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="Z53" s="8" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="AA53" s="8" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="AB53" s="8" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="AC53" s="8" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="AD53" s="8" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="AE53" s="8" t="s">
-        <v>96</v>
-[...5 lines deleted...]
-        <v>96</v>
+        <v>95</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="8" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B54" s="8" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="C54" s="8" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="D54" s="8" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="E54" s="8" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F54" s="8" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="G54" s="8" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H54" s="8" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="I54" s="8" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="J54" s="8" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="K54" s="8" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="L54" s="8" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="M54" s="8" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="N54" s="8" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="O54" s="8" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="P54" s="8" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="Q54" s="8" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="R54" s="8" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="S54" s="8" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="T54" s="8" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="U54" s="8" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="V54" s="8" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="W54" s="8" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="X54" s="8" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="Y54" s="8" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="Z54" s="8" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="AA54" s="8" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="AB54" s="8" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="AC54" s="8" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="AD54" s="8" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="AE54" s="8" t="s">
-        <v>97</v>
-[...5 lines deleted...]
-        <v>97</v>
+        <v>96</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B55" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C55" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="D55" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="E55" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="F55" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="G55" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="H55" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="I55" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="J55" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="K55" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="L55" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="M55" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="N55" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="O55" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="P55" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="Q55" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="R55" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="S55" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="T55" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="U55" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="V55" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="W55" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="X55" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="Y55" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="Z55" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="AA55" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="AB55" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="AC55" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="AD55" s="8" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="AE55" s="8" t="s">
-        <v>98</v>
-[...5 lines deleted...]
-        <v>98</v>
+        <v>97</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="F57" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="J57" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="K57" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="L57" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="M57" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="N57" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="O57" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="P57" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="Q57" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="R57" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="S57" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="T57" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="U57" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="V57" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="W57" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="X57" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="Y57" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="Z57" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="AA57" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="AB57" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="AC57" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="AD57" s="1" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="AE57" s="1" t="s">
-        <v>99</v>
-[...5 lines deleted...]
-        <v>99</v>
+        <v>98</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="9" t="s">
+        <v>99</v>
+      </c>
+      <c r="B60" s="1" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="10" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="11" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:AG1"/>
+    <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:A3"/>
-    <mergeCell ref="B2:M2"/>
-[...61 lines deleted...]
-    <mergeCell ref="A57:AG57"/>
+    <mergeCell ref="B2:L2"/>
+    <mergeCell ref="M2:AE2"/>
+    <mergeCell ref="R5:S5"/>
+    <mergeCell ref="Q7:R7"/>
+    <mergeCell ref="E8:H8"/>
+    <mergeCell ref="O8:Q8"/>
+    <mergeCell ref="F9:K9"/>
+    <mergeCell ref="P9:Q9"/>
+    <mergeCell ref="Y9:AE9"/>
+    <mergeCell ref="E12:K12"/>
+    <mergeCell ref="B13:D13"/>
+    <mergeCell ref="I13:K13"/>
+    <mergeCell ref="Q13:X13"/>
+    <mergeCell ref="Y13:AA13"/>
+    <mergeCell ref="E14:G14"/>
+    <mergeCell ref="I14:X14"/>
+    <mergeCell ref="Y14:AE14"/>
+    <mergeCell ref="E15:H15"/>
+    <mergeCell ref="I15:L15"/>
+    <mergeCell ref="M15:N15"/>
+    <mergeCell ref="O15:Y15"/>
+    <mergeCell ref="Z15:AC15"/>
+    <mergeCell ref="U16:V16"/>
+    <mergeCell ref="O18:P18"/>
+    <mergeCell ref="P19:Q19"/>
+    <mergeCell ref="E20:H20"/>
+    <mergeCell ref="V20:Z20"/>
+    <mergeCell ref="O21:AB21"/>
+    <mergeCell ref="H22:I22"/>
+    <mergeCell ref="Q22:R22"/>
+    <mergeCell ref="H23:L23"/>
+    <mergeCell ref="N24:O24"/>
+    <mergeCell ref="O25:T25"/>
+    <mergeCell ref="F27:H27"/>
+    <mergeCell ref="G30:J30"/>
+    <mergeCell ref="D31:K31"/>
+    <mergeCell ref="P31:Q31"/>
+    <mergeCell ref="N32:O32"/>
+    <mergeCell ref="P32:AD32"/>
+    <mergeCell ref="Q33:S33"/>
+    <mergeCell ref="A35:AE35"/>
+    <mergeCell ref="A36:AE36"/>
+    <mergeCell ref="A37:AE37"/>
+    <mergeCell ref="A38:AE38"/>
+    <mergeCell ref="A39:AE39"/>
+    <mergeCell ref="A40:AE40"/>
+    <mergeCell ref="A41:AE41"/>
+    <mergeCell ref="A42:AE42"/>
+    <mergeCell ref="A43:AE43"/>
+    <mergeCell ref="A44:AE44"/>
+    <mergeCell ref="A45:AE45"/>
+    <mergeCell ref="A46:AE46"/>
+    <mergeCell ref="A47:AE47"/>
+    <mergeCell ref="A48:AE48"/>
+    <mergeCell ref="A49:AE49"/>
+    <mergeCell ref="A50:AE50"/>
+    <mergeCell ref="A51:AE51"/>
+    <mergeCell ref="A52:AE52"/>
+    <mergeCell ref="A53:AE53"/>
+    <mergeCell ref="A54:AE54"/>
+    <mergeCell ref="A55:AE55"/>
+    <mergeCell ref="A57:AE57"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>