--- v0 (2025-10-26)
+++ v1 (2025-11-28)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R78f8da765dc44e21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rb3c9adc26aaf4763" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R0de7463356f94f58"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="Re2f98a9147514394"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="152" uniqueCount="152">
   <si>
     <t>Hepatitis B: Recommended vaccinations</t>
   </si>
   <si>
     <t>Birth</t>
   </si>
   <si>
     <t>Weeks</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
@@ -447,51 +447,51 @@
     <t>38: Babies born to a mother infected with hepatitis B: first dose within 12 hours from birth, then at one month of age, three months of age, five months of age and 11-18 months of age</t>
   </si>
   <si>
     <t>39: Introduced in 2020 for babies born from October 2019. More information available at: 
 https://www.nijz.si/sl/v-letu-2020-sprememba-pri-cepljenju-dojenckov</t>
   </si>
   <si>
     <t xml:space="preserve">40: Administered to the cohort of children that was vaccinated with 5-valent vaccine (before the introduction of the hexavalent in 2020). </t>
   </si>
   <si>
     <t xml:space="preserve">41: Babies born to a mother infected with hepatitis B will be offered a first dose at birth, 2, 4 and 11 months of age and HB immunoglobulin at birth (first 24 hours of life) </t>
   </si>
   <si>
     <t xml:space="preserve">42: Recommended for previously unvaccinated individuals up to 18 years of age (three doses at 0, 1 and 6 months) </t>
   </si>
   <si>
     <t xml:space="preserve">43: Babies born to a mother infected with hepatitis B will be offered a dose at birth. </t>
   </si>
   <si>
     <t xml:space="preserve">44: Babies born to a mother infected with hepatitis B are recommended a dose at birth and at 1 month of age, before continuing with the standard recommended schedule (with doses at 3, 5 and 12 months of age). More information: https://www.folkhalsomyndigheten.se/publikationer-och-material/publikationsarkiv/r/rekommendationer-om-vaccination-mot-hepatit-b-/?pub=56936 </t>
   </si>
   <si>
     <t xml:space="preserve">45: Vaccination against hepatitis B is recommended for children up to 18 years belonging to certain risk groups. For more information, please visit: https://www.folkhalsomyndigheten.se/publikationer-och-material/publikationsarkiv/r/rekommendationer-om-vaccination-mot-hepatit-b-/ </t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-26 at 17:02.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-11-28 at 17:01.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -549,51 +549,51 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R0de7463356f94f58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rccc606b153a44fcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rc45f6a4795c34978" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Re2f98a9147514394" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R02d282a48ac24d74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rb71ff69af0224d49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:AD87"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
     <col min="8" max="8" width="13.17" customWidth="1" style="1"/>
     <col min="9" max="9" width="13.17" customWidth="1" style="1"/>
     <col min="10" max="10" width="13.17" customWidth="1" style="1"/>
     <col min="11" max="11" width="13.17" customWidth="1" style="1"/>
     <col min="12" max="12" width="13.17" customWidth="1" style="1"/>
     <col min="13" max="13" width="13.17" customWidth="1" style="1"/>
     <col min="14" max="14" width="13.17" customWidth="1" style="1"/>
     <col min="15" max="15" width="13.17" customWidth="1" style="1"/>