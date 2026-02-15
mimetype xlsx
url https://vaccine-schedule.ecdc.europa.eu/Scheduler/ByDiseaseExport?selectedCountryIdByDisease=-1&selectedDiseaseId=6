--- v1 (2025-11-28)
+++ v2 (2026-02-15)
@@ -1,638 +1,665 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rb3c9adc26aaf4763" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R60040a0d039d46c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Re2f98a9147514394"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R23ed249462fc4e91"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="152" uniqueCount="152">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="161" uniqueCount="161">
   <si>
     <t>Hepatitis B: Recommended vaccinations</t>
   </si>
   <si>
     <t>Birth</t>
   </si>
   <si>
     <t>Weeks</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
+    <t>6</t>
+  </si>
+  <si>
     <t>2</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>6</t>
-[...1 lines deleted...]
-  <si>
     <t>7</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>5-6</t>
-[...1 lines deleted...]
-  <si>
     <t>14</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>&gt;= 19</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
     <t>HepB (1 )</t>
   </si>
   <si>
+    <t>HepB (2 )</t>
+  </si>
+  <si>
+    <t>HepB (3 )</t>
+  </si>
+  <si>
+    <t>HepB (4 )</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belgium  </t>
+  </si>
+  <si>
+    <t>HepB (5 )</t>
+  </si>
+  <si>
     <t>HepB</t>
   </si>
   <si>
-    <t>HepB (2 )</t>
-[...5 lines deleted...]
-    <t>HepB (3 )</t>
+    <t>HepB (6 )</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
-    <t>HepB (4 )</t>
-[...5 lines deleted...]
-    <t>HepB (6 )</t>
+    <t>HepB (7 )</t>
+  </si>
+  <si>
+    <t>HepB (8 )</t>
+  </si>
+  <si>
+    <t>HepB (9 )</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
-    <t>HepB (7 )</t>
-[...2 lines deleted...]
-    <t>HepB (8 )</t>
+    <t>HepB (10 )</t>
+  </si>
+  <si>
+    <t>HepB (11 )</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
-    <t>HepB (9 )</t>
+    <t>HepB (12 )</t>
   </si>
   <si>
     <t>Czechia</t>
   </si>
   <si>
-    <t>HepB (10 )</t>
-[...5 lines deleted...]
-    <t>HepB (12 )</t>
+    <t>HepB (13 )</t>
+  </si>
+  <si>
+    <t>HepB (14 )</t>
+  </si>
+  <si>
+    <t>HepB (15 )</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
-    <t>HepB (13 )</t>
+    <t>HepB (16 )</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
-    <t>HepB (14 )</t>
+    <t>HepB (17 )</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
-    <t>HepB (15 )</t>
+    <t>HepB (18 )</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
-    <t>HepB (16 )</t>
-[...2 lines deleted...]
-    <t>HepB (17 )</t>
+    <t>HepB (19 )</t>
+  </si>
+  <si>
+    <t>HepB (20 )</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>HepB (18 )</t>
+    <t>HepB (21 )</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
-    <t>HepB (19 )</t>
-[...2 lines deleted...]
-    <t>HepB (20 )</t>
+    <t>HepB (22 )</t>
+  </si>
+  <si>
+    <t>HepB (23 )</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
-    <t>HepB (21 )</t>
-[...2 lines deleted...]
-    <t>HepB (22 )</t>
+    <t>HepB (24 )</t>
+  </si>
+  <si>
+    <t>HepB (25 )</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
-    <t>HepB (23 )</t>
+    <t>HepB (26 )</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
-    <t>HepB (24 )</t>
+    <t>HepB (27 )</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
-    <t>HepB (25 )</t>
-[...2 lines deleted...]
-    <t>HepB (26 )</t>
+    <t>HepB (28 )</t>
+  </si>
+  <si>
+    <t>HepB (29 )</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
-    <t>HepB (27 )</t>
-[...2 lines deleted...]
-    <t>HepB (28 )</t>
+    <t>HepB (30 )</t>
+  </si>
+  <si>
+    <t>HepB (31 )</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
-    <t>HepB (29 )</t>
-[...2 lines deleted...]
-    <t>HepB (30 )</t>
+    <t>HepB (32 )</t>
+  </si>
+  <si>
+    <t>HepB (33 )</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
-    <t>HepB (31 )</t>
+    <t>HepB (34 )</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
-    <t>HepB (32 )</t>
+    <t>HepB (35 )</t>
+  </si>
+  <si>
+    <t>HepB (36 )</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
-    <t>HepB (33 )</t>
-[...2 lines deleted...]
-    <t>HepB (34 )</t>
+    <t>HepB (37 )</t>
+  </si>
+  <si>
+    <t>HepB (38 )</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
-    <t>HepB (35 )</t>
+    <t>HepB (39 )</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
+    <t>HepB (40 )</t>
+  </si>
+  <si>
     <t>Romania</t>
   </si>
   <si>
-    <t>HepB (36 )</t>
+    <t>HepB (41 )</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
-    <t>HepB (37 )</t>
+    <t>HepB (42 )</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
-    <t>HepB (38 )</t>
-[...5 lines deleted...]
-    <t>HepB (40 )</t>
+    <t>HepB (43 )</t>
+  </si>
+  <si>
+    <t>HepB (44 )</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
-    <t>HepB (41 )</t>
-[...2 lines deleted...]
-    <t>HepB (42 )</t>
+    <t>HepB (45 )</t>
+  </si>
+  <si>
+    <t>HepB (46 )</t>
+  </si>
+  <si>
+    <t>HepB (47 )</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
-    <t>HepB (43 )</t>
-[...5 lines deleted...]
-    <t>HepB (45 )</t>
+    <t>HepB (48 )</t>
+  </si>
+  <si>
+    <t>HepB (49 )</t>
+  </si>
+  <si>
+    <t>HepB (50 )</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
-    <t>1: Babies born to a mother infected with hepatitis B will be offered a dose at birth simultaneously with HB immunoglobulin</t>
-[...136 lines deleted...]
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-11-28 at 17:01.</t>
+    <t>1: Primary immunisation with a hexavalent vaccine as soon as possible after the age of 6 weeks (in any case by 3 months of age)</t>
+  </si>
+  <si>
+    <t>2: Second dose of a hexavalent vaccine should be given 2 months after the first dose</t>
+  </si>
+  <si>
+    <t>3: The third dose of the hexavalent vaccine should be given 6 months after the second dose, at the age of 10–12 months</t>
+  </si>
+  <si>
+    <t>4: After primary immunisation, one booster dose is recommended between the ages of 7 and 15. After that, further booster doses are only recommended for people with specific indications. If primary immunisation was not carried out in infancy, it should be done at the earliest opportunity. Hepatitis B vaccination can be caught up at any age and is recommended up to the age of 60. In special cases, primary immunsiation is also possible after the age of 60.
+More information: https://www.sozialministerium.gv.at/impfplan (p. 35ff)</t>
+  </si>
+  <si>
+    <t>5: Babies born to a mother infected with hepatitis B will be offered a dose at birth simultaneously with HB immunoglobulin</t>
+  </si>
+  <si>
+    <t>6: Not-reimbursed vaccination of specific risk groups (see detailed information https://www.health.belgium.be/fr/avis-8816-vaccination-de-ladulte-contre-lhepatite-b-fiche)</t>
+  </si>
+  <si>
+    <t>7: During the first 24 hours after birth with a monovalent hepatitis B vaccine, regardless of the type of vaccine used to continue the immunization schedule.</t>
+  </si>
+  <si>
+    <t>8: When using a monovalent vaccine, doses are administered at 1 and 6 months</t>
+  </si>
+  <si>
+    <t>9: When administering a combination vaccine containing a hepatitis B vaccine, doses are given at 2, 3 and 4 months of age.</t>
+  </si>
+  <si>
+    <t>10: Babies born to a mother infected with hepatitis B will be offered a dose immunoglobulins at birth.</t>
+  </si>
+  <si>
+    <t>11: The second dose of HepB is given either at four or at six months of age (as part of the hexavalent vaccine). The pentavalent vaccine is administered either at four or at six months of age instead of the hexavalent.</t>
+  </si>
+  <si>
+    <t>12: Babies born to a mother infected with hepatitis B will be vaccinated and receive HB immunoglobulins within 24 hours after birth</t>
+  </si>
+  <si>
+    <t>13: Babies born to HBsAg-positive mothers will be given a first dose within 24 hours after birth by law</t>
+  </si>
+  <si>
+    <t xml:space="preserve">14: The first dose of hexavalent vaccine is given from the end of the 2nd month of life, at intervals of two months between the first and the second dose,  and the third dose given between the eleventh and thirteenth months of the child's age</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15: 3 doses. if susceptible and no history of vaccination. mandatory for specific  at risk groups</t>
+  </si>
+  <si>
+    <t>16: Babies born to a mother infected with hepatitis B will be offered a first vaccine dose at birth simultaneously with HepB immunoglobulin. Following vaccine doses are given at one month, 2 month and 12 month of age.</t>
+  </si>
+  <si>
+    <t>17: Within 12 hours after birth, recommended for babies born from HepB positive or untested mother.</t>
+  </si>
+  <si>
+    <t>18: Risk-groups only.</t>
+  </si>
+  <si>
+    <t>19: Babies born to a mother infected with hepatitis B will be offered a first dose at birth simultaneously with HB immunoglobulin, one month of age and 6 month of age. Four doses scheme (0-1-2-6 months) for premature &lt;32 weeks or less than 2 kg. This intervention shall be evaluated at 9 month of age through HBs Ag and anti-HBs antibodies testing, preferably one to four month after the last vaccine dose.</t>
+  </si>
+  <si>
+    <t>20: Three doses in a 0, 1, 6 month schedule. From 11 to 15 years, 2 doses in a 0, 6 schedule</t>
+  </si>
+  <si>
+    <t>21: Optional dose if monovalent and other combination vaccines are used</t>
+  </si>
+  <si>
+    <t>22: Babies born to a mother infected with hepatitis B (or with unknown status) will be offered a first vaccine dose at birth simultaneously with HB immunoglobulin. More details on follow-up schedule are available at: http://www.infovac.gr/wp-content/uploads/2019/06/%CE%95%CE%98%CE%9D%CE%99%CE%9A%CE%9F-%CE%A0%CE%A1%CE%9F%CE%93%CE%A1%CE%91%CE%9C%CE%9C%CE%91-%CE%95%CE%9C%CE%92%CE%9F%CE%9B%CE%99%CE%91%CE%A3%CE%9C%CE%A9%CE%9D-%CE%A0%CE%91%CE%94%CE%99%CE%A9%CE%9D-%CE%95%CE%A6%CE%97%CE%92%CE%A9%CE%9D-2019.pdf</t>
+  </si>
+  <si>
+    <t>23: Three doses, high risk groups</t>
+  </si>
+  <si>
+    <t>24: Babies born to a mother infected with hepatitis B or unknown immune status will be offered a first vaccine dose within 12 hours after birth and simultaneously with HB immunoglobulin in case of HbsAg positive mother. Following vaccine doses are given 1 month later and the third dose, 6 months after first dose.</t>
+  </si>
+  <si>
+    <t>25: School-based vaccination in 7th grade (mandatory)</t>
+  </si>
+  <si>
+    <t>26: All babies born to these mothers should receive hepatitis B vaccine at 0, 2, 4 and 6 months and also HBIG as soon as possible ideally within 24 hours of birth, but no later than 7 days</t>
+  </si>
+  <si>
+    <t>27: Babies born to a mother infected with hepatitis B will be offered a first vaccine dose within 12-24 hours after birth and simultaneously with HB immunoglobulin. The following and second vaccine dose is given 4 weeks apart from the first. Starting from the third dose, which is given from 61 days of life onwards, the vaccination calendar schedule including the combined hexavalent vaccine should be used.</t>
+  </si>
+  <si>
+    <t>28: Babies born to a mother infected with hepatitis B or unknown immune status will be offered a first dose within 12 hours after birth. Vaccine administered according to indications.</t>
+  </si>
+  <si>
+    <t>29: If no previous vaccination. Three doses recommended.</t>
+  </si>
+  <si>
+    <t>30: Babies born of HBsAg positive mothers: 1st dose of monovalent vaccine and HB immunoglobulins administered at birth. Monovalent vaccine to be used also for the 2nd dose at 1 month of age, hexavalent combination vaccine can be used for the 3rd and 4th doses at 2 and 12 months of age</t>
+  </si>
+  <si>
+    <t>31: For individuals who have not been vaccinated previously. Can be given at the same time as vaccination against HPV.</t>
+  </si>
+  <si>
+    <t>32: For premature infants (born before 33 weeks) or with a birthweight &lt;1500g, a 3+1 schedule is recommended</t>
+  </si>
+  <si>
+    <t>33: if no history of vaccination</t>
+  </si>
+  <si>
+    <t>34: Babies born to a mother infected with hepatitis B will be offered a first dose at birth</t>
+  </si>
+  <si>
+    <t>35: Offered to infants born to a mother infected with hepatitis B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">36: This additional vaccination is recommended only for infants at 2 months of age whose mothers were not vaccinated during pregnancy, and in specific circumstances. In all other cases, infants born to mothers vaccinated during pregnancy (at 22 weeks gestation) receive a two-dose primary series at 3 and 5 months of age. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">37: Babies of mothers with hepatitis B. Birth dose and HB immunoglobulin should be given within 24 hours of birth. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">38: Babies of mothers with hepatitis B. Second vaccine dose is given at age 4 weeks. These infants thereafter follow the national vaccination programme. </t>
+  </si>
+  <si>
+    <t>39: Administration within 24 hours after birth</t>
+  </si>
+  <si>
+    <t>40: Vaccination of high-risk groups or in special circumstances. More information available at: https://www.dgs.pt/ficheiros-de-upload-2013/28-hepatite-b-pdf.aspx</t>
+  </si>
+  <si>
+    <t>41: Within 24 hours after birth. In the event that the vaccine against Hepatitis B is not available, a different schedule applies for babies born of HBsAG positive mothers. More information available at: http://www.cnscbt.ro/index.php/calendarul-national-de-vaccinare</t>
+  </si>
+  <si>
+    <t xml:space="preserve">42: Free of charge for newborns of HBsAg positive mothers. </t>
+  </si>
+  <si>
+    <t>43: Babies born to a mother infected with hepatitis B: first dose within 12 hours from birth, then at one month of age, three months of age, five months of age and 11-18 months of age</t>
+  </si>
+  <si>
+    <t>44: Introduced in 2020 for babies born from October 2019 as 6-valent vaccine.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45: Babies born to a mother infected with hepatitis B will be offered a first dose at birth, 2, 4 and 11 months of age and HB immunoglobulin at birth (first 24 hours of life). Additional information available at: https://www.sanidad.gob.es/areas/promocionPrevencion/vacunaciones/calendario/docs/CalendarioVacunacion_Todalavida.pdf </t>
+  </si>
+  <si>
+    <t xml:space="preserve">46: Recommended for previously unvaccinated individuals up to 18 years of age (three doses at 0, 1 and 6 months). Additional information available at: https://www.sanidad.gob.es/areas/promocionPrevencion/vacunaciones/calendario/docs/CalendarioVacunacion_Todalavida.pdf </t>
+  </si>
+  <si>
+    <t>47: Vaccination is recommended for people over 18 years of age with certain risk conditions. More information available at: https://www.sanidad.gob.es/areas/promocionPrevencion/vacunaciones/calendario/docs/CalendarioVacunacion_GRadultos.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">48: Babies born to a mother infected with hepatitis B will be offered a dose at birth. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">49: Babies born to a mother infected with hepatitis B are recommended a dose at birth and at 1 month of age, before continuing with the standard recommended schedule (with doses at 3, 5 and 12 months of age). More information: https://www.folkhalsomyndigheten.se/publikationer-och-material/publikationsarkiv/r/rekommendationer-om-vaccination-mot-hepatit-b-/?pub=56936 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">50: Vaccination against hepatitis B is recommended for children up to 18 years belonging to certain risk groups. For more information, please visit: https://www.folkhalsomyndigheten.se/publikationer-och-material/publikationsarkiv/r/rekommendationer-om-vaccination-mot-hepatit-b-/ </t>
+  </si>
+  <si>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-15 at 02:38.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FF347B46" tint="0"/>
+        <fgColor rgb="FF7DA826" tint="0"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FF7DA826" tint="0"/>
+        <fgColor rgb="FF347B46" tint="0"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD2DD6A" tint="0"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="12">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Re2f98a9147514394" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R02d282a48ac24d74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rb71ff69af0224d49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R23ed249462fc4e91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R44afe350ff434ed2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Ra94517fea4614c38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AD87"/>
+  <dimension ref="A1:AE92"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
     <col min="8" max="8" width="13.17" customWidth="1" style="1"/>
     <col min="9" max="9" width="13.17" customWidth="1" style="1"/>
     <col min="10" max="10" width="13.17" customWidth="1" style="1"/>
     <col min="11" max="11" width="13.17" customWidth="1" style="1"/>
     <col min="12" max="12" width="13.17" customWidth="1" style="1"/>
     <col min="13" max="13" width="13.17" customWidth="1" style="1"/>
     <col min="14" max="14" width="13.17" customWidth="1" style="1"/>
     <col min="15" max="15" width="13.17" customWidth="1" style="1"/>
     <col min="16" max="16" width="13.17" customWidth="1" style="1"/>
     <col min="17" max="17" width="13.17" customWidth="1" style="1"/>
     <col min="18" max="18" width="13.17" customWidth="1" style="1"/>
     <col min="19" max="19" width="13.17" customWidth="1" style="1"/>
     <col min="20" max="20" width="13.17" customWidth="1" style="1"/>
     <col min="21" max="21" width="13.17" customWidth="1" style="1"/>
     <col min="22" max="22" width="13.17" customWidth="1" style="1"/>
     <col min="23" max="23" width="13.17" customWidth="1" style="1"/>
     <col min="24" max="24" width="13.17" customWidth="1" style="1"/>
     <col min="25" max="25" width="13.17" customWidth="1" style="1"/>
     <col min="26" max="26" width="13.17" customWidth="1" style="1"/>
     <col min="27" max="27" width="13.17" customWidth="1" style="1"/>
     <col min="28" max="28" width="13.17" customWidth="1" style="1"/>
     <col min="29" max="29" width="13.17" customWidth="1" style="1"/>
+    <col min="30" max="30" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="2" t="s">
@@ -682,5212 +709,5860 @@
       </c>
       <c r="W1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="X1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="Y1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="Z1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="AA1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="AB1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="AC1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="AD1" s="2" t="s">
         <v>0</v>
       </c>
+      <c r="AE1" s="2" t="s">
+        <v>0</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="E2" s="1"/>
-      <c r="F2" s="1"/>
+      <c r="E2" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="F2" s="3" t="s">
+        <v>3</v>
+      </c>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
-      <c r="T2" s="3" t="s">
+      <c r="T2" s="1"/>
+      <c r="U2" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
       <c r="AA2" s="1"/>
       <c r="AB2" s="1"/>
       <c r="AC2" s="1"/>
       <c r="AD2" s="1"/>
+      <c r="AE2" s="1"/>
     </row>
     <row r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="G3" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="H3" s="3" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="J3" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="K3" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="K3" s="3" t="s">
+      <c r="L3" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="L3" s="3" t="s">
+      <c r="M3" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="M3" s="3" t="s">
+      <c r="N3" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="N3" s="3" t="s">
+      <c r="O3" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="O3" s="3" t="s">
+      <c r="P3" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="P3" s="3" t="s">
+      <c r="Q3" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="Q3" s="3" t="s">
+      <c r="R3" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="R3" s="3" t="s">
+      <c r="S3" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="S3" s="3" t="s">
+      <c r="T3" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="T3" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U3" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="V3" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="W3" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="X3" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="Y3" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="Z3" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="AA3" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="V3" s="3" t="s">
-[...11 lines deleted...]
-      <c r="Z3" s="3" t="s">
+      <c r="AB3" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="AC3" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="AA3" s="3" t="s">
-[...2 lines deleted...]
-      <c r="AB3" s="3" t="s">
+      <c r="AD3" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="AE3" s="3" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="B4" s="5" t="s">
+      <c r="F4" s="1"/>
+      <c r="G4" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="F4" s="6" t="s">
+      <c r="H4" s="1"/>
+      <c r="M4" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="G4" s="6" t="s">
-[...3 lines deleted...]
-      <c r="M4" s="6" t="s">
+      <c r="N4" s="1"/>
+      <c r="V4" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="N4" s="1"/>
+      <c r="W4" s="1"/>
+      <c r="X4" s="1"/>
+      <c r="Y4" s="1"/>
+      <c r="Z4" s="1"/>
+      <c r="AA4" s="1"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="s">
         <v>29</v>
       </c>
-      <c r="B5" s="5" t="s">
-[...17 lines deleted...]
-      <c r="W5" s="1"/>
+      <c r="B5" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="G5" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="Q5" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="W5" s="7" t="s">
+        <v>31</v>
+      </c>
       <c r="X5" s="1"/>
       <c r="Y5" s="1"/>
-      <c r="AC5" s="5" t="s">
-[...2 lines deleted...]
-      <c r="AD5" s="1"/>
+      <c r="Z5" s="1"/>
+      <c r="AD5" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="AE5" s="1"/>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      <c r="D6" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="E6" s="6" t="s">
+      <c r="B6" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="F6" s="6" t="s">
-[...6 lines deleted...]
-        <v>33</v>
+      <c r="D6" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="G6" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="J6" s="5" t="s">
+        <v>35</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="s">
-        <v>35</v>
-[...7 lines deleted...]
-      <c r="G7" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="P7" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q7" s="1"/>
+      <c r="B7" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H7" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q7" s="5" t="s">
+        <v>31</v>
+      </c>
       <c r="R7" s="1"/>
+      <c r="S7" s="1"/>
     </row>
     <row r="8">
       <c r="A8" s="4" t="s">
-        <v>38</v>
-[...15 lines deleted...]
-      <c r="J8" s="1"/>
+        <v>40</v>
+      </c>
+      <c r="B8" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="G8" s="1"/>
+      <c r="H8" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="I8" s="1"/>
+      <c r="J8" s="5" t="s">
+        <v>31</v>
+      </c>
       <c r="K8" s="1"/>
+      <c r="L8" s="1"/>
     </row>
     <row r="9">
       <c r="A9" s="4" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      <c r="F9" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="G9" s="6" t="s">
-[...5 lines deleted...]
-      <c r="N9" s="1"/>
+      <c r="B9" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="N9" s="5" t="s">
+        <v>31</v>
+      </c>
       <c r="O9" s="1"/>
-      <c r="AC9" s="5" t="s">
-[...2 lines deleted...]
-      <c r="AD9" s="1"/>
+      <c r="P9" s="1"/>
+      <c r="AD9" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="AE9" s="1"/>
     </row>
     <row r="10">
       <c r="A10" s="4" t="s">
-        <v>44</v>
-[...11 lines deleted...]
-        <v>27</v>
+        <v>46</v>
+      </c>
+      <c r="B10" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="D10" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F10" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="G10" s="6" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="4" t="s">
-        <v>46</v>
-[...15 lines deleted...]
-        <v>27</v>
+        <v>48</v>
+      </c>
+      <c r="B11" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="G11" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H11" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="I11" s="1"/>
+      <c r="J11" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="U11" s="5" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="4" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>50</v>
+      </c>
+      <c r="B12" s="6" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="4" t="s">
-        <v>50</v>
-[...13 lines deleted...]
-      <c r="Q13" s="7" t="s">
         <v>52</v>
       </c>
-      <c r="R13" s="1"/>
+      <c r="B13" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="F13" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H13" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="N13" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="R13" s="7" t="s">
+        <v>54</v>
+      </c>
       <c r="S13" s="1"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
       <c r="X13" s="1"/>
       <c r="Y13" s="1"/>
       <c r="Z13" s="1"/>
       <c r="AA13" s="1"/>
+      <c r="AB13" s="1"/>
     </row>
     <row r="14">
       <c r="A14" s="4" t="s">
-        <v>53</v>
-[...19 lines deleted...]
-      <c r="O14" s="1"/>
+        <v>55</v>
+      </c>
+      <c r="B14" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="F14" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="G14" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="H14" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="N14" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="O14" s="7" t="s">
+        <v>31</v>
+      </c>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
       <c r="X14" s="1"/>
       <c r="Y14" s="1"/>
       <c r="Z14" s="1"/>
       <c r="AA14" s="1"/>
       <c r="AB14" s="1"/>
+      <c r="AC14" s="1"/>
     </row>
     <row r="15">
       <c r="A15" s="4" t="s">
-        <v>55</v>
-[...13 lines deleted...]
-      <c r="J15" s="1"/>
+        <v>57</v>
+      </c>
+      <c r="B15" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="F15" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H15" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="J15" s="5" t="s">
+        <v>31</v>
+      </c>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
-      <c r="S15" s="7" t="s">
-[...2 lines deleted...]
-      <c r="T15" s="1"/>
+      <c r="S15" s="1"/>
+      <c r="T15" s="7" t="s">
+        <v>31</v>
+      </c>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
       <c r="X15" s="1"/>
       <c r="Y15" s="1"/>
       <c r="Z15" s="1"/>
       <c r="AA15" s="1"/>
       <c r="AB15" s="1"/>
-      <c r="AC15" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="AD15" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="AE15" s="1"/>
     </row>
     <row r="16">
       <c r="A16" s="4" t="s">
-        <v>58</v>
-[...4 lines deleted...]
-      <c r="X16" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="Y16" s="1"/>
+      <c r="B16" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="Y16" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="Z16" s="1"/>
     </row>
     <row r="17">
       <c r="A17" s="4" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>63</v>
+      </c>
+      <c r="B17" s="6" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="4" t="s">
-        <v>62</v>
-[...11 lines deleted...]
-        <v>27</v>
+        <v>64</v>
+      </c>
+      <c r="B18" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="F18" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H18" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="J18" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="P18" s="5" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="4" t="s">
-        <v>64</v>
-[...11 lines deleted...]
-        <v>27</v>
+        <v>66</v>
+      </c>
+      <c r="B19" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="F19" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H19" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="M19" s="5" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="4" t="s">
-        <v>66</v>
-[...16 lines deleted...]
-      <c r="O20" s="1"/>
+        <v>68</v>
+      </c>
+      <c r="B20" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="F20" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H20" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="J20" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="O20" s="5" t="s">
+        <v>31</v>
+      </c>
       <c r="P20" s="1"/>
-      <c r="Z20" s="7" t="s">
-        <v>68</v>
+      <c r="Q20" s="1"/>
+      <c r="AA20" s="7" t="s">
+        <v>70</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="4" t="s">
-        <v>69</v>
-[...13 lines deleted...]
-      <c r="W21" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="X21" s="1"/>
+      <c r="B21" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="F21" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H21" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="O21" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="X21" s="7" t="s">
+        <v>73</v>
+      </c>
       <c r="Y21" s="1"/>
       <c r="Z21" s="1"/>
       <c r="AA21" s="1"/>
+      <c r="AB21" s="1"/>
     </row>
     <row r="22">
       <c r="A22" s="4" t="s">
-        <v>72</v>
-[...8 lines deleted...]
-        <v>27</v>
+        <v>74</v>
+      </c>
+      <c r="B22" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D22" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="J22" s="5" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="4" t="s">
-        <v>73</v>
-[...5 lines deleted...]
-        <v>27</v>
+        <v>75</v>
+      </c>
+      <c r="B23" s="6" t="s">
+        <v>30</v>
       </c>
       <c r="F23" s="5" t="s">
-        <v>74</v>
+        <v>31</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>27</v>
-[...5 lines deleted...]
-        <v>75</v>
+        <v>76</v>
+      </c>
+      <c r="H23" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="N23" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="Y23" s="7" t="s">
+        <v>77</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="4" t="s">
-        <v>76</v>
-[...14 lines deleted...]
-        <v>27</v>
+        <v>78</v>
+      </c>
+      <c r="B24" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="F24" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="G24" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H24" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="S24" s="5" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="4" t="s">
-        <v>78</v>
-[...5 lines deleted...]
-        <v>27</v>
+        <v>80</v>
+      </c>
+      <c r="B25" s="6" t="s">
+        <v>81</v>
       </c>
       <c r="F25" s="6" t="s">
-        <v>27</v>
-[...5 lines deleted...]
-        <v>27</v>
+        <v>82</v>
+      </c>
+      <c r="G25" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="I25" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="O25" s="5" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="4" t="s">
-        <v>80</v>
-[...14 lines deleted...]
-        <v>27</v>
+        <v>83</v>
+      </c>
+      <c r="B26" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="C26" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="G26" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="I26" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="O26" s="5" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="4" t="s">
-        <v>83</v>
-[...8 lines deleted...]
-        <v>27</v>
+        <v>86</v>
+      </c>
+      <c r="B27" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="F27" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="K27" s="5" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="4" t="s">
-        <v>85</v>
-[...9 lines deleted...]
-      </c>
+        <v>88</v>
+      </c>
+      <c r="B28" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F28" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="J28" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="AD28" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="AE28" s="1"/>
     </row>
     <row r="29">
       <c r="A29" s="4" t="s">
-        <v>86</v>
-[...11 lines deleted...]
-        <v>27</v>
+        <v>90</v>
+      </c>
+      <c r="B29" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="F29" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H29" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="N29" s="5" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="4" t="s">
-        <v>88</v>
-[...11 lines deleted...]
-        <v>27</v>
+        <v>92</v>
+      </c>
+      <c r="B30" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="F30" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H30" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="M30" s="5" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="4" t="s">
-        <v>90</v>
-[...13 lines deleted...]
-      <c r="N31" s="1"/>
+        <v>94</v>
+      </c>
+      <c r="B31" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="G31" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="I31" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="N31" s="5" t="s">
+        <v>96</v>
+      </c>
       <c r="O31" s="1"/>
       <c r="P31" s="1"/>
       <c r="Q31" s="1"/>
       <c r="R31" s="1"/>
-      <c r="U31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="S31" s="1"/>
     </row>
     <row r="32">
       <c r="A32" s="4" t="s">
-        <v>94</v>
-[...16 lines deleted...]
-      <c r="O32" s="1"/>
+        <v>97</v>
+      </c>
+      <c r="B32" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="F32" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H32" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="N32" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="O32" s="7" t="s">
+        <v>99</v>
+      </c>
       <c r="P32" s="1"/>
       <c r="Q32" s="1"/>
       <c r="R32" s="1"/>
       <c r="S32" s="1"/>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
       <c r="X32" s="1"/>
       <c r="Y32" s="1"/>
       <c r="Z32" s="1"/>
       <c r="AA32" s="1"/>
       <c r="AB32" s="1"/>
       <c r="AC32" s="1"/>
+      <c r="AD32" s="1"/>
+      <c r="AE32" s="6" t="s">
+        <v>100</v>
+      </c>
     </row>
     <row r="33">
       <c r="A33" s="4" t="s">
-        <v>97</v>
-[...14 lines deleted...]
-        <v>100</v>
+        <v>101</v>
+      </c>
+      <c r="B33" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="C33" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="G33" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="I33" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="O33" s="5" t="s">
+        <v>104</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F35" s="4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="G35" s="4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="H35" s="4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="I35" s="4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="J35" s="4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="K35" s="4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="L35" s="4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="M35" s="4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="N35" s="4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="O35" s="4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="P35" s="4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="Q35" s="4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="R35" s="4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="S35" s="4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="T35" s="4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="U35" s="4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="V35" s="4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="W35" s="4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="X35" s="4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="Y35" s="4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="Z35" s="4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="AA35" s="4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="AB35" s="4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="AC35" s="4" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="AD35" s="4" t="s">
-        <v>101</v>
+        <v>105</v>
+      </c>
+      <c r="AE35" s="4" t="s">
+        <v>105</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="B36" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="C36" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="D36" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="E36" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F36" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G36" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="H36" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="I36" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="J36" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="K36" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="L36" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="M36" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="O36" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="P36" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="Q36" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="R36" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="S36" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="T36" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="U36" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="V36" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="W36" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="X36" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="Y36" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="Z36" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="AA36" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="AB36" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="AC36" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="AD36" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
+      </c>
+      <c r="AE36" s="8" t="s">
+        <v>106</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="B37" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="C37" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="D37" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="E37" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="F37" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="G37" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="H37" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="I37" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="J37" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="K37" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="L37" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="M37" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="O37" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="P37" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="Q37" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="R37" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="S37" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="T37" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="U37" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="V37" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="W37" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="X37" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="Y37" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="Z37" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="AA37" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="AB37" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="AC37" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="AD37" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
+      </c>
+      <c r="AE37" s="8" t="s">
+        <v>107</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="B38" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C38" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="D38" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="E38" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="F38" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="G38" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="H38" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="I38" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="J38" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="K38" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="L38" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="M38" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="O38" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="P38" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="Q38" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="R38" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="S38" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="T38" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="U38" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="V38" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="W38" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="X38" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="Y38" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="Z38" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="AA38" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="AB38" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="AC38" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="AD38" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
+      </c>
+      <c r="AE38" s="8" t="s">
+        <v>108</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="B39" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="C39" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="D39" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="E39" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="F39" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="G39" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="H39" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="I39" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="J39" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="K39" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="L39" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="M39" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="O39" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="P39" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="Q39" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="R39" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="S39" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="T39" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="U39" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="V39" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="W39" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="X39" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="Y39" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="Z39" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="AA39" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="AB39" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="AC39" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="AD39" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
+      </c>
+      <c r="AE39" s="8" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B40" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="C40" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="D40" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="E40" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="F40" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="G40" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="H40" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="I40" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="J40" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="K40" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="L40" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="M40" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="O40" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="P40" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="Q40" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="R40" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="S40" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="T40" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="U40" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="V40" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="W40" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="X40" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="Y40" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="Z40" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="AA40" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="AB40" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="AC40" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="AD40" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
+      </c>
+      <c r="AE40" s="8" t="s">
+        <v>110</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="B41" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="C41" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="D41" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="E41" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="F41" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="G41" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="H41" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="I41" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="J41" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="K41" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="L41" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="M41" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="N41" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="O41" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="P41" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="Q41" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="R41" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="S41" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="T41" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="U41" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="V41" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="W41" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="X41" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="Y41" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="Z41" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="AA41" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="AB41" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="AC41" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="AD41" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
+      </c>
+      <c r="AE41" s="8" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="B42" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="C42" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="D42" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E42" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="F42" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="G42" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="H42" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="I42" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="J42" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="K42" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="L42" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="M42" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="N42" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="O42" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="P42" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="Q42" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="R42" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="S42" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="T42" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="U42" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="V42" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="W42" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="X42" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="Y42" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="Z42" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="AA42" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="AB42" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="AC42" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="AD42" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
+      </c>
+      <c r="AE42" s="8" t="s">
+        <v>112</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="B43" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="C43" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="D43" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="E43" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F43" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="G43" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="H43" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="I43" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="J43" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="K43" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="L43" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="M43" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="N43" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="O43" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="P43" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="Q43" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="R43" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="S43" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="T43" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="U43" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="V43" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="W43" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="X43" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="Y43" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="Z43" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="AA43" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="AB43" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="AC43" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="AD43" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
+      </c>
+      <c r="AE43" s="8" t="s">
+        <v>113</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="B44" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="C44" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="D44" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="E44" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="F44" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="G44" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="H44" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="I44" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="J44" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="K44" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="L44" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="M44" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="N44" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="O44" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="P44" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="Q44" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="R44" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="S44" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="T44" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="U44" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="V44" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="W44" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="X44" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="Y44" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="Z44" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="AA44" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="AB44" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="AC44" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="AD44" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
+      </c>
+      <c r="AE44" s="8" t="s">
+        <v>114</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="B45" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="C45" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="D45" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="E45" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="F45" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="G45" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="H45" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="I45" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="J45" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="K45" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="L45" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="M45" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="N45" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="O45" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="P45" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="Q45" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="R45" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="S45" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="T45" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="U45" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="V45" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="W45" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="X45" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="Y45" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="Z45" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="AA45" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="AB45" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="AC45" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="AD45" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
+      </c>
+      <c r="AE45" s="8" t="s">
+        <v>115</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="B46" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C46" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="D46" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="E46" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="F46" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="G46" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="H46" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="I46" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="J46" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="K46" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="L46" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="M46" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="N46" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="O46" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="P46" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="Q46" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="R46" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="S46" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="T46" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="U46" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="V46" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="W46" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="X46" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="Y46" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="Z46" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="AA46" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="AB46" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="AC46" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="AD46" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
+      </c>
+      <c r="AE46" s="8" t="s">
+        <v>116</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="B47" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="C47" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="D47" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="E47" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="F47" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="G47" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="H47" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="I47" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="J47" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="K47" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="L47" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="M47" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="N47" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="O47" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="P47" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="Q47" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="R47" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="S47" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="T47" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="U47" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="V47" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="W47" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="X47" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="Y47" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="Z47" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="AA47" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="AB47" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="AC47" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="AD47" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
+      </c>
+      <c r="AE47" s="8" t="s">
+        <v>117</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="B48" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="C48" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="D48" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="E48" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="F48" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="G48" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="H48" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="I48" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="J48" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="K48" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="L48" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="M48" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="N48" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="O48" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="P48" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="Q48" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="R48" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="S48" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="T48" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="U48" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="V48" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="W48" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="X48" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="Y48" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="Z48" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="AA48" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="AB48" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="AC48" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="AD48" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
+      </c>
+      <c r="AE48" s="8" t="s">
+        <v>118</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="B49" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C49" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="D49" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="E49" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="F49" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="G49" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="H49" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="I49" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="J49" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="K49" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="L49" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="M49" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="N49" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="O49" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="P49" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="Q49" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="R49" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="S49" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="T49" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="U49" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="V49" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="W49" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="X49" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="Y49" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="Z49" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="AA49" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="AB49" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="AC49" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="AD49" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
+      </c>
+      <c r="AE49" s="8" t="s">
+        <v>119</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="B50" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="C50" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="D50" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="E50" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="F50" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="G50" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="H50" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="I50" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="J50" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="K50" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="L50" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="M50" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="N50" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="O50" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="P50" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="Q50" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="R50" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="S50" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="T50" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="U50" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="V50" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="W50" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="X50" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="Y50" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="Z50" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="AA50" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="AB50" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="AC50" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="AD50" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
+      </c>
+      <c r="AE50" s="8" t="s">
+        <v>120</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="B51" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="C51" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="D51" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E51" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="F51" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="G51" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="H51" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="I51" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="J51" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="K51" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="L51" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="M51" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="N51" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="O51" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="P51" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="Q51" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="R51" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="S51" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="T51" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="U51" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="V51" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="W51" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="X51" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="Y51" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="Z51" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="AA51" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="AB51" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="AC51" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="AD51" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
+      </c>
+      <c r="AE51" s="8" t="s">
+        <v>121</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="B52" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="C52" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="D52" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="E52" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="F52" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="G52" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="H52" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="I52" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="J52" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="K52" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="L52" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="M52" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="N52" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="O52" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="P52" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="Q52" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="R52" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="S52" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="T52" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="U52" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="V52" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="W52" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="X52" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="Y52" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="Z52" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="AA52" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="AB52" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="AC52" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="AD52" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
+      </c>
+      <c r="AE52" s="8" t="s">
+        <v>122</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="B53" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="C53" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="D53" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="E53" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="F53" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="G53" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="H53" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="I53" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="J53" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="K53" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="L53" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="M53" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="N53" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="O53" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="P53" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="Q53" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="R53" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="S53" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="T53" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="U53" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="V53" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="W53" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="X53" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="Y53" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="Z53" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="AA53" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="AB53" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="AC53" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="AD53" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
+      </c>
+      <c r="AE53" s="8" t="s">
+        <v>123</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="B54" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="C54" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="D54" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="E54" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="F54" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="G54" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="H54" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="I54" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="J54" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="K54" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="L54" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="M54" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="N54" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="O54" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="P54" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="Q54" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="R54" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="S54" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="T54" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="U54" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="V54" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="W54" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="X54" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="Y54" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="Z54" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="AA54" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="AB54" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="AC54" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="AD54" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
+      </c>
+      <c r="AE54" s="8" t="s">
+        <v>124</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="B55" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="C55" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="D55" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="E55" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="F55" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="G55" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="H55" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="I55" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="J55" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="K55" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="L55" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="M55" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="N55" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="O55" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="P55" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="Q55" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="R55" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="S55" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="T55" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="U55" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="V55" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="W55" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="X55" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="Y55" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="Z55" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="AA55" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="AB55" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="AC55" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="AD55" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
+      </c>
+      <c r="AE55" s="8" t="s">
+        <v>125</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="B56" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="C56" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="D56" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="E56" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="F56" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="G56" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="H56" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="I56" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="J56" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="K56" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="L56" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="M56" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="N56" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="O56" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="P56" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="Q56" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="R56" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="S56" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="T56" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="U56" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="V56" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="W56" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="X56" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="Y56" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="Z56" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="AA56" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="AB56" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="AC56" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="AD56" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
+      </c>
+      <c r="AE56" s="8" t="s">
+        <v>126</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="B57" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="C57" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="D57" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="E57" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="F57" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="G57" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="H57" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="I57" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="J57" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="K57" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="L57" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="M57" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="N57" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="O57" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="P57" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="Q57" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="R57" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="S57" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="T57" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="U57" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="V57" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="W57" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="X57" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="Y57" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="Z57" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="AA57" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="AB57" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="AC57" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="AD57" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
+      </c>
+      <c r="AE57" s="8" t="s">
+        <v>127</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B58" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="C58" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="D58" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="E58" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="F58" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="G58" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="H58" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="I58" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="J58" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="K58" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="L58" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="M58" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="N58" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="O58" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="P58" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="Q58" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="R58" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="S58" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="T58" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="U58" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="V58" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="W58" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="X58" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="Y58" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="Z58" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="AA58" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="AB58" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="AC58" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="AD58" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
+      </c>
+      <c r="AE58" s="8" t="s">
+        <v>128</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="B59" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C59" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="D59" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="E59" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="F59" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="G59" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="H59" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="I59" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="J59" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="K59" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="L59" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="M59" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="N59" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="O59" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="P59" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="Q59" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="R59" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="S59" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="T59" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="U59" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="V59" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="W59" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="X59" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="Y59" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="Z59" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="AA59" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="AB59" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="AC59" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="AD59" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
+      </c>
+      <c r="AE59" s="8" t="s">
+        <v>129</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="B60" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="C60" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="D60" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="E60" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F60" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="G60" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="H60" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="I60" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="J60" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="K60" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="L60" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="M60" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="N60" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="O60" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="P60" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="Q60" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="R60" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="S60" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="T60" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="U60" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="V60" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="W60" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="X60" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="Y60" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="Z60" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="AA60" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="AB60" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="AC60" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="AD60" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
+      </c>
+      <c r="AE60" s="8" t="s">
+        <v>130</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="8" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="B61" s="8" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="C61" s="8" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="D61" s="8" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="E61" s="8" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="F61" s="8" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="G61" s="8" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="H61" s="8" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="I61" s="8" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="J61" s="8" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="K61" s="8" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="L61" s="8" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="M61" s="8" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="N61" s="8" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="O61" s="8" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="P61" s="8" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="Q61" s="8" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="R61" s="8" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="S61" s="8" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="T61" s="8" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="U61" s="8" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="V61" s="8" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="W61" s="8" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="X61" s="8" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="Y61" s="8" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="Z61" s="8" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="AA61" s="8" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="AB61" s="8" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="AC61" s="8" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="AD61" s="8" t="s">
-        <v>127</v>
+        <v>131</v>
+      </c>
+      <c r="AE61" s="8" t="s">
+        <v>131</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="8" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B62" s="8" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="C62" s="8" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="D62" s="8" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="E62" s="8" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="F62" s="8" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="G62" s="8" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="H62" s="8" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="I62" s="8" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="J62" s="8" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="K62" s="8" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="L62" s="8" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="M62" s="8" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="N62" s="8" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="O62" s="8" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="P62" s="8" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="Q62" s="8" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="R62" s="8" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="S62" s="8" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="T62" s="8" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="U62" s="8" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="V62" s="8" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="W62" s="8" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="X62" s="8" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="Y62" s="8" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="Z62" s="8" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="AA62" s="8" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="AB62" s="8" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="AC62" s="8" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="AD62" s="8" t="s">
-        <v>128</v>
+        <v>132</v>
+      </c>
+      <c r="AE62" s="8" t="s">
+        <v>132</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="8" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="B63" s="8" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="C63" s="8" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D63" s="8" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="E63" s="8" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="F63" s="8" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="G63" s="8" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="H63" s="8" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="I63" s="8" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="J63" s="8" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="K63" s="8" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="L63" s="8" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="M63" s="8" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="N63" s="8" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="O63" s="8" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="P63" s="8" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="Q63" s="8" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="R63" s="8" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="S63" s="8" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="T63" s="8" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="U63" s="8" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="V63" s="8" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="W63" s="8" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="X63" s="8" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="Y63" s="8" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="Z63" s="8" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="AA63" s="8" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="AB63" s="8" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="AC63" s="8" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="AD63" s="8" t="s">
-        <v>129</v>
+        <v>133</v>
+      </c>
+      <c r="AE63" s="8" t="s">
+        <v>133</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="8" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="B64" s="8" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="C64" s="8" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="D64" s="8" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="E64" s="8" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="F64" s="8" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="G64" s="8" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="H64" s="8" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="I64" s="8" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="J64" s="8" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="K64" s="8" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="L64" s="8" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="M64" s="8" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="N64" s="8" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="O64" s="8" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="P64" s="8" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="Q64" s="8" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="R64" s="8" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="S64" s="8" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="T64" s="8" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="U64" s="8" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="V64" s="8" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="W64" s="8" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="X64" s="8" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="Y64" s="8" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="Z64" s="8" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="AA64" s="8" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="AB64" s="8" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="AC64" s="8" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="AD64" s="8" t="s">
-        <v>130</v>
+        <v>134</v>
+      </c>
+      <c r="AE64" s="8" t="s">
+        <v>134</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="8" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="B65" s="8" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="C65" s="8" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="D65" s="8" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="E65" s="8" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="F65" s="8" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="G65" s="8" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="H65" s="8" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="I65" s="8" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="J65" s="8" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="K65" s="8" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="L65" s="8" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="M65" s="8" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="N65" s="8" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="O65" s="8" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="P65" s="8" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="Q65" s="8" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="R65" s="8" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="S65" s="8" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="T65" s="8" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="U65" s="8" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="V65" s="8" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="W65" s="8" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="X65" s="8" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="Y65" s="8" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="Z65" s="8" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="AA65" s="8" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="AB65" s="8" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="AC65" s="8" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="AD65" s="8" t="s">
-        <v>131</v>
+        <v>135</v>
+      </c>
+      <c r="AE65" s="8" t="s">
+        <v>135</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="8" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="B66" s="8" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="C66" s="8" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="D66" s="8" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="E66" s="8" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="F66" s="8" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="G66" s="8" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="H66" s="8" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="I66" s="8" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="J66" s="8" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="K66" s="8" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="L66" s="8" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="M66" s="8" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="N66" s="8" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="O66" s="8" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="P66" s="8" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="Q66" s="8" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="R66" s="8" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="S66" s="8" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="T66" s="8" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="U66" s="8" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="V66" s="8" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="W66" s="8" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="X66" s="8" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="Y66" s="8" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="Z66" s="8" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="AA66" s="8" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="AB66" s="8" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="AC66" s="8" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="AD66" s="8" t="s">
-        <v>132</v>
+        <v>136</v>
+      </c>
+      <c r="AE66" s="8" t="s">
+        <v>136</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="8" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="B67" s="8" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="C67" s="8" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="D67" s="8" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="E67" s="8" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="F67" s="8" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="G67" s="8" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="H67" s="8" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="I67" s="8" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="J67" s="8" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="K67" s="8" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="L67" s="8" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="M67" s="8" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="N67" s="8" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="O67" s="8" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="P67" s="8" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="Q67" s="8" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="R67" s="8" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="S67" s="8" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="T67" s="8" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="U67" s="8" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="V67" s="8" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="W67" s="8" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="X67" s="8" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="Y67" s="8" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="Z67" s="8" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="AA67" s="8" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="AB67" s="8" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="AC67" s="8" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="AD67" s="8" t="s">
-        <v>133</v>
+        <v>137</v>
+      </c>
+      <c r="AE67" s="8" t="s">
+        <v>137</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="8" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="B68" s="8" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="C68" s="8" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="D68" s="8" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="E68" s="8" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="F68" s="8" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="G68" s="8" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="H68" s="8" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="I68" s="8" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="J68" s="8" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="K68" s="8" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="L68" s="8" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="M68" s="8" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="N68" s="8" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="O68" s="8" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="P68" s="8" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="Q68" s="8" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="R68" s="8" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="S68" s="8" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="T68" s="8" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="U68" s="8" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="V68" s="8" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="W68" s="8" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="X68" s="8" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="Y68" s="8" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="Z68" s="8" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="AA68" s="8" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="AB68" s="8" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="AC68" s="8" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="AD68" s="8" t="s">
-        <v>134</v>
+        <v>138</v>
+      </c>
+      <c r="AE68" s="8" t="s">
+        <v>138</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="8" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="B69" s="8" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="C69" s="8" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="D69" s="8" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="E69" s="8" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="F69" s="8" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="G69" s="8" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="H69" s="8" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="I69" s="8" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="J69" s="8" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="K69" s="8" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="L69" s="8" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="M69" s="8" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="N69" s="8" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="O69" s="8" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="P69" s="8" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="Q69" s="8" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="R69" s="8" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="S69" s="8" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="T69" s="8" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="U69" s="8" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="V69" s="8" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="W69" s="8" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="X69" s="8" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="Y69" s="8" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="Z69" s="8" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="AA69" s="8" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="AB69" s="8" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="AC69" s="8" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="AD69" s="8" t="s">
-        <v>135</v>
+        <v>139</v>
+      </c>
+      <c r="AE69" s="8" t="s">
+        <v>139</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="8" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="B70" s="8" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="C70" s="8" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="D70" s="8" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="E70" s="8" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="F70" s="8" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="G70" s="8" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="H70" s="8" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="I70" s="8" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="J70" s="8" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="K70" s="8" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="L70" s="8" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="M70" s="8" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="N70" s="8" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="O70" s="8" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="P70" s="8" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="Q70" s="8" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="R70" s="8" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="S70" s="8" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="T70" s="8" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="U70" s="8" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="V70" s="8" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="W70" s="8" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="X70" s="8" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="Y70" s="8" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="Z70" s="8" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="AA70" s="8" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="AB70" s="8" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="AC70" s="8" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="AD70" s="8" t="s">
-        <v>136</v>
+        <v>140</v>
+      </c>
+      <c r="AE70" s="8" t="s">
+        <v>140</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="8" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="B71" s="8" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="C71" s="8" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="D71" s="8" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="E71" s="8" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="F71" s="8" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="G71" s="8" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="H71" s="8" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="I71" s="8" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="J71" s="8" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="K71" s="8" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="L71" s="8" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="M71" s="8" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="N71" s="8" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="O71" s="8" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="P71" s="8" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="Q71" s="8" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="R71" s="8" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="S71" s="8" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="T71" s="8" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="U71" s="8" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="V71" s="8" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="W71" s="8" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="X71" s="8" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="Y71" s="8" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="Z71" s="8" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="AA71" s="8" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="AB71" s="8" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="AC71" s="8" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="AD71" s="8" t="s">
-        <v>137</v>
+        <v>141</v>
+      </c>
+      <c r="AE71" s="8" t="s">
+        <v>141</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="8" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="B72" s="8" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="C72" s="8" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="D72" s="8" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="E72" s="8" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="F72" s="8" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="G72" s="8" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="H72" s="8" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="I72" s="8" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="J72" s="8" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="K72" s="8" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="L72" s="8" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="M72" s="8" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="N72" s="8" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="O72" s="8" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="P72" s="8" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="Q72" s="8" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="R72" s="8" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="S72" s="8" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="T72" s="8" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="U72" s="8" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="V72" s="8" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="W72" s="8" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="X72" s="8" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="Y72" s="8" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="Z72" s="8" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="AA72" s="8" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="AB72" s="8" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="AC72" s="8" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="AD72" s="8" t="s">
-        <v>138</v>
+        <v>142</v>
+      </c>
+      <c r="AE72" s="8" t="s">
+        <v>142</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="8" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="B73" s="8" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="C73" s="8" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="D73" s="8" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="E73" s="8" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="F73" s="8" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="G73" s="8" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="H73" s="8" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="I73" s="8" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="J73" s="8" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="K73" s="8" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="L73" s="8" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="M73" s="8" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="N73" s="8" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="O73" s="8" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="P73" s="8" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="Q73" s="8" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="R73" s="8" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="S73" s="8" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="T73" s="8" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="U73" s="8" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="V73" s="8" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="W73" s="8" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="X73" s="8" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="Y73" s="8" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="Z73" s="8" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="AA73" s="8" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="AB73" s="8" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="AC73" s="8" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="AD73" s="8" t="s">
-        <v>139</v>
+        <v>143</v>
+      </c>
+      <c r="AE73" s="8" t="s">
+        <v>143</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="8" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="B74" s="8" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C74" s="8" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="D74" s="8" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="E74" s="8" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="F74" s="8" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="G74" s="8" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="H74" s="8" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="I74" s="8" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="J74" s="8" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="K74" s="8" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="L74" s="8" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="M74" s="8" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="N74" s="8" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="O74" s="8" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="P74" s="8" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="Q74" s="8" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="R74" s="8" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="S74" s="8" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="T74" s="8" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="U74" s="8" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="V74" s="8" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="W74" s="8" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="X74" s="8" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="Y74" s="8" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="Z74" s="8" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="AA74" s="8" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="AB74" s="8" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="AC74" s="8" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="AD74" s="8" t="s">
-        <v>140</v>
+        <v>144</v>
+      </c>
+      <c r="AE74" s="8" t="s">
+        <v>144</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="8" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="B75" s="8" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="C75" s="8" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="D75" s="8" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="E75" s="8" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="F75" s="8" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="G75" s="8" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="H75" s="8" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="I75" s="8" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="J75" s="8" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="K75" s="8" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="L75" s="8" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="M75" s="8" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="N75" s="8" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="O75" s="8" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="P75" s="8" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="Q75" s="8" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="R75" s="8" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="S75" s="8" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="T75" s="8" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="U75" s="8" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="V75" s="8" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="W75" s="8" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="X75" s="8" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="Y75" s="8" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="Z75" s="8" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="AA75" s="8" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="AB75" s="8" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="AC75" s="8" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="AD75" s="8" t="s">
-        <v>141</v>
+        <v>145</v>
+      </c>
+      <c r="AE75" s="8" t="s">
+        <v>145</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="8" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="B76" s="8" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="C76" s="8" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="D76" s="8" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="E76" s="8" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="F76" s="8" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="G76" s="8" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="H76" s="8" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="I76" s="8" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="J76" s="8" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="K76" s="8" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="L76" s="8" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="M76" s="8" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="N76" s="8" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="O76" s="8" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="P76" s="8" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="Q76" s="8" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="R76" s="8" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="S76" s="8" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="T76" s="8" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="U76" s="8" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="V76" s="8" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="W76" s="8" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="X76" s="8" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="Y76" s="8" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="Z76" s="8" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="AA76" s="8" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="AB76" s="8" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="AC76" s="8" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="AD76" s="8" t="s">
-        <v>142</v>
+        <v>146</v>
+      </c>
+      <c r="AE76" s="8" t="s">
+        <v>146</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="8" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="B77" s="8" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="C77" s="8" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="D77" s="8" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="E77" s="8" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="F77" s="8" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="G77" s="8" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="H77" s="8" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="I77" s="8" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="J77" s="8" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="K77" s="8" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="L77" s="8" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="M77" s="8" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="N77" s="8" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="O77" s="8" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="P77" s="8" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="Q77" s="8" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="R77" s="8" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="S77" s="8" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="T77" s="8" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="U77" s="8" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="V77" s="8" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="W77" s="8" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="X77" s="8" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="Y77" s="8" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="Z77" s="8" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="AA77" s="8" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="AB77" s="8" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="AC77" s="8" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="AD77" s="8" t="s">
-        <v>143</v>
+        <v>147</v>
+      </c>
+      <c r="AE77" s="8" t="s">
+        <v>147</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="8" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="B78" s="8" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="C78" s="8" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="D78" s="8" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="E78" s="8" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F78" s="8" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="G78" s="8" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="H78" s="8" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="I78" s="8" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="J78" s="8" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="K78" s="8" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="L78" s="8" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="M78" s="8" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="N78" s="8" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="O78" s="8" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="P78" s="8" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="Q78" s="8" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="R78" s="8" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="S78" s="8" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="T78" s="8" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="U78" s="8" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="V78" s="8" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="W78" s="8" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="X78" s="8" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="Y78" s="8" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="Z78" s="8" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="AA78" s="8" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="AB78" s="8" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="AC78" s="8" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="AD78" s="8" t="s">
-        <v>144</v>
+        <v>148</v>
+      </c>
+      <c r="AE78" s="8" t="s">
+        <v>148</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="8" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="B79" s="8" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="C79" s="8" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="D79" s="8" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="E79" s="8" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="F79" s="8" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="G79" s="8" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="H79" s="8" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="I79" s="8" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="J79" s="8" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="K79" s="8" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="L79" s="8" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="M79" s="8" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="N79" s="8" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="O79" s="8" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="P79" s="8" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="Q79" s="8" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="R79" s="8" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="S79" s="8" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="T79" s="8" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="U79" s="8" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="V79" s="8" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="W79" s="8" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="X79" s="8" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="Y79" s="8" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="Z79" s="8" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="AA79" s="8" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="AB79" s="8" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="AC79" s="8" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="AD79" s="8" t="s">
-        <v>145</v>
+        <v>149</v>
+      </c>
+      <c r="AE79" s="8" t="s">
+        <v>149</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="8" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="B80" s="8" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="C80" s="8" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="D80" s="8" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="E80" s="8" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="F80" s="8" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="G80" s="8" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="H80" s="8" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="I80" s="8" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="J80" s="8" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="K80" s="8" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="L80" s="8" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="M80" s="8" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="N80" s="8" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="O80" s="8" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="P80" s="8" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="Q80" s="8" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="R80" s="8" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="S80" s="8" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="T80" s="8" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="U80" s="8" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="V80" s="8" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="W80" s="8" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="X80" s="8" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="Y80" s="8" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="Z80" s="8" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="AA80" s="8" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="AB80" s="8" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="AC80" s="8" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="AD80" s="8" t="s">
-        <v>146</v>
+        <v>150</v>
+      </c>
+      <c r="AE80" s="8" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="B81" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="C81" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="D81" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="E81" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="F81" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="G81" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="H81" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="I81" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="J81" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="K81" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="L81" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="M81" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="N81" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="O81" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="P81" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="Q81" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="R81" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="S81" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="T81" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="U81" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="V81" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="W81" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="X81" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="Y81" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="Z81" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="AA81" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="AB81" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="AC81" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="AD81" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="AE81" s="8" t="s">
+        <v>151</v>
       </c>
     </row>
     <row r="82">
-      <c r="A82" s="1" t="s">
-[...87 lines deleted...]
-        <v>147</v>
+      <c r="A82" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="B82" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="C82" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="D82" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="E82" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="F82" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="G82" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="H82" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="I82" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="J82" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="K82" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="L82" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="M82" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="N82" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="O82" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="P82" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="Q82" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="R82" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="S82" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="T82" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="U82" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="V82" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="W82" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="X82" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="Y82" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="Z82" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="AA82" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="AB82" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="AC82" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="AD82" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="AE82" s="8" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="B83" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="C83" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="D83" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="E83" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="F83" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="G83" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="H83" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="I83" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="J83" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="K83" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="L83" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="M83" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="N83" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="O83" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="P83" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="Q83" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="R83" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="S83" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="T83" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="U83" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="V83" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="W83" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="X83" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="Y83" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="Z83" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="AA83" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="AB83" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="AC83" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="AD83" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="AE83" s="8" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="B84" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="C84" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="D84" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="E84" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="F84" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="G84" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="H84" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="I84" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="J84" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="K84" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="L84" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="M84" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="N84" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="O84" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="P84" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="Q84" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="R84" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="S84" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="T84" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="U84" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="V84" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="W84" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="X84" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="Y84" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="Z84" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="AA84" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="AB84" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="AC84" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="AD84" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="AE84" s="8" t="s">
+        <v>154</v>
       </c>
     </row>
     <row r="85">
-      <c r="A85" s="9" t="s">
-[...11 lines deleted...]
-        <v>150</v>
+      <c r="A85" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="B85" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="C85" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="D85" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="E85" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="F85" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="G85" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="H85" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="I85" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="J85" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="K85" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="L85" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="M85" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="N85" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="O85" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="P85" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="Q85" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="R85" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="S85" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="T85" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="U85" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="V85" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="W85" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="X85" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="Y85" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="Z85" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="AA85" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="AB85" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="AC85" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="AD85" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="AE85" s="8" t="s">
+        <v>155</v>
       </c>
     </row>
     <row r="87">
-      <c r="A87" s="11" t="s">
-        <v>148</v>
+      <c r="A87" s="1" t="s">
+        <v>156</v>
       </c>
       <c r="B87" s="1" t="s">
-        <v>151</v>
+        <v>156</v>
+      </c>
+      <c r="C87" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="D87" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="E87" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="F87" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="H87" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="I87" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="J87" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="K87" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="L87" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="M87" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="N87" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="O87" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="P87" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="Q87" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="R87" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="S87" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="T87" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="U87" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="V87" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="W87" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="X87" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="Y87" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="Z87" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="AA87" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="AB87" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="AC87" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="AD87" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="AE87" s="1" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="9" t="s">
+        <v>157</v>
+      </c>
+      <c r="B90" s="1" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="B91" s="1" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="11" t="s">
+        <v>157</v>
+      </c>
+      <c r="B92" s="1" t="s">
+        <v>160</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:AD1"/>
+    <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>
-    <mergeCell ref="D2:S2"/>
-    <mergeCell ref="T2:AD2"/>
+    <mergeCell ref="F2:T2"/>
+    <mergeCell ref="U2:AE2"/>
+    <mergeCell ref="E4:F4"/>
     <mergeCell ref="G4:H4"/>
     <mergeCell ref="M4:N4"/>
-    <mergeCell ref="V5:Y5"/>
-[...63 lines deleted...]
-    <mergeCell ref="A82:AD82"/>
+    <mergeCell ref="V4:AA4"/>
+    <mergeCell ref="W5:Z5"/>
+    <mergeCell ref="AD5:AE5"/>
+    <mergeCell ref="Q7:S7"/>
+    <mergeCell ref="F8:G8"/>
+    <mergeCell ref="H8:I8"/>
+    <mergeCell ref="J8:L8"/>
+    <mergeCell ref="N9:P9"/>
+    <mergeCell ref="AD9:AE9"/>
+    <mergeCell ref="H11:I11"/>
+    <mergeCell ref="R13:AB13"/>
+    <mergeCell ref="O14:AC14"/>
+    <mergeCell ref="J15:S15"/>
+    <mergeCell ref="T15:AB15"/>
+    <mergeCell ref="AD15:AE15"/>
+    <mergeCell ref="Y16:Z16"/>
+    <mergeCell ref="O20:Q20"/>
+    <mergeCell ref="X21:AB21"/>
+    <mergeCell ref="AD28:AE28"/>
+    <mergeCell ref="N31:S31"/>
+    <mergeCell ref="O32:AD32"/>
+    <mergeCell ref="A35:AE35"/>
+    <mergeCell ref="A36:AE36"/>
+    <mergeCell ref="A37:AE37"/>
+    <mergeCell ref="A38:AE38"/>
+    <mergeCell ref="A39:AE39"/>
+    <mergeCell ref="A40:AE40"/>
+    <mergeCell ref="A41:AE41"/>
+    <mergeCell ref="A42:AE42"/>
+    <mergeCell ref="A43:AE43"/>
+    <mergeCell ref="A44:AE44"/>
+    <mergeCell ref="A45:AE45"/>
+    <mergeCell ref="A46:AE46"/>
+    <mergeCell ref="A47:AE47"/>
+    <mergeCell ref="A48:AE48"/>
+    <mergeCell ref="A49:AE49"/>
+    <mergeCell ref="A50:AE50"/>
+    <mergeCell ref="A51:AE51"/>
+    <mergeCell ref="A52:AE52"/>
+    <mergeCell ref="A53:AE53"/>
+    <mergeCell ref="A54:AE54"/>
+    <mergeCell ref="A55:AE55"/>
+    <mergeCell ref="A56:AE56"/>
+    <mergeCell ref="A57:AE57"/>
+    <mergeCell ref="A58:AE58"/>
+    <mergeCell ref="A59:AE59"/>
+    <mergeCell ref="A60:AE60"/>
+    <mergeCell ref="A61:AE61"/>
+    <mergeCell ref="A62:AE62"/>
+    <mergeCell ref="A63:AE63"/>
+    <mergeCell ref="A64:AE64"/>
+    <mergeCell ref="A65:AE65"/>
+    <mergeCell ref="A66:AE66"/>
+    <mergeCell ref="A67:AE67"/>
+    <mergeCell ref="A68:AE68"/>
+    <mergeCell ref="A69:AE69"/>
+    <mergeCell ref="A70:AE70"/>
+    <mergeCell ref="A71:AE71"/>
+    <mergeCell ref="A72:AE72"/>
+    <mergeCell ref="A73:AE73"/>
+    <mergeCell ref="A74:AE74"/>
+    <mergeCell ref="A75:AE75"/>
+    <mergeCell ref="A76:AE76"/>
+    <mergeCell ref="A77:AE77"/>
+    <mergeCell ref="A78:AE78"/>
+    <mergeCell ref="A79:AE79"/>
+    <mergeCell ref="A80:AE80"/>
+    <mergeCell ref="A81:AE81"/>
+    <mergeCell ref="A82:AE82"/>
+    <mergeCell ref="A83:AE83"/>
+    <mergeCell ref="A84:AE84"/>
+    <mergeCell ref="A85:AE85"/>
+    <mergeCell ref="A87:AE87"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>