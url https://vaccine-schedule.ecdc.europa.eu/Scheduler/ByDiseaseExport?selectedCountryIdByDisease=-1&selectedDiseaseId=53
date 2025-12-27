--- v0 (2025-10-19)
+++ v1 (2025-12-27)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R849e1ea09bcc4757" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R14a725b7c1ea4c89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R934dd12e99504da1"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="Red49f3ad1616442e"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="56">
   <si>
     <t>RSV: Recommended vaccinations</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>65-74</t>
   </si>
   <si>
@@ -159,51 +159,51 @@
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
     <t>1: The vaccine is offered to pregnant women between gestational weeks 28 and 36 as part of a combined strategy with monoclonal antibodies. It is typically administered as a single-dose program during the autumn and winter seasons.</t>
   </si>
   <si>
     <t>2: Vaccine can be offered to all adults &gt;60 years of age with comorbidities: https://www.health.belgium.be/sites/default/files/uploads/fields/fpshealth_theme_file/20230918_shc-9725_rsv_vaccination_adults_vweb_1.pdf
 Preliminary advice is also given in specific population groups such as pregnant women, with seasonal vaccination between 28-36 weeks of gestation being advice for all women with expected due date between September - end of March: https://www.health.belgium.be/sites/default/files/uploads/fields/fpshealth_theme_file/20231222_shc-9760_advice_rsv_children_vweb.pdf</t>
   </si>
   <si>
     <t>3: The vaccine is offered to pregnant women between gestational weeks 32 and 36 as part of a combined strategy with monoclonal antibodies. It is typically administered as a single-dose program during the autumn and winter seasons.</t>
   </si>
   <si>
     <t>4: Vaccine offered only to patients with risk factors.</t>
   </si>
   <si>
     <t>5: The vaccine is offered to pregnant women between gestational weeks 24 and 36. It is administered as a single-dose program all year round. 
 </t>
   </si>
   <si>
     <t>6: Vaccination is recommended for all people aged 75 and over. Vaccination is recommended for people aged 60 and over with certain diseases, diagnoses or conditions. More information available at: https://www.folkhalsomyndigheten.se/smittskydd-beredskap/vaccinationer/rekommendationer-for-vaccination/</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-18 at 04:18.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-12-27 at 03:15.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -258,51 +258,51 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R934dd12e99504da1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R2bfb7cfec9ed45cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R68e4de629df34fb1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Red49f3ad1616442e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R45fda2a3ddbb42cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R1a02a823a623457b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F48"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">