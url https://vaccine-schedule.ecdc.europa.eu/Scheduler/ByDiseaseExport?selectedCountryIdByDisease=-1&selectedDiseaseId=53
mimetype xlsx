--- v1 (2025-12-27)
+++ v2 (2026-02-10)
@@ -1,209 +1,248 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R14a725b7c1ea4c89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rf00f9622d7a94875" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Red49f3ad1616442e"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R94bfdc1c7cb94287"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="69">
   <si>
     <t>RSV: Recommended vaccinations</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
     <t>60</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>65-74</t>
   </si>
   <si>
     <t>&gt;= 75</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
+    <t>RSV (1 )</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belgium  </t>
+  </si>
+  <si>
+    <t>RSV (2 )</t>
+  </si>
+  <si>
+    <t>RSV (3 )</t>
+  </si>
+  <si>
+    <t>Bulgaria</t>
+  </si>
+  <si>
+    <t>RSV (4 )</t>
+  </si>
+  <si>
+    <t>Croatia</t>
+  </si>
+  <si>
+    <t>Cyprus</t>
+  </si>
+  <si>
+    <t>Czechia</t>
+  </si>
+  <si>
+    <t>Denmark</t>
+  </si>
+  <si>
+    <t>RSV (5 )</t>
+  </si>
+  <si>
+    <t>Estonia</t>
+  </si>
+  <si>
+    <t>Finland</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>RSV (6 )</t>
+  </si>
+  <si>
+    <t>RSV (7 )</t>
+  </si>
+  <si>
     <t>RSV</t>
   </si>
   <si>
-    <t xml:space="preserve">Belgium  </t>
-[...37 lines deleted...]
-  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
+    <t>RSV (8 )</t>
+  </si>
+  <si>
     <t>Poland</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
-    <t>RSV (5 )</t>
+    <t>RSV (9 )</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
+    <t>RSV (10 )</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
-    <t>RSV (6 )</t>
+    <t>RSV (11 )</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
-    <t>1: The vaccine is offered to pregnant women between gestational weeks 28 and 36 as part of a combined strategy with monoclonal antibodies. It is typically administered as a single-dose program during the autumn and winter seasons.</t>
-[...12 lines deleted...]
-    <t>5: The vaccine is offered to pregnant women between gestational weeks 24 and 36. It is administered as a single-dose program all year round. 
+    <t>1: More information: https://impfen.gv.at/impfungen/rsv or https://www.sozialministerium.gv.at/impfplan (p. 110ff)</t>
+  </si>
+  <si>
+    <t>2: The vaccine is recommended and partially reimbursed for pregnant women between gestational weeks 28 and 36 as part of a combined strategy with monoclonal antibodies. It is typically administered as a single-dose program during the autumn and winter seasons.</t>
+  </si>
+  <si>
+    <t>3: Vaccine recommended to adults &gt;60 years of age with comorbidities (partially reimbursed) and adults =75y (not reimbursed if no comorbidities): https://www.hgr-css.be/fr/avis/9837/vaccination-contre-le-vrs-adultes-revision-2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4: Immunization of pregnant women between 24 and 36 weeks of gestation. Vaccine and the administration are free of charge for pregnant women and funded by the National Health system.																									
 </t>
   </si>
   <si>
-    <t>6: Vaccination is recommended for all people aged 75 and over. Vaccination is recommended for people aged 60 and over with certain diseases, diagnoses or conditions. More information available at: https://www.folkhalsomyndigheten.se/smittskydd-beredskap/vaccinationer/rekommendationer-for-vaccination/</t>
-[...2 lines deleted...]
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-12-27 at 03:15.</t>
+    <t>5: Vaccination during pregnancy. See https://www.ssi.dk/vaccinationer/vaccination-af-gravide</t>
+  </si>
+  <si>
+    <t>6: The vaccine is offered to pregnant women between gestational weeks 32 and 36 as part of a combined strategy with monoclonal antibodies. It is typically administered as a single-dose program during the autumn and winter seasons.</t>
+  </si>
+  <si>
+    <t>7: Vaccine offered only to patients with risk factors.</t>
+  </si>
+  <si>
+    <t>8: RSV-vaccine is recommended in pregnancy, but not part of the national vaccination program and costs are not covered.</t>
+  </si>
+  <si>
+    <t>9: The vaccine is offered to pregnant women between gestational weeks 24 and 36. It is administered as a single-dose program all year round. 
+</t>
+  </si>
+  <si>
+    <t>10: Vaccination recommeded to specific risk groups. More information available at: https://www.sanidad.gob.es/areas/promocionPrevencion/vacunaciones/calendario/docs/CalendarioVacunacion_Todalavida.pdf and https://www.sanidad.gob.es/areas/promocionPrevencion/vacunaciones/VRS/poblacionAdulta/docs/VRS_adulto_Actualizacion.pdf</t>
+  </si>
+  <si>
+    <t>11: Vaccination is recommended for all people aged 75 and over. Vaccination is recommended for people aged 60 and over with certain diseases, diagnoses or conditions. More information available at: https://www.folkhalsomyndigheten.se/smittskydd-beredskap/vaccinationer/rekommendationer-for-vaccination/</t>
+  </si>
+  <si>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-10 at 19:39.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -258,506 +297,791 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Red49f3ad1616442e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R45fda2a3ddbb42cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R1a02a823a623457b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R94bfdc1c7cb94287" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rd8a79ac285f143a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rd063076839e649b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F48"/>
+  <dimension ref="A1:I53"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
+    <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
+    <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
+    <col min="8" max="8" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>0</v>
       </c>
+      <c r="G1" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="H1" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="I1" s="2" t="s">
+        <v>0</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
+      <c r="G2" s="1"/>
+      <c r="H2" s="1"/>
+      <c r="I2" s="1"/>
     </row>
     <row r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>6</v>
       </c>
+      <c r="G3" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="H3" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="I3" s="3" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
-        <v>7</v>
-[...6 lines deleted...]
-      <c r="F4" s="1"/>
+        <v>10</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" s="1"/>
+      <c r="H4" s="1"/>
+      <c r="I4" s="1"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B5" s="6" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
-      <c r="E5" s="6" t="s">
-[...2 lines deleted...]
-      <c r="F5" s="1"/>
+      <c r="E5" s="1"/>
+      <c r="F5" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="G5" s="1"/>
+      <c r="H5" s="1"/>
+      <c r="I5" s="1"/>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
-        <v>12</v>
-      </c>
+        <v>15</v>
+      </c>
+      <c r="C6" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6" s="1"/>
+      <c r="E6" s="1"/>
+      <c r="F6" s="1"/>
     </row>
     <row r="7">
       <c r="A7" s="4" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="4" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="4" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="4" t="s">
-        <v>16</v>
-      </c>
+        <v>20</v>
+      </c>
+      <c r="C10" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="D10" s="1"/>
     </row>
     <row r="11">
       <c r="A11" s="4" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="4" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="4" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="B13" s="6" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
-      <c r="E13" s="5" t="s">
-[...3 lines deleted...]
-        <v>8</v>
+      <c r="E13" s="1"/>
+      <c r="F13" s="1"/>
+      <c r="G13" s="1"/>
+      <c r="H13" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="I13" s="5" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="4" t="s">
-        <v>22</v>
-[...5 lines deleted...]
-        <v>8</v>
+        <v>28</v>
+      </c>
+      <c r="H14" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="I14" s="5" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="4" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="4" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="4" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="4" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="4" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="4" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="4" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="4" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="4" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="C23" s="1"/>
       <c r="D23" s="1"/>
+      <c r="E23" s="1"/>
+      <c r="F23" s="1"/>
+      <c r="G23" s="1"/>
     </row>
     <row r="24">
       <c r="A24" s="4" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="4" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="4" t="s">
-        <v>34</v>
-      </c>
+        <v>40</v>
+      </c>
+      <c r="C26" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="D26" s="1"/>
     </row>
     <row r="27">
       <c r="A27" s="4" t="s">
-        <v>35</v>
-[...6 lines deleted...]
-      <c r="F27" s="1"/>
+        <v>42</v>
+      </c>
+      <c r="F27" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G27" s="1"/>
+      <c r="H27" s="1"/>
+      <c r="I27" s="1"/>
     </row>
     <row r="28">
       <c r="A28" s="4" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="4" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="4" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="4" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="B31" s="6" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C31" s="1"/>
       <c r="D31" s="1"/>
+      <c r="E31" s="1"/>
+      <c r="F31" s="1"/>
+      <c r="G31" s="1"/>
     </row>
     <row r="32">
       <c r="A32" s="4" t="s">
-        <v>41</v>
-      </c>
+        <v>48</v>
+      </c>
+      <c r="C32" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="D32" s="1"/>
+      <c r="E32" s="1"/>
+      <c r="F32" s="1"/>
+      <c r="G32" s="1"/>
+      <c r="H32" s="1"/>
+      <c r="I32" s="1"/>
     </row>
     <row r="33">
       <c r="A33" s="4" t="s">
-        <v>42</v>
-[...7 lines deleted...]
-        <v>43</v>
+        <v>50</v>
+      </c>
+      <c r="F33" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="G33" s="1"/>
+      <c r="H33" s="1"/>
+      <c r="I33" s="5" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="4" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="F35" s="4" t="s">
-        <v>44</v>
+        <v>52</v>
+      </c>
+      <c r="G35" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="H35" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="I35" s="4" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="7" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="B36" s="7" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="C36" s="7" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="D36" s="7" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="E36" s="7" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="F36" s="7" t="s">
-        <v>45</v>
+        <v>53</v>
+      </c>
+      <c r="G36" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="H36" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="I36" s="7" t="s">
+        <v>53</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="7" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="B37" s="7" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="C37" s="7" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="D37" s="7" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="E37" s="7" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="F37" s="7" t="s">
-        <v>46</v>
+        <v>54</v>
+      </c>
+      <c r="G37" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H37" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="I37" s="7" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="7" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="B38" s="7" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="C38" s="7" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="D38" s="7" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="E38" s="7" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="F38" s="7" t="s">
-        <v>47</v>
+        <v>55</v>
+      </c>
+      <c r="G38" s="7" t="s">
+        <v>55</v>
+      </c>
+      <c r="H38" s="7" t="s">
+        <v>55</v>
+      </c>
+      <c r="I38" s="7" t="s">
+        <v>55</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="7" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="B39" s="7" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="F39" s="7" t="s">
-        <v>48</v>
+        <v>56</v>
+      </c>
+      <c r="G39" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="H39" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="I39" s="7" t="s">
+        <v>56</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="7" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="B40" s="7" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="C40" s="7" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="D40" s="7" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="E40" s="7" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="F40" s="7" t="s">
-        <v>49</v>
+        <v>57</v>
+      </c>
+      <c r="G40" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="H40" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="I40" s="7" t="s">
+        <v>57</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="7" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="B41" s="7" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="C41" s="7" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="D41" s="7" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="E41" s="7" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="F41" s="7" t="s">
-        <v>50</v>
+        <v>58</v>
+      </c>
+      <c r="G41" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="H41" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="I41" s="7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B42" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C42" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="D42" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E42" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="F42" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="G42" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="H42" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="I42" s="7" t="s">
+        <v>59</v>
       </c>
     </row>
     <row r="43">
-      <c r="A43" s="1" t="s">
-[...15 lines deleted...]
-        <v>51</v>
+      <c r="A43" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="B43" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C43" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="D43" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="E43" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="F43" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="G43" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="H43" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="I43" s="7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B44" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C44" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="D44" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E44" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="F44" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="G44" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="H44" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="I44" s="7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B45" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C45" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D45" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="E45" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="F45" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="G45" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="H45" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="I45" s="7" t="s">
+        <v>62</v>
       </c>
     </row>
     <row r="46">
-      <c r="A46" s="8" t="s">
-[...11 lines deleted...]
-        <v>54</v>
+      <c r="A46" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B46" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C46" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="D46" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E46" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="F46" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="G46" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="H46" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="I46" s="7" t="s">
+        <v>63</v>
       </c>
     </row>
     <row r="48">
-      <c r="A48" s="10" t="s">
-        <v>52</v>
+      <c r="A48" s="1" t="s">
+        <v>64</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>55</v>
+        <v>64</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="E48" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="H48" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="I48" s="1" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="10" t="s">
+        <v>65</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>68</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:F1"/>
+    <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:A3"/>
-    <mergeCell ref="B2:F2"/>
-[...15 lines deleted...]
-    <mergeCell ref="A43:F43"/>
+    <mergeCell ref="B2:I2"/>
+    <mergeCell ref="F4:I4"/>
+    <mergeCell ref="B5:E5"/>
+    <mergeCell ref="F5:I5"/>
+    <mergeCell ref="C6:F6"/>
+    <mergeCell ref="C10:D10"/>
+    <mergeCell ref="B13:G13"/>
+    <mergeCell ref="B23:G23"/>
+    <mergeCell ref="C26:D26"/>
+    <mergeCell ref="F27:I27"/>
+    <mergeCell ref="B31:G31"/>
+    <mergeCell ref="C32:I32"/>
+    <mergeCell ref="F33:H33"/>
+    <mergeCell ref="A35:I35"/>
+    <mergeCell ref="A36:I36"/>
+    <mergeCell ref="A37:I37"/>
+    <mergeCell ref="A38:I38"/>
+    <mergeCell ref="A39:I39"/>
+    <mergeCell ref="A40:I40"/>
+    <mergeCell ref="A41:I41"/>
+    <mergeCell ref="A42:I42"/>
+    <mergeCell ref="A43:I43"/>
+    <mergeCell ref="A44:I44"/>
+    <mergeCell ref="A45:I45"/>
+    <mergeCell ref="A46:I46"/>
+    <mergeCell ref="A48:I48"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>