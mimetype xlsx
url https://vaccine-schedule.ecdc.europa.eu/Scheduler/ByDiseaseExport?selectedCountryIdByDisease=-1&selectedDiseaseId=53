--- v2 (2026-02-10)
+++ v3 (2026-03-28)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rf00f9622d7a94875" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfeef80bcfd8142f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R94bfdc1c7cb94287"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R578cd2c91987452f"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="81" uniqueCount="81">
   <si>
     <t>RSV: Recommended vaccinations</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
@@ -91,158 +91,194 @@
   <si>
     <t>RSV (5 )</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>RSV (6 )</t>
   </si>
   <si>
     <t>RSV (7 )</t>
   </si>
   <si>
     <t>RSV</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
+    <t>RSV (8 )</t>
+  </si>
+  <si>
     <t>Greece</t>
   </si>
   <si>
+    <t>RSV (9 )</t>
+  </si>
+  <si>
+    <t>RSV (10 )</t>
+  </si>
+  <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
+    <t>RSV (11 )</t>
+  </si>
+  <si>
     <t>Malta</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
-    <t>RSV (8 )</t>
+    <t>RSV (12 )</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
+    <t>RSV (13 )</t>
+  </si>
+  <si>
+    <t>RSV (14 )</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
-    <t>RSV (9 )</t>
+    <t>RSV (15 )</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
-    <t>RSV (10 )</t>
+    <t>RSV (16 )</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
-    <t>RSV (11 )</t>
+    <t>RSV (17 )</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
     <t>1: More information: https://impfen.gv.at/impfungen/rsv or https://www.sozialministerium.gv.at/impfplan (p. 110ff)</t>
   </si>
   <si>
     <t>2: The vaccine is recommended and partially reimbursed for pregnant women between gestational weeks 28 and 36 as part of a combined strategy with monoclonal antibodies. It is typically administered as a single-dose program during the autumn and winter seasons.</t>
   </si>
   <si>
     <t>3: Vaccine recommended to adults &gt;60 years of age with comorbidities (partially reimbursed) and adults =75y (not reimbursed if no comorbidities): https://www.hgr-css.be/fr/avis/9837/vaccination-contre-le-vrs-adultes-revision-2022</t>
   </si>
   <si>
     <t xml:space="preserve">4: Immunization of pregnant women between 24 and 36 weeks of gestation. Vaccine and the administration are free of charge for pregnant women and funded by the National Health system.																									
 </t>
   </si>
   <si>
     <t>5: Vaccination during pregnancy. See https://www.ssi.dk/vaccinationer/vaccination-af-gravide</t>
   </si>
   <si>
     <t>6: The vaccine is offered to pregnant women between gestational weeks 32 and 36 as part of a combined strategy with monoclonal antibodies. It is typically administered as a single-dose program during the autumn and winter seasons.</t>
   </si>
   <si>
     <t>7: Vaccine offered only to patients with risk factors.</t>
   </si>
   <si>
-    <t>8: RSV-vaccine is recommended in pregnancy, but not part of the national vaccination program and costs are not covered.</t>
-[...2 lines deleted...]
-    <t>9: The vaccine is offered to pregnant women between gestational weeks 24 and 36. It is administered as a single-dose program all year round. 
+    <t>8: Vaccine offered only to persons with risk factors.</t>
+  </si>
+  <si>
+    <t>9: 60-74 high risk groups</t>
+  </si>
+  <si>
+    <t>10: All adults older than 75 years of age.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11: The vaccine is offered to pregnant women between gestational weeks 32 and 36 as part of a dual strategy with monoclonal antibodies. vaccination can be proposed for Individuals 75+, especially residents in elderly care facilities, and  65+ with high-risk comorbidities (chronic respiratory or heart conditions, immunodeficiency, cancer, or blood malignancies)</t>
+  </si>
+  <si>
+    <t>12: RSV-vaccine is recommended in pregnancy, but not part of the national vaccination program and costs are not covered.</t>
+  </si>
+  <si>
+    <t>13: RSV vaccination recommended as free of charge for pregnant women in the 24-36 week of pregnancy</t>
+  </si>
+  <si>
+    <t>14: RSV vaccination recommended to persons &gt;60 years. Partial (50%) funding for persons 60-64 years old, free of charge for persons 65 years old and older.</t>
+  </si>
+  <si>
+    <t>15: The vaccine is offered to pregnant women between gestational weeks 24 and 36. It is administered as a single-dose program all year round. 
 </t>
   </si>
   <si>
-    <t>10: Vaccination recommeded to specific risk groups. More information available at: https://www.sanidad.gob.es/areas/promocionPrevencion/vacunaciones/calendario/docs/CalendarioVacunacion_Todalavida.pdf and https://www.sanidad.gob.es/areas/promocionPrevencion/vacunaciones/VRS/poblacionAdulta/docs/VRS_adulto_Actualizacion.pdf</t>
-[...5 lines deleted...]
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-10 at 19:39.</t>
+    <t>16: Vaccination recommeded to specific risk groups. More information available at: https://www.sanidad.gob.es/areas/promocionPrevencion/vacunaciones/calendario/docs/CalendarioVacunacion_GRadultos.pdf and https://www.sanidad.gob.es/areas/promocionPrevencion/vacunaciones/VRS/poblacionAdulta/docs/VRS_adulto_Actualizacion.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17: Vaccination is recommended for all people aged 75 and over. Vaccination is recommended for people aged 60 and over with certain diseases, diagnoses or conditions. More information https://www.folkhalsomyndigheten.se/vara-amnesomraden/vaccinationer/vaccinationer-a-o/vaccination-mot-rs-virus/ </t>
+  </si>
+  <si>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-03-28 at 17:28.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -297,56 +333,56 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R94bfdc1c7cb94287" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rd8a79ac285f143a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rd063076839e649b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R578cd2c91987452f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R9544a52ef23c462d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rc75f06692cc642fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I53"/>
+  <dimension ref="A1:I59"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
     <col min="8" max="8" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
@@ -483,605 +519,802 @@
       </c>
     </row>
     <row r="13">
       <c r="A13" s="4" t="s">
         <v>24</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>25</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I13" s="5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="4" t="s">
         <v>28</v>
       </c>
-      <c r="H14" s="5" t="s">
-        <v>26</v>
+      <c r="H14" s="6" t="s">
+        <v>29</v>
       </c>
       <c r="I14" s="5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="4" t="s">
-        <v>29</v>
+        <v>30</v>
+      </c>
+      <c r="F15" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="G15" s="1"/>
+      <c r="H15" s="1"/>
+      <c r="I15" s="5" t="s">
+        <v>32</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="4" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="4" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="4" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="4" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="4" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="4" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="4" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="4" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="B23" s="6" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="C23" s="1"/>
       <c r="D23" s="1"/>
       <c r="E23" s="1"/>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
+      <c r="H23" s="1"/>
+      <c r="I23" s="1"/>
     </row>
     <row r="24">
       <c r="A24" s="4" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="4" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="4" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="C26" s="6" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="D26" s="1"/>
     </row>
     <row r="27">
       <c r="A27" s="4" t="s">
-        <v>42</v>
-      </c>
+        <v>46</v>
+      </c>
+      <c r="C27" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="D27" s="1"/>
+      <c r="E27" s="1"/>
       <c r="F27" s="5" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
       <c r="I27" s="1"/>
     </row>
     <row r="28">
       <c r="A28" s="4" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="4" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="4" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="4" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="B31" s="6" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="C31" s="1"/>
       <c r="D31" s="1"/>
       <c r="E31" s="1"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
     </row>
     <row r="32">
       <c r="A32" s="4" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="C32" s="6" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="D32" s="1"/>
       <c r="E32" s="1"/>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
       <c r="I32" s="1"/>
     </row>
     <row r="33">
       <c r="A33" s="4" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="F33" s="6" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
       <c r="I33" s="5" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="4" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="F35" s="4" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="G35" s="4" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="H35" s="4" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="I35" s="4" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="7" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="B36" s="7" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="C36" s="7" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="D36" s="7" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="E36" s="7" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="F36" s="7" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="G36" s="7" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="H36" s="7" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="I36" s="7" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="7" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="B37" s="7" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="C37" s="7" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="D37" s="7" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="E37" s="7" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="F37" s="7" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="G37" s="7" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="H37" s="7" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="I37" s="7" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="7" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="B38" s="7" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="C38" s="7" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="D38" s="7" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="E38" s="7" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="F38" s="7" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="G38" s="7" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="H38" s="7" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="I38" s="7" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="7" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="B39" s="7" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="F39" s="7" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="G39" s="7" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="H39" s="7" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="I39" s="7" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="7" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="B40" s="7" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="C40" s="7" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="D40" s="7" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="E40" s="7" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="F40" s="7" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="G40" s="7" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="H40" s="7" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="I40" s="7" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="7" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="B41" s="7" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="C41" s="7" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="D41" s="7" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="E41" s="7" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="F41" s="7" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="G41" s="7" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="H41" s="7" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="I41" s="7" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="7" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="B42" s="7" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="C42" s="7" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="D42" s="7" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="E42" s="7" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="F42" s="7" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="G42" s="7" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="H42" s="7" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="I42" s="7" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="7" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="B43" s="7" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="C43" s="7" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="D43" s="7" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="F43" s="7" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="G43" s="7" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="H43" s="7" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="I43" s="7" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="7" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="B44" s="7" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="C44" s="7" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="D44" s="7" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="E44" s="7" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="F44" s="7" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="G44" s="7" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="H44" s="7" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="I44" s="7" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="7" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="B45" s="7" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="C45" s="7" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="D45" s="7" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="E45" s="7" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="F45" s="7" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="G45" s="7" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="H45" s="7" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="I45" s="7" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="7" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="B46" s="7" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="C46" s="7" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="D46" s="7" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="E46" s="7" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="F46" s="7" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="G46" s="7" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="H46" s="7" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="I46" s="7" t="s">
-        <v>63</v>
+        <v>69</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="B47" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="C47" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="D47" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="E47" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="F47" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="G47" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="H47" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="I47" s="7" t="s">
+        <v>70</v>
       </c>
     </row>
     <row r="48">
-      <c r="A48" s="1" t="s">
-[...24 lines deleted...]
-        <v>64</v>
+      <c r="A48" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="B48" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="C48" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="D48" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="E48" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="F48" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="G48" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="H48" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="I48" s="7" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="B49" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="C49" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="D49" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="E49" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="F49" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="G49" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="H49" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="I49" s="7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="B50" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="C50" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="D50" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="E50" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="F50" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="G50" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="H50" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="I50" s="7" t="s">
+        <v>73</v>
       </c>
     </row>
     <row r="51">
-      <c r="A51" s="8" t="s">
-[...3 lines deleted...]
-        <v>66</v>
+      <c r="A51" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="B51" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="C51" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="D51" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="E51" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="F51" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="G51" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="H51" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="I51" s="7" t="s">
+        <v>74</v>
       </c>
     </row>
     <row r="52">
-      <c r="A52" s="9" t="s">
-[...11 lines deleted...]
-        <v>68</v>
+      <c r="A52" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="B52" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="C52" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="D52" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="E52" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="F52" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="G52" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="H52" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="I52" s="7" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="C54" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D54" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="E54" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="F54" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="H54" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="I54" s="1" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="10" t="s">
+        <v>77</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>80</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:I2"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="B5:E5"/>
     <mergeCell ref="F5:I5"/>
     <mergeCell ref="C6:F6"/>
     <mergeCell ref="C10:D10"/>
     <mergeCell ref="B13:G13"/>
-    <mergeCell ref="B23:G23"/>
+    <mergeCell ref="F15:H15"/>
+    <mergeCell ref="B23:I23"/>
     <mergeCell ref="C26:D26"/>
+    <mergeCell ref="C27:E27"/>
     <mergeCell ref="F27:I27"/>
     <mergeCell ref="B31:G31"/>
     <mergeCell ref="C32:I32"/>
     <mergeCell ref="F33:H33"/>
     <mergeCell ref="A35:I35"/>
     <mergeCell ref="A36:I36"/>
     <mergeCell ref="A37:I37"/>
     <mergeCell ref="A38:I38"/>
     <mergeCell ref="A39:I39"/>
     <mergeCell ref="A40:I40"/>
     <mergeCell ref="A41:I41"/>
     <mergeCell ref="A42:I42"/>
     <mergeCell ref="A43:I43"/>
     <mergeCell ref="A44:I44"/>
     <mergeCell ref="A45:I45"/>
     <mergeCell ref="A46:I46"/>
+    <mergeCell ref="A47:I47"/>
     <mergeCell ref="A48:I48"/>
+    <mergeCell ref="A49:I49"/>
+    <mergeCell ref="A50:I50"/>
+    <mergeCell ref="A51:I51"/>
+    <mergeCell ref="A52:I52"/>
+    <mergeCell ref="A54:I54"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>