--- v0 (2025-11-14)
+++ v1 (2025-12-31)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R344c8e2b476948a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R757510c4e707459c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R07e2ddd07b124496"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R06b64aeb620341ef"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="110" uniqueCount="110">
   <si>
     <t>Coronavirus Disease (COVID-19): Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
@@ -323,51 +323,51 @@
   </si>
   <si>
     <t>22: For detailed information: https://www.gov.pl/web/zdrowie/komunikat-nr-38-ministra-zdrowia-w-sprawie-realizacji-szczepien-przeciw-covid-19-w-sezonie-20252027</t>
   </si>
   <si>
     <t>23: People 6 months-17 years of age with severe and moderate immunosuppression conditions..https://www.sns24.gov.pt/pt/tema/vacinas/vacinacao-gripe-e-covid-19/
 </t>
   </si>
   <si>
     <t>24: For more information: https://www.sns24.gov.pt/pt/tema/vacinas/vacinacao-gripe-e-covid-19/</t>
   </si>
   <si>
     <t>25: Special recommendation for people aged 18 years and older with underlying medical conditions or immunosuppression.</t>
   </si>
   <si>
     <t>26: Specific recommendation from 6 months of age with high-risk conditions. For more information: https://nijz.si/nalezljive-bolezni/cepljenje/navodila-in-priporocila-za-cepljenje/</t>
   </si>
   <si>
     <t>27: Vaccination is also recommended for individuals 12 years and above with specific medical conditions. For detailed information: https://www.sanidad.gob.es/areas/promocionPrevencion/vacunaciones/gripe_covid19/docs/recomendacionesVacunacionCovid19_2025_2006.pdf</t>
   </si>
   <si>
     <t>28: COVID-19 vaccination is also recommended for individuals aged 18 years and above with immunosuppression.
 For more information: https://www.folkhalsomyndigheten.se/the-public-health-agency-of-sweden/communicable-disease-control/covid-19/recommendations-for-covid-19-vaccination/</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-11-14 at 19:05.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-12-31 at 04:10.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -422,51 +422,51 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R07e2ddd07b124496" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R6b3b96013f45400a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rb637cf84fe244378" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R06b64aeb620341ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R2f9cbd9fa1d94a3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R411f286eb06b4ea6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:O70"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
     <col min="8" max="8" width="13.17" customWidth="1" style="1"/>
     <col min="9" max="9" width="13.17" customWidth="1" style="1"/>
     <col min="10" max="10" width="13.17" customWidth="1" style="1"/>
     <col min="11" max="11" width="13.17" customWidth="1" style="1"/>
     <col min="12" max="12" width="13.17" customWidth="1" style="1"/>
     <col min="13" max="13" width="13.17" customWidth="1" style="1"/>
     <col min="14" max="14" width="13.17" customWidth="1" style="1"/>
   </cols>