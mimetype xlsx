--- v1 (2025-12-31)
+++ v2 (2026-02-14)
@@ -1,373 +1,398 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R757510c4e707459c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rca6f4580373b4c13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R06b64aeb620341ef"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R44a0a98c418b4f49"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="110" uniqueCount="110">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="117" uniqueCount="117">
   <si>
     <t>Coronavirus Disease (COVID-19): Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>2</t>
-[...4 lines deleted...]
-  <si>
     <t>12</t>
   </si>
   <si>
+    <t>15</t>
+  </si>
+  <si>
     <t>17</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
+    <t>49</t>
+  </si>
+  <si>
     <t>50</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
+    <t>64</t>
+  </si>
+  <si>
     <t>65</t>
   </si>
   <si>
+    <t>69</t>
+  </si>
+  <si>
     <t>70</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>75</t>
-[...2 lines deleted...]
-    <t>&gt;= 76</t>
+    <t>&gt;= 75</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
     <t>COVID-19 (1 )</t>
   </si>
   <si>
     <t xml:space="preserve">Belgium  </t>
   </si>
   <si>
     <t>COVID-19 (2 )</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
     <t>COVID-19 (3 )</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>COVID-19 (4 )</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
     <t>COVID-19 (5 )</t>
   </si>
   <si>
     <t>Czechia</t>
   </si>
   <si>
     <t>COVID-19 (6 )</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>COVID-19 (7 )</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
+    <t>COVID-19 (8 )</t>
+  </si>
+  <si>
+    <t>Finland</t>
+  </si>
+  <si>
+    <t>COVID-19 (9 )</t>
+  </si>
+  <si>
+    <t>COVID-19 (10 )</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>COVID-19 (11 )</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>COVID-19 (12 )</t>
+  </si>
+  <si>
+    <t>Greece</t>
+  </si>
+  <si>
+    <t>COVID-19 (13 )</t>
+  </si>
+  <si>
+    <t>Hungary</t>
+  </si>
+  <si>
+    <t>COVID-19 (14 )</t>
+  </si>
+  <si>
+    <t>Iceland</t>
+  </si>
+  <si>
+    <t>Ireland</t>
+  </si>
+  <si>
+    <t>COVID-19 (15 )</t>
+  </si>
+  <si>
+    <t>COVID-19 (16 )</t>
+  </si>
+  <si>
+    <t>Italy</t>
+  </si>
+  <si>
+    <t>COVID-19 (17 )</t>
+  </si>
+  <si>
+    <t>COVID-19 (18 )</t>
+  </si>
+  <si>
+    <t>Latvia</t>
+  </si>
+  <si>
     <t>COVID-19</t>
   </si>
   <si>
-    <t>Finland</t>
-[...56 lines deleted...]
-    <t>COVID-19 (18 )</t>
+    <t>COVID-19 (19 )</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
-    <t>COVID-19 (19 )</t>
+    <t>COVID-19 (20 )</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
-    <t>COVID-19 (20 )</t>
+    <t>COVID-19 (21 )</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
+    <t>COVID-19 (22 )</t>
+  </si>
+  <si>
+    <t>COVID-19 (23 )</t>
+  </si>
+  <si>
     <t>Norway</t>
   </si>
   <si>
-    <t>COVID-19 (21 )</t>
+    <t>COVID-19 (24 )</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
-    <t>COVID-19 (22 )</t>
+    <t>COVID-19 (25 )</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
-    <t>COVID-19 (23 )</t>
-[...2 lines deleted...]
-    <t>COVID-19 (24 )</t>
+    <t>COVID-19 (26 )</t>
+  </si>
+  <si>
+    <t>COVID-19 (27 )</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
-    <t>COVID-19 (25 )</t>
+    <t>COVID-19 (28 )</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
-    <t>COVID-19 (26 )</t>
+    <t>COVID-19 (29 )</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
-    <t>COVID-19 (27 )</t>
+    <t>COVID-19 (30 )</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
-    <t>COVID-19 (28 )</t>
+    <t>COVID-19 (31 )</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
-    <t>1: Special indication: individuals with underlying medical conditions and elderly individuals aged 60 years and above. More information- https://www.sozialministerium.gv.at/dam/sozialministeriumat/Anlagen/Themen/Gesundheit/Impfen/%C3%96sterreichischer-Impfplan-/Impfplan_%C3%96sterreich_2024-2025_Version_1.1.pdf</t>
-[...5 lines deleted...]
-    <t>3: Priority groups for vaccination are: persons aged 60+; people with chronic diseases; immunocompromised persons (including children over 6 months); pregnant women; medical staff; users and staff of social institutions. https://plusmen.bg/bg/facts/news/87</t>
+    <t>1: The COVID-19 vaccination is recommended for everyone aged 12 and over who wishes to reduce their risk of severe disease. Preferably in autumn, a single dose is recommended with descending priority for: [a] People with specific indications (e.g. individuals with underlying medical conditions) and all people aged 60 and above; [b] Healthcare professionals</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2: Recommended to persons &lt;65y of age who are care workers or belong to medical risk groups; Recommended to persons aged &gt;= 65 years. More info, see https://www.hgr-css.be/fr/avis/9880/strategie-belge-de-vaccination-contre-le-covid-19-saison-2025-2026 </t>
+  </si>
+  <si>
+    <t>3: Priority groups for vaccination are: persons aged 60+; people with chronic diseases; immunocompromised persons (including children over 6 months); pregnant women; medical staff; users and staff of social institutions. More information: https://plusmen.bg/bg/optional/covid-19</t>
   </si>
   <si>
     <t>4: Vaccination is recommended for individuals who have not been vaccinated or infected with COVID-19 in the past six months and who belong to the following population groups: people aged 65 and older, residents of nursing homes and institutions for chronic care (regardless of age), as well as staff working in these facilities, individuals, including children, with chronic illnesses—especially heart and lung conditions, including children with impaired lung function (e.g., cystic fibrosis, chronic asthma, bronchopulmonary dysplasia) and congenital anomalies, adults and children with chronic metabolic diseases (including diabetes mellitus), liver diseases, kidney diseases, hemoglobinopathies, and immune system impairments (including HIV infection), pregnant women, healthcare workers (especially those in intensive care units, departments with vulnerable patients, and emergency hospital admissions). https://www.hzjz.hr/sluzba-epidemiologija-zarazne-bolesti/koronavirus-najnovije-preporuke/
 </t>
   </si>
   <si>
     <t>5: https://www.gov.cy/ygeia/emvoliastiko-plano-tou-ypourgeiou-ygeias-enanti-tis-nosou-covid-19-kai-tis-gripis/</t>
   </si>
   <si>
-    <t>6: Specific recommendation: individuals aged 6 months and older with underlying medical conditions. For more information: https://vakcinace.eu/doporuceni-a-stanoviska/doporuceni-ceske-vakcinologicke-spolecnosti-cls-jep-cvs-k-ockovani-proti-onemocneni-covid-19-4</t>
+    <t>6: Specific groups recommendation: individuals aged 6 months and older with underlying medical conditions. 60+ general recommendation.For more information: https://www.vakcinace.eu/doporuceni-a-stanoviska/doporuceni-ceske-vakcinologicke-spolecnosti-cls-jep-cvs-k-ockovani-proti-onemocneni-covid-19-4</t>
   </si>
   <si>
     <t>7: For more information: https://www.sst.dk/da/Vaccination</t>
   </si>
   <si>
-    <t>8: For high risk groups: https://thl.fi/aiheet/infektiotaudit-ja-rokotukset/rokotteet-a-o/koronarokotteet/eri-ryhmien-koronarokotukset/vakavan-koronataudin-riskiryhmat</t>
-[...61 lines deleted...]
-    <t>28: COVID-19 vaccination is also recommended for individuals aged 18 years and above with immunosuppression.
+    <t>8: Since 27.08.2024 COVID-19 vaccination recommended ja free for the following risk grous, see https://www.riigiteataja.ee/akt/129082024001?leiaKehtiv : 
+1) a recipient of 24-hour general care services provided outside the home, a recipient of 24-hour special care services and a recipient of community living services within the meaning of the Social Welfare Act;
+2) a person aged 60 and over;
+3) a pregnant woman;
+4) a person who has an increased risk of becoming seriously ill due to his health condition and whose health condition is set out in Annex (160)2 to the Regulation;
+5) a person outside the target group, if this is justified due to health risks in the opinion of a healthcare professional.
+Immunisation against COVID-19 is guaranteed to the staff of an institution providing healthcare services, 24-hour general care services provided outside the home, 24-hour special care services and community living services.</t>
+  </si>
+  <si>
+    <t>9: For high risk groups: https://thl.fi</t>
+  </si>
+  <si>
+    <t>10: More information: https://thl.fi</t>
+  </si>
+  <si>
+    <t>11: More information https://professionnels.vaccination-info-service.fr/Toutes-les-actualites/Campagne-de-vaccination-contre-le-Covid-19-en-automne-2025</t>
+  </si>
+  <si>
+    <t>12: Annual vaccination recommended for persons aged 60 years and older and for persons 6 months and older with increased health risk for a severe course of COVID-19 due to an underlying disease.</t>
+  </si>
+  <si>
+    <t>13: 18-59y high risk groups, 60-74 1 dose, = 75y 2 doses , immunocompromised 2 doses (interval 6 months).</t>
+  </si>
+  <si>
+    <t>14: For more information: https://www.nnk.gov.hu/index.php/jarvanyugy/modszertani-levelek/2790-2025-az-nngyk-modszertani-levele-a-2025-evi-vedooltasokrol.html</t>
+  </si>
+  <si>
+    <t>15: A COVID-19 vaccine is recommended once each year for those aged 6 months-59 years with medical conditions associated with a higher risk of COVID-19 hospitalisation, severe disease or death. A COVID-19 vaccine is recommended twice each year for anyone aged 6 months and older with immunocompromise and anyone aged 18 years and older living in a long term residential care facility for older adults. A COVID-19 vaccine is recommended in pregnancy for anyone with immunocompromise or a medical condition associated wiht a higher risk of COVId-19 hospitalisation, severe disease or death. Annual access is also be available to healthcare workers, pregnant adolescents and adults, and adults aged 18–59 who choose vaccination after consulting a healthcare provider. For complete information:https://www.hiqa.ie/sites/default/files/NIAC/Immunisation_Guidelines/Chapter_05a_COVID-19.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16: A COVID-19 vaccine is recommended twice yearly for people aged 80 and above, those aged 18–79 in long-term care, and anyone 6 months or older with immunocompromise. It is recommended once yearly for those aged 60–79 and for individuals aged 6 months–59 with medical conditions that increase COVID-19 risk. See Chapter 5a immunisation guidelines at  https://www.hiqa.ie/reports-and-publications/niac-immunisation-guideline/chapter-05a-covid-19</t>
+  </si>
+  <si>
+    <t>17: For children aged 6 months and older with underlying medical conditions.</t>
+  </si>
+  <si>
+    <t>18: Covid-19 vaccination is recommended for individuals aged 60 years and older, pregnant women, healthcare workers, and those with certain underlying conditions, once a year (autumn).</t>
+  </si>
+  <si>
+    <t>19: For complete information: https://www.spkc.gov.lv/lv/ka-sanemt-covid-19-vakcinaciju</t>
+  </si>
+  <si>
+    <t>20: Vaccination is strongly recommended to prevent severe courses of the disease for people over 65 years of age and particularly vulnerable people with chronic illnesses as well as pregnant women.n More information: https://www.llv.li/de/privatpersonen/gesundheit-vorsorge-und-pflege/krankheiten-und-risiken/coronavirus/covid-19-impfungen</t>
+  </si>
+  <si>
+    <t>21: Vaccine is recommended for persons 65 years of age and older and for risk groups with underlying conditions from 6 months of age. More information available at: https://koronastop.lrv.lt/lt/vakcina</t>
+  </si>
+  <si>
+    <t>22: Recommended to individuals in medical high risk groups aged 6 months and older (https://lci.rivm.nl/richtlijnen/covid-19-vaccinatie#2-vaccinatiestrategie-covid-19)</t>
+  </si>
+  <si>
+    <t>23: Recommended to adults 50 to 59 years old that are eligible for influenza vaccination (https://lci.rivm.nl/richtlijnen/covid-19-vaccinatie#2-vaccinatiestrategie-covid-19)</t>
+  </si>
+  <si>
+    <t>24: https://www.fhi.no/en/va/vaccines-for-adults/vaccines-in-the-adult-immunisation-programme/vaccines-in-the-adult-immunisation-programme/covid-19-vaccine---information-for-the-public/</t>
+  </si>
+  <si>
+    <t>25: For detailed information: https://www.gov.pl/web/zdrowie/komunikat-nr-38-ministra-zdrowia-w-sprawie-realizacji-szczepien-przeciw-covid-19-w-sezonie-20252027</t>
+  </si>
+  <si>
+    <t>26: Recommended to individuals from 6 months to 17 years of age with severe immunosuppression conditions or by individual clinical assessment. More information available at: https://www.dgs.pt/ficheiros-de-upload-2013/15-covid-19-ultima-atualizacao-28112025-pdf.aspx</t>
+  </si>
+  <si>
+    <t>27: Recommended to individuals aged 18 to 59 years of age with high-risk conditions. More information available at: https://www.dgs.pt/ficheiros-de-upload-2013/15-covid-19-ultima-atualizacao-28112025-pdf.aspx</t>
+  </si>
+  <si>
+    <t xml:space="preserve">28: Covid-19 recommended free of charge for individuals with underlying conditions and elderly people. However, the vaccination is fully funded also  for other groups of population. </t>
+  </si>
+  <si>
+    <t>29: Specific recommendation from 6 months of age with high-risk conditions. For more information: https://nijz.si/nalezljive-bolezni/cepljenje/navodila-in-priporocila-za-cepljenje/</t>
+  </si>
+  <si>
+    <t>30: Vaccination is recommended to specific medical risk groups. One dose is also recommended to all pregnant women in any trimester of pregnancy. More information available at: https://www.sanidad.gob.es/areas/promocionPrevencion/vacunaciones/gripe_covid19/docs/recomendacionesVacunacionCovid19_2025_2006.pdf</t>
+  </si>
+  <si>
+    <t>31: COVID-19 vaccination is also recommended for individuals aged 18 years and above with immunosuppression.
 For more information: https://www.folkhalsomyndigheten.se/the-public-health-agency-of-sweden/communicable-disease-control/covid-19/recommendations-for-covid-19-vaccination/</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-12-31 at 04:10.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-14 at 13:52.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -422,2162 +447,2486 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R06b64aeb620341ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R2f9cbd9fa1d94a3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R411f286eb06b4ea6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R44a0a98c418b4f49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Ree7fb418212c4b66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R8a4f02baab2a4459" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:O70"/>
+  <dimension ref="A1:P73"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
     <col min="8" max="8" width="13.17" customWidth="1" style="1"/>
     <col min="9" max="9" width="13.17" customWidth="1" style="1"/>
     <col min="10" max="10" width="13.17" customWidth="1" style="1"/>
     <col min="11" max="11" width="13.17" customWidth="1" style="1"/>
     <col min="12" max="12" width="13.17" customWidth="1" style="1"/>
     <col min="13" max="13" width="13.17" customWidth="1" style="1"/>
     <col min="14" max="14" width="13.17" customWidth="1" style="1"/>
+    <col min="15" max="15" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="L1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="M1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="O1" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="P1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
+      <c r="P2" s="1"/>
     </row>
     <row r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K3" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="M3" s="3" t="s">
         <v>14</v>
       </c>
       <c r="N3" s="3" t="s">
         <v>15</v>
       </c>
       <c r="O3" s="3" t="s">
         <v>16</v>
       </c>
+      <c r="P3" s="3" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="E4" s="5" t="s">
         <v>18</v>
       </c>
+      <c r="C4" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="D4" s="1"/>
+      <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
+      <c r="P4" s="1"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="K5" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="L5" s="1"/>
+      <c r="D5" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E5" s="1"/>
+      <c r="F5" s="1"/>
+      <c r="G5" s="1"/>
+      <c r="H5" s="1"/>
+      <c r="I5" s="1"/>
+      <c r="J5" s="1"/>
+      <c r="K5" s="1"/>
+      <c r="L5" s="5" t="s">
+        <v>21</v>
+      </c>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
+      <c r="P5" s="1"/>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
+      <c r="P6" s="1"/>
     </row>
     <row r="7">
       <c r="A7" s="4" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="K7" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="L7" s="1"/>
+      <c r="L7" s="5" t="s">
+        <v>25</v>
+      </c>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
+      <c r="P7" s="1"/>
     </row>
     <row r="8">
       <c r="A8" s="4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
+      <c r="P8" s="1"/>
     </row>
     <row r="9">
       <c r="A9" s="4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
+      <c r="P9" s="1"/>
     </row>
     <row r="10">
       <c r="A10" s="4" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="K10" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="L10" s="1"/>
+      <c r="L10" s="5" t="s">
+        <v>31</v>
+      </c>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
+      <c r="P10" s="1"/>
     </row>
     <row r="11">
       <c r="A11" s="4" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="J11" s="5" t="s">
         <v>32</v>
+      </c>
+      <c r="J11" s="6" t="s">
+        <v>33</v>
       </c>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
+      <c r="P11" s="1"/>
     </row>
     <row r="12">
       <c r="A12" s="4" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="E12" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="F12" s="1"/>
-      <c r="G12" s="5" t="s">
+      <c r="C12" s="6" t="s">
         <v>35</v>
       </c>
+      <c r="D12" s="1"/>
+      <c r="E12" s="1"/>
+      <c r="F12" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="G12" s="1"/>
       <c r="H12" s="1"/>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
+      <c r="P12" s="1"/>
     </row>
     <row r="13">
       <c r="A13" s="4" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="K13" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="L13" s="1"/>
+      <c r="L13" s="5" t="s">
+        <v>38</v>
+      </c>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
+      <c r="P13" s="1"/>
     </row>
     <row r="14">
       <c r="A14" s="4" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="G14" s="6" t="s">
         <v>39</v>
       </c>
+      <c r="B14" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="C14" s="1"/>
+      <c r="D14" s="1"/>
+      <c r="E14" s="1"/>
+      <c r="F14" s="1"/>
+      <c r="G14" s="1"/>
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
       <c r="J14" s="5" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
+      <c r="P14" s="1"/>
     </row>
     <row r="15">
       <c r="A15" s="4" t="s">
-        <v>40</v>
-      </c>
+        <v>41</v>
+      </c>
+      <c r="F15" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="G15" s="1"/>
+      <c r="H15" s="1"/>
+      <c r="I15" s="1"/>
       <c r="J15" s="5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
+      <c r="P15" s="1"/>
     </row>
     <row r="16">
       <c r="A16" s="4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="K16" s="1"/>
       <c r="L16" s="1"/>
       <c r="M16" s="1"/>
       <c r="N16" s="1"/>
       <c r="O16" s="1"/>
+      <c r="P16" s="1"/>
     </row>
     <row r="17">
       <c r="A17" s="4" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="4" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B18" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C18" s="1"/>
       <c r="D18" s="1"/>
       <c r="E18" s="1"/>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
+      <c r="P18" s="1"/>
     </row>
     <row r="19">
       <c r="A19" s="4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="1"/>
       <c r="E19" s="1"/>
       <c r="F19" s="1"/>
-      <c r="G19" s="1"/>
       <c r="J19" s="5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K19" s="1"/>
       <c r="L19" s="1"/>
       <c r="M19" s="1"/>
       <c r="N19" s="1"/>
       <c r="O19" s="1"/>
+      <c r="P19" s="1"/>
     </row>
     <row r="20">
       <c r="A20" s="4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>32</v>
+        <v>53</v>
       </c>
       <c r="C20" s="1"/>
       <c r="D20" s="1"/>
       <c r="E20" s="1"/>
       <c r="F20" s="1"/>
-      <c r="G20" s="1"/>
-[...3 lines deleted...]
-      <c r="L20" s="1"/>
+      <c r="L20" s="5" t="s">
+        <v>54</v>
+      </c>
       <c r="M20" s="1"/>
       <c r="N20" s="1"/>
       <c r="O20" s="1"/>
+      <c r="P20" s="1"/>
     </row>
     <row r="21">
       <c r="A21" s="4" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="C21" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="D21" s="1"/>
+      <c r="E21" s="1"/>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
       <c r="I21" s="1"/>
       <c r="J21" s="1"/>
       <c r="K21" s="1"/>
       <c r="L21" s="1"/>
       <c r="M21" s="1"/>
       <c r="N21" s="1"/>
       <c r="O21" s="1"/>
+      <c r="P21" s="1"/>
     </row>
     <row r="22">
       <c r="A22" s="4" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>57</v>
+      </c>
+      <c r="B22" s="6" t="s">
+        <v>58</v>
       </c>
       <c r="C22" s="1"/>
       <c r="D22" s="1"/>
       <c r="E22" s="1"/>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
       <c r="I22" s="1"/>
       <c r="J22" s="1"/>
       <c r="K22" s="1"/>
-      <c r="L22" s="1"/>
+      <c r="L22" s="5" t="s">
+        <v>58</v>
+      </c>
       <c r="M22" s="1"/>
       <c r="N22" s="1"/>
       <c r="O22" s="1"/>
+      <c r="P22" s="1"/>
     </row>
     <row r="23">
       <c r="A23" s="4" t="s">
-        <v>57</v>
-[...4 lines deleted...]
-      <c r="L23" s="1"/>
+        <v>59</v>
+      </c>
+      <c r="L23" s="5" t="s">
+        <v>53</v>
+      </c>
       <c r="M23" s="1"/>
       <c r="N23" s="1"/>
       <c r="O23" s="1"/>
+      <c r="P23" s="1"/>
     </row>
     <row r="24">
       <c r="A24" s="4" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>32</v>
+        <v>53</v>
       </c>
       <c r="C24" s="1"/>
       <c r="D24" s="1"/>
       <c r="E24" s="1"/>
       <c r="F24" s="1"/>
-      <c r="K24" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G24" s="1"/>
+      <c r="H24" s="1"/>
+      <c r="I24" s="1"/>
+      <c r="J24" s="1"/>
+      <c r="K24" s="1"/>
       <c r="L24" s="1"/>
       <c r="M24" s="1"/>
       <c r="N24" s="1"/>
       <c r="O24" s="1"/>
+      <c r="P24" s="1"/>
     </row>
     <row r="25">
       <c r="A25" s="4" t="s">
-        <v>59</v>
-      </c>
+        <v>61</v>
+      </c>
+      <c r="B25" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="C25" s="1"/>
+      <c r="D25" s="1"/>
+      <c r="E25" s="1"/>
+      <c r="F25" s="1"/>
+      <c r="G25" s="1"/>
       <c r="H25" s="6" t="s">
-        <v>32</v>
+        <v>63</v>
       </c>
       <c r="I25" s="1"/>
       <c r="J25" s="5" t="s">
-        <v>32</v>
+        <v>53</v>
       </c>
       <c r="K25" s="1"/>
       <c r="L25" s="1"/>
       <c r="M25" s="1"/>
       <c r="N25" s="1"/>
       <c r="O25" s="1"/>
+      <c r="P25" s="1"/>
     </row>
     <row r="26">
       <c r="A26" s="4" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="C26" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="D26" s="1"/>
+      <c r="E26" s="1"/>
       <c r="F26" s="1"/>
-      <c r="G26" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G26" s="1"/>
       <c r="H26" s="1"/>
       <c r="I26" s="1"/>
       <c r="J26" s="1"/>
       <c r="K26" s="1"/>
       <c r="L26" s="1"/>
       <c r="M26" s="1"/>
-      <c r="N26" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N26" s="1"/>
       <c r="O26" s="1"/>
+      <c r="P26" s="5" t="s">
+        <v>65</v>
+      </c>
     </row>
     <row r="27">
       <c r="A27" s="4" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="C27" s="1"/>
       <c r="D27" s="1"/>
       <c r="E27" s="1"/>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
       <c r="I27" s="1"/>
       <c r="J27" s="1"/>
       <c r="K27" s="1"/>
       <c r="L27" s="1"/>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
       <c r="O27" s="1"/>
+      <c r="P27" s="1"/>
     </row>
     <row r="28">
       <c r="A28" s="4" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>68</v>
+      </c>
+      <c r="B28" s="6" t="s">
+        <v>69</v>
       </c>
       <c r="C28" s="1"/>
+      <c r="D28" s="1"/>
+      <c r="E28" s="1"/>
+      <c r="F28" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="G28" s="1"/>
+      <c r="H28" s="1"/>
+      <c r="I28" s="1"/>
       <c r="J28" s="5" t="s">
-        <v>66</v>
+        <v>53</v>
       </c>
       <c r="K28" s="1"/>
       <c r="L28" s="1"/>
       <c r="M28" s="1"/>
       <c r="N28" s="1"/>
       <c r="O28" s="1"/>
+      <c r="P28" s="1"/>
     </row>
     <row r="29">
       <c r="A29" s="4" t="s">
-        <v>67</v>
-[...4 lines deleted...]
-      <c r="L29" s="1"/>
+        <v>71</v>
+      </c>
+      <c r="L29" s="5" t="s">
+        <v>53</v>
+      </c>
       <c r="M29" s="1"/>
       <c r="N29" s="1"/>
       <c r="O29" s="1"/>
+      <c r="P29" s="1"/>
     </row>
     <row r="30">
       <c r="A30" s="4" t="s">
-        <v>68</v>
-[...4 lines deleted...]
-      <c r="L30" s="1"/>
+        <v>72</v>
+      </c>
+      <c r="L30" s="5" t="s">
+        <v>73</v>
+      </c>
       <c r="M30" s="1"/>
       <c r="N30" s="1"/>
       <c r="O30" s="1"/>
+      <c r="P30" s="1"/>
     </row>
     <row r="31">
       <c r="A31" s="4" t="s">
-        <v>70</v>
-[...4 lines deleted...]
-      <c r="L31" s="1"/>
+        <v>74</v>
+      </c>
+      <c r="L31" s="5" t="s">
+        <v>75</v>
+      </c>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
       <c r="O31" s="1"/>
+      <c r="P31" s="1"/>
     </row>
     <row r="32">
       <c r="A32" s="4" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="B32" s="6" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="C32" s="1"/>
       <c r="D32" s="1"/>
-      <c r="L32" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E32" s="1"/>
+      <c r="F32" s="1"/>
+      <c r="G32" s="1"/>
+      <c r="H32" s="1"/>
+      <c r="I32" s="1"/>
+      <c r="J32" s="1"/>
+      <c r="K32" s="1"/>
+      <c r="L32" s="1"/>
       <c r="M32" s="1"/>
-      <c r="N32" s="1"/>
+      <c r="N32" s="5" t="s">
+        <v>53</v>
+      </c>
       <c r="O32" s="1"/>
+      <c r="P32" s="1"/>
     </row>
     <row r="33">
       <c r="A33" s="4" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="H33" s="6" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="I33" s="1"/>
       <c r="J33" s="1"/>
       <c r="K33" s="1"/>
       <c r="L33" s="1"/>
       <c r="M33" s="1"/>
-      <c r="N33" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N33" s="1"/>
       <c r="O33" s="1"/>
+      <c r="P33" s="5" t="s">
+        <v>53</v>
+      </c>
     </row>
     <row r="35">
       <c r="A35" s="4" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="F35" s="4" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="G35" s="4" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="H35" s="4" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="I35" s="4" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="J35" s="4" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="K35" s="4" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="L35" s="4" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="M35" s="4" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="N35" s="4" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="O35" s="4" t="s">
-        <v>76</v>
+        <v>80</v>
+      </c>
+      <c r="P35" s="4" t="s">
+        <v>80</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="7" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="B36" s="7" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="C36" s="7" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D36" s="7" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="E36" s="7" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="F36" s="7" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="G36" s="7" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="H36" s="7" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="I36" s="7" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="J36" s="7" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="K36" s="7" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="L36" s="7" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="M36" s="7" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="N36" s="7" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="O36" s="7" t="s">
-        <v>77</v>
+        <v>81</v>
+      </c>
+      <c r="P36" s="7" t="s">
+        <v>81</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="7" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="B37" s="7" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="C37" s="7" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="D37" s="7" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="E37" s="7" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="F37" s="7" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="G37" s="7" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="H37" s="7" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="I37" s="7" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="J37" s="7" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="K37" s="7" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="L37" s="7" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="M37" s="7" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="N37" s="7" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="O37" s="7" t="s">
-        <v>78</v>
+        <v>82</v>
+      </c>
+      <c r="P37" s="7" t="s">
+        <v>82</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="7" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="B38" s="7" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="C38" s="7" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="D38" s="7" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="E38" s="7" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="F38" s="7" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="G38" s="7" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H38" s="7" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="I38" s="7" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="J38" s="7" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="K38" s="7" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="L38" s="7" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="M38" s="7" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="N38" s="7" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="O38" s="7" t="s">
-        <v>79</v>
+        <v>83</v>
+      </c>
+      <c r="P38" s="7" t="s">
+        <v>83</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="7" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="B39" s="7" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="F39" s="7" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="G39" s="7" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="H39" s="7" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="I39" s="7" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="J39" s="7" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="K39" s="7" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="L39" s="7" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="M39" s="7" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="N39" s="7" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="O39" s="7" t="s">
-        <v>80</v>
+        <v>84</v>
+      </c>
+      <c r="P39" s="7" t="s">
+        <v>84</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="7" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="B40" s="7" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="C40" s="7" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="D40" s="7" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="E40" s="7" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="F40" s="7" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="G40" s="7" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="H40" s="7" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="I40" s="7" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="J40" s="7" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="K40" s="7" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="L40" s="7" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="M40" s="7" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="N40" s="7" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="O40" s="7" t="s">
-        <v>81</v>
+        <v>85</v>
+      </c>
+      <c r="P40" s="7" t="s">
+        <v>85</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="7" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="B41" s="7" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="C41" s="7" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D41" s="7" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="E41" s="7" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="F41" s="7" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="G41" s="7" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="H41" s="7" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="I41" s="7" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="J41" s="7" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="K41" s="7" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="L41" s="7" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="M41" s="7" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="N41" s="7" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="O41" s="7" t="s">
-        <v>82</v>
+        <v>86</v>
+      </c>
+      <c r="P41" s="7" t="s">
+        <v>86</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="7" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="B42" s="7" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="C42" s="7" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="D42" s="7" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="E42" s="7" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="F42" s="7" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="G42" s="7" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H42" s="7" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="I42" s="7" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="J42" s="7" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="K42" s="7" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="L42" s="7" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="M42" s="7" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="N42" s="7" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="O42" s="7" t="s">
-        <v>83</v>
+        <v>87</v>
+      </c>
+      <c r="P42" s="7" t="s">
+        <v>87</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="7" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="B43" s="7" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="C43" s="7" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="D43" s="7" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="F43" s="7" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="G43" s="7" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="H43" s="7" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="I43" s="7" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="J43" s="7" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="K43" s="7" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="L43" s="7" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="M43" s="7" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="N43" s="7" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="O43" s="7" t="s">
-        <v>84</v>
+        <v>88</v>
+      </c>
+      <c r="P43" s="7" t="s">
+        <v>88</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="7" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="B44" s="7" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="C44" s="7" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="D44" s="7" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="E44" s="7" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="F44" s="7" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="G44" s="7" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="H44" s="7" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="I44" s="7" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="J44" s="7" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="K44" s="7" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L44" s="7" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="M44" s="7" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="N44" s="7" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="O44" s="7" t="s">
-        <v>85</v>
+        <v>89</v>
+      </c>
+      <c r="P44" s="7" t="s">
+        <v>89</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="7" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="B45" s="7" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="C45" s="7" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="D45" s="7" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="E45" s="7" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="F45" s="7" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="G45" s="7" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="H45" s="7" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="I45" s="7" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="J45" s="7" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="K45" s="7" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="L45" s="7" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="M45" s="7" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="N45" s="7" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="O45" s="7" t="s">
-        <v>86</v>
+        <v>90</v>
+      </c>
+      <c r="P45" s="7" t="s">
+        <v>90</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="7" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="B46" s="7" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="C46" s="7" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="D46" s="7" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="E46" s="7" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="F46" s="7" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="G46" s="7" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="H46" s="7" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="I46" s="7" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="J46" s="7" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="K46" s="7" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="L46" s="7" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="M46" s="7" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="N46" s="7" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="O46" s="7" t="s">
-        <v>87</v>
+        <v>91</v>
+      </c>
+      <c r="P46" s="7" t="s">
+        <v>91</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="7" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="B47" s="7" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="C47" s="7" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="D47" s="7" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="E47" s="7" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="F47" s="7" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="G47" s="7" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="H47" s="7" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="I47" s="7" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="J47" s="7" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="K47" s="7" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="L47" s="7" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="M47" s="7" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="N47" s="7" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="O47" s="7" t="s">
-        <v>88</v>
+        <v>92</v>
+      </c>
+      <c r="P47" s="7" t="s">
+        <v>92</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="7" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="B48" s="7" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="C48" s="7" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="D48" s="7" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="E48" s="7" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="F48" s="7" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="G48" s="7" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="H48" s="7" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="I48" s="7" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="J48" s="7" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="K48" s="7" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="L48" s="7" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="M48" s="7" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="N48" s="7" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="O48" s="7" t="s">
-        <v>89</v>
+        <v>93</v>
+      </c>
+      <c r="P48" s="7" t="s">
+        <v>93</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="7" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="B49" s="7" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C49" s="7" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="D49" s="7" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="E49" s="7" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="F49" s="7" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="G49" s="7" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="H49" s="7" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="I49" s="7" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="J49" s="7" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="K49" s="7" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="L49" s="7" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="M49" s="7" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="N49" s="7" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="O49" s="7" t="s">
-        <v>90</v>
+        <v>94</v>
+      </c>
+      <c r="P49" s="7" t="s">
+        <v>94</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="7" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="B50" s="7" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="C50" s="7" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="D50" s="7" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="E50" s="7" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="F50" s="7" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="G50" s="7" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="H50" s="7" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="I50" s="7" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="J50" s="7" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="K50" s="7" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="L50" s="7" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="M50" s="7" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="N50" s="7" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="O50" s="7" t="s">
-        <v>91</v>
+        <v>95</v>
+      </c>
+      <c r="P50" s="7" t="s">
+        <v>95</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="7" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="B51" s="7" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="C51" s="7" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="D51" s="7" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="E51" s="7" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="F51" s="7" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="G51" s="7" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="H51" s="7" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="I51" s="7" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="J51" s="7" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="K51" s="7" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="L51" s="7" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="M51" s="7" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="N51" s="7" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="O51" s="7" t="s">
-        <v>92</v>
+        <v>96</v>
+      </c>
+      <c r="P51" s="7" t="s">
+        <v>96</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="7" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="B52" s="7" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="C52" s="7" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="D52" s="7" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="E52" s="7" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="F52" s="7" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="G52" s="7" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="H52" s="7" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="I52" s="7" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="J52" s="7" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="K52" s="7" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="L52" s="7" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="M52" s="7" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="N52" s="7" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="O52" s="7" t="s">
-        <v>93</v>
+        <v>97</v>
+      </c>
+      <c r="P52" s="7" t="s">
+        <v>97</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="7" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B53" s="7" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="C53" s="7" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="D53" s="7" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="E53" s="7" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="F53" s="7" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="G53" s="7" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="H53" s="7" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="I53" s="7" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="J53" s="7" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="K53" s="7" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="L53" s="7" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="M53" s="7" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="N53" s="7" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="O53" s="7" t="s">
-        <v>94</v>
+        <v>98</v>
+      </c>
+      <c r="P53" s="7" t="s">
+        <v>98</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="7" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="B54" s="7" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="C54" s="7" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="D54" s="7" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="E54" s="7" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="F54" s="7" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="G54" s="7" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="H54" s="7" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="I54" s="7" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="J54" s="7" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="K54" s="7" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="L54" s="7" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="M54" s="7" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="N54" s="7" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="O54" s="7" t="s">
-        <v>95</v>
+        <v>99</v>
+      </c>
+      <c r="P54" s="7" t="s">
+        <v>99</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="7" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="B55" s="7" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C55" s="7" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="D55" s="7" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="E55" s="7" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="F55" s="7" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="G55" s="7" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="H55" s="7" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="I55" s="7" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="J55" s="7" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="K55" s="7" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="L55" s="7" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="M55" s="7" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="N55" s="7" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="O55" s="7" t="s">
-        <v>96</v>
+        <v>100</v>
+      </c>
+      <c r="P55" s="7" t="s">
+        <v>100</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="7" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="B56" s="7" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="C56" s="7" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="D56" s="7" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="E56" s="7" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="F56" s="7" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="G56" s="7" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="H56" s="7" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="I56" s="7" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="J56" s="7" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="K56" s="7" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="L56" s="7" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="M56" s="7" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="N56" s="7" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="O56" s="7" t="s">
-        <v>97</v>
+        <v>101</v>
+      </c>
+      <c r="P56" s="7" t="s">
+        <v>101</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="7" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="B57" s="7" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="C57" s="7" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="D57" s="7" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="E57" s="7" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="F57" s="7" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="G57" s="7" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="H57" s="7" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="I57" s="7" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="J57" s="7" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="K57" s="7" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="L57" s="7" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="M57" s="7" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="N57" s="7" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="O57" s="7" t="s">
-        <v>98</v>
+        <v>102</v>
+      </c>
+      <c r="P57" s="7" t="s">
+        <v>102</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="7" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="B58" s="7" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="C58" s="7" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="D58" s="7" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="E58" s="7" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="F58" s="7" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="G58" s="7" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="H58" s="7" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="I58" s="7" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="J58" s="7" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="K58" s="7" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="L58" s="7" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="M58" s="7" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="N58" s="7" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="O58" s="7" t="s">
-        <v>99</v>
+        <v>103</v>
+      </c>
+      <c r="P58" s="7" t="s">
+        <v>103</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="7" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="B59" s="7" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="C59" s="7" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="D59" s="7" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E59" s="7" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="F59" s="7" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="G59" s="7" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="H59" s="7" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="I59" s="7" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="J59" s="7" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="K59" s="7" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="L59" s="7" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="M59" s="7" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="N59" s="7" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="O59" s="7" t="s">
-        <v>100</v>
+        <v>104</v>
+      </c>
+      <c r="P59" s="7" t="s">
+        <v>104</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="7" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="B60" s="7" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="C60" s="7" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="D60" s="7" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="E60" s="7" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F60" s="7" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="G60" s="7" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="H60" s="7" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="I60" s="7" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="J60" s="7" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="K60" s="7" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="L60" s="7" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="M60" s="7" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="N60" s="7" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="O60" s="7" t="s">
-        <v>101</v>
+        <v>105</v>
+      </c>
+      <c r="P60" s="7" t="s">
+        <v>105</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="7" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="B61" s="7" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="C61" s="7" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="D61" s="7" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="E61" s="7" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F61" s="7" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G61" s="7" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="H61" s="7" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="I61" s="7" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="J61" s="7" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="K61" s="7" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="L61" s="7" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="M61" s="7" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="N61" s="7" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="O61" s="7" t="s">
-        <v>102</v>
+        <v>106</v>
+      </c>
+      <c r="P61" s="7" t="s">
+        <v>106</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="7" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="B62" s="7" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="C62" s="7" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="D62" s="7" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="E62" s="7" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="F62" s="7" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="G62" s="7" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="H62" s="7" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="I62" s="7" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="J62" s="7" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="K62" s="7" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="L62" s="7" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="M62" s="7" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="N62" s="7" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="O62" s="7" t="s">
-        <v>103</v>
+        <v>107</v>
+      </c>
+      <c r="P62" s="7" t="s">
+        <v>107</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="7" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="B63" s="7" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C63" s="7" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="D63" s="7" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="E63" s="7" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="F63" s="7" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="G63" s="7" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="H63" s="7" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="I63" s="7" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="J63" s="7" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="K63" s="7" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="L63" s="7" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="M63" s="7" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="N63" s="7" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="O63" s="7" t="s">
-        <v>104</v>
+        <v>108</v>
+      </c>
+      <c r="P63" s="7" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="B64" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="C64" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="D64" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="E64" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="F64" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="G64" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="H64" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="I64" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="J64" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="K64" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="L64" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="M64" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="N64" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="O64" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="P64" s="7" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="65">
-      <c r="A65" s="1" t="s">
-[...42 lines deleted...]
-        <v>105</v>
+      <c r="A65" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="B65" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="C65" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="D65" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="E65" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="F65" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="G65" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="H65" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="I65" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="J65" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="K65" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="L65" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="M65" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="N65" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="O65" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="P65" s="7" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="7" t="s">
+        <v>111</v>
+      </c>
+      <c r="B66" s="7" t="s">
+        <v>111</v>
+      </c>
+      <c r="C66" s="7" t="s">
+        <v>111</v>
+      </c>
+      <c r="D66" s="7" t="s">
+        <v>111</v>
+      </c>
+      <c r="E66" s="7" t="s">
+        <v>111</v>
+      </c>
+      <c r="F66" s="7" t="s">
+        <v>111</v>
+      </c>
+      <c r="G66" s="7" t="s">
+        <v>111</v>
+      </c>
+      <c r="H66" s="7" t="s">
+        <v>111</v>
+      </c>
+      <c r="I66" s="7" t="s">
+        <v>111</v>
+      </c>
+      <c r="J66" s="7" t="s">
+        <v>111</v>
+      </c>
+      <c r="K66" s="7" t="s">
+        <v>111</v>
+      </c>
+      <c r="L66" s="7" t="s">
+        <v>111</v>
+      </c>
+      <c r="M66" s="7" t="s">
+        <v>111</v>
+      </c>
+      <c r="N66" s="7" t="s">
+        <v>111</v>
+      </c>
+      <c r="O66" s="7" t="s">
+        <v>111</v>
+      </c>
+      <c r="P66" s="7" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="68">
-      <c r="A68" s="8" t="s">
-        <v>106</v>
+      <c r="A68" s="1" t="s">
+        <v>112</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>107</v>
-[...15 lines deleted...]
-        <v>109</v>
+        <v>112</v>
+      </c>
+      <c r="C68" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D68" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="E68" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="F68" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="H68" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="I68" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="J68" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="K68" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="L68" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="M68" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="N68" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="O68" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="P68" s="1" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="8" t="s">
+        <v>113</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="9" t="s">
+        <v>113</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="10" t="s">
+        <v>113</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>116</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:O1"/>
+    <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:A3"/>
-    <mergeCell ref="C2:O2"/>
-[...14 lines deleted...]
-    <mergeCell ref="J16:O16"/>
+    <mergeCell ref="C2:P2"/>
+    <mergeCell ref="C4:P4"/>
+    <mergeCell ref="D5:K5"/>
+    <mergeCell ref="L5:P5"/>
+    <mergeCell ref="B6:P6"/>
+    <mergeCell ref="L7:P7"/>
+    <mergeCell ref="B8:P8"/>
+    <mergeCell ref="J9:P9"/>
+    <mergeCell ref="L10:P10"/>
+    <mergeCell ref="J11:P11"/>
+    <mergeCell ref="C12:E12"/>
+    <mergeCell ref="F12:P12"/>
+    <mergeCell ref="L13:P13"/>
+    <mergeCell ref="B14:I14"/>
+    <mergeCell ref="J14:P14"/>
+    <mergeCell ref="F15:I15"/>
+    <mergeCell ref="J15:P15"/>
+    <mergeCell ref="J16:P16"/>
     <mergeCell ref="B18:I18"/>
-    <mergeCell ref="J18:O18"/>
-[...8 lines deleted...]
-    <mergeCell ref="K24:O24"/>
+    <mergeCell ref="J18:P18"/>
+    <mergeCell ref="B19:F19"/>
+    <mergeCell ref="J19:P19"/>
+    <mergeCell ref="B20:F20"/>
+    <mergeCell ref="L20:P20"/>
+    <mergeCell ref="C21:P21"/>
+    <mergeCell ref="B22:K22"/>
+    <mergeCell ref="L22:P22"/>
+    <mergeCell ref="L23:P23"/>
+    <mergeCell ref="B24:P24"/>
+    <mergeCell ref="B25:G25"/>
     <mergeCell ref="H25:I25"/>
-    <mergeCell ref="J25:O25"/>
-[...42 lines deleted...]
-    <mergeCell ref="A65:O65"/>
+    <mergeCell ref="J25:P25"/>
+    <mergeCell ref="C26:O26"/>
+    <mergeCell ref="B27:P27"/>
+    <mergeCell ref="B28:E28"/>
+    <mergeCell ref="F28:I28"/>
+    <mergeCell ref="J28:P28"/>
+    <mergeCell ref="L29:P29"/>
+    <mergeCell ref="L30:P30"/>
+    <mergeCell ref="L31:P31"/>
+    <mergeCell ref="B32:M32"/>
+    <mergeCell ref="N32:P32"/>
+    <mergeCell ref="H33:O33"/>
+    <mergeCell ref="A35:P35"/>
+    <mergeCell ref="A36:P36"/>
+    <mergeCell ref="A37:P37"/>
+    <mergeCell ref="A38:P38"/>
+    <mergeCell ref="A39:P39"/>
+    <mergeCell ref="A40:P40"/>
+    <mergeCell ref="A41:P41"/>
+    <mergeCell ref="A42:P42"/>
+    <mergeCell ref="A43:P43"/>
+    <mergeCell ref="A44:P44"/>
+    <mergeCell ref="A45:P45"/>
+    <mergeCell ref="A46:P46"/>
+    <mergeCell ref="A47:P47"/>
+    <mergeCell ref="A48:P48"/>
+    <mergeCell ref="A49:P49"/>
+    <mergeCell ref="A50:P50"/>
+    <mergeCell ref="A51:P51"/>
+    <mergeCell ref="A52:P52"/>
+    <mergeCell ref="A53:P53"/>
+    <mergeCell ref="A54:P54"/>
+    <mergeCell ref="A55:P55"/>
+    <mergeCell ref="A56:P56"/>
+    <mergeCell ref="A57:P57"/>
+    <mergeCell ref="A58:P58"/>
+    <mergeCell ref="A59:P59"/>
+    <mergeCell ref="A60:P60"/>
+    <mergeCell ref="A61:P61"/>
+    <mergeCell ref="A62:P62"/>
+    <mergeCell ref="A63:P63"/>
+    <mergeCell ref="A64:P64"/>
+    <mergeCell ref="A65:P65"/>
+    <mergeCell ref="A66:P66"/>
+    <mergeCell ref="A68:P68"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>