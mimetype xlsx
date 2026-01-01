--- v0 (2025-11-01)
+++ v1 (2026-01-01)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R4b776f3800394145" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R19a053016e1d4212" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Ref2ae1eed05349e2"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R3e71014a331b4e6f"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="69">
   <si>
     <t>Herpes Zoster: Recommended vaccinations</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
@@ -197,51 +197,51 @@
     <t>4: 2 doses with a minimal and maximum interval of 2 to 6 months respectively between doses.
 Vaccination with the inactivated herpes zoster subunit vaccine. see recommendation background paper: https://link.springer.com/article/10.1007/s00103-019-02882-5</t>
   </si>
   <si>
     <t>5: 2 doses (RZV vaccine) in immunocompromised with 2 or more episodes of herpes-zoster</t>
   </si>
   <si>
     <t>6: ZVL for 60-75 years, RZV for immunocompromised</t>
   </si>
   <si>
     <t>7: 1 or 2 doses depending on the vaccine used</t>
   </si>
   <si>
     <t xml:space="preserve">8: for immunosuppressed or ahead of period of immunosuppression. 2 doses 1-2 months apart. </t>
   </si>
   <si>
     <t>9: 2 doses 6-8 months apart</t>
   </si>
   <si>
     <t xml:space="preserve">10: Recommended for adults with certain risk conditions. Two doses with a minimal interval of 2 months between doses. Vaccination with the inactivated herpes zoster subunit vaccine. Additional information available: https://www.sanidad.gob.es/areas/promocionPrevencion/vacunaciones/programasDeVacunacion/docs/HerpesZoster_RecomendacionesVacunacion.pdf </t>
   </si>
   <si>
     <t xml:space="preserve">11: Two doses with a minimal interval of 2 months between doses. Vaccination with the inactivated herpes zoster subunit vaccine.  Additional information available: https://www.sanidad.gob.es/areas/promocionPrevencion/vacunaciones/programasDeVacunacion/docs/HerpesZoster_RecomendacionesVacunacion.pdf </t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-11-01 at 23:21.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-01-01 at 05:25.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -296,51 +296,51 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Ref2ae1eed05349e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R26bd1ed05bae439e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R12cedc9e7fab472f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R3e71014a331b4e6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R4f738f5cb6e0473a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Re2fdd0083bc84e6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I53"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
     <col min="8" max="8" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">