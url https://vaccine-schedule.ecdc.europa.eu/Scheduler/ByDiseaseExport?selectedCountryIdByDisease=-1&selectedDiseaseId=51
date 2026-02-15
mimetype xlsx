--- v1 (2026-01-01)
+++ v2 (2026-02-15)
@@ -1,1087 +1,1358 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R19a053016e1d4212" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rabc1bcca903e4a84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R3e71014a331b4e6f"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R990fbfbf1a3844c1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77" uniqueCount="77">
   <si>
     <t>Herpes Zoster: Recommended vaccinations</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
+    <t>26</t>
+  </si>
+  <si>
     <t>50</t>
   </si>
   <si>
+    <t>59</t>
+  </si>
+  <si>
     <t>60</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>&gt;= 76</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
+    <t>ZOS (1 )</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belgium  </t>
+  </si>
+  <si>
+    <t>ZOS (2 )</t>
+  </si>
+  <si>
+    <t>Bulgaria</t>
+  </si>
+  <si>
+    <t>Croatia</t>
+  </si>
+  <si>
+    <t>ZOS (3 )</t>
+  </si>
+  <si>
+    <t>Cyprus</t>
+  </si>
+  <si>
+    <t>ZOS (4 )</t>
+  </si>
+  <si>
+    <t>Czechia</t>
+  </si>
+  <si>
+    <t>ZOS (5 )</t>
+  </si>
+  <si>
     <t>ZOS</t>
   </si>
   <si>
-    <t xml:space="preserve">Belgium  </t>
-[...19 lines deleted...]
-  <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
-    <t>ZOS (3 )</t>
+    <t>ZOS (6 )</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>ZOS (4 )</t>
+    <t>ZOS (7 )</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
-    <t>ZOS (5 )</t>
-[...2 lines deleted...]
-    <t>ZOS (6 )</t>
+    <t>ZOS (8 )</t>
+  </si>
+  <si>
+    <t>ZOS (9 )</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
-    <t>ZOS (7 )</t>
+    <t>ZOS (10 )</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
-    <t>ZOS (8 )</t>
-[...2 lines deleted...]
-    <t>ZOS (9 )</t>
+    <t>ZOS (11 )</t>
+  </si>
+  <si>
+    <t>ZOS (12 )</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
-    <t>ZOS (10 )</t>
-[...2 lines deleted...]
-    <t>ZOS (11 )</t>
+    <t>ZOS (13 )</t>
+  </si>
+  <si>
+    <t>ZOS (14 )</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
-    <t>1: https://www.health.belgium.be/sites/default/files/uploads/fields/fpshealth_theme_file/20220906_css-9684_herpes_zoster_vweb.pdf</t>
-[...33 lines deleted...]
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-01-01 at 05:25.</t>
+    <t>1: Zoster vaccination refunded for certain high-risk individuals aged 18 and over. Free of charge for people aged 60 and over.</t>
+  </si>
+  <si>
+    <t>2: Partially funded only for some risk groups. https://www.health.belgium.be/sites/default/files/uploads/fields/fpshealth_theme_file/20220906_css-9684_herpes_zoster_vweb.pdf</t>
+  </si>
+  <si>
+    <t>3: Vaccination is recommended and funded by Croatian Health Insurance for certain at risk groups 18+ (eg people after HSCT, people on JAK inhibitors therapy).</t>
+  </si>
+  <si>
+    <t>4: May include two doses depending on the vaccine product, in which case are administered two months apart.</t>
+  </si>
+  <si>
+    <t>5: Recommended for adults with certain risk conditions and for all individuals of age 50 and older. Vaccination not funded by the National Health System. More information: https://www.vakcinace.eu/doporuceni-a-stanoviska/doporuceni-ceske-vakcinologicke-spolecnosti-cls-jep-pro-ockovani-proti-pasovemu-oparu-herpes-zoster</t>
+  </si>
+  <si>
+    <t>6: Recommended for adults 18-64 years with certain risk conditions (immunodepressed). Two doses with a minimal interval of 2 months between doses. Vaccination with the inactivated herpes zoster subunit vaccine. for further information, please refert to https://sante.gouv.fr/prevention-en-sante/preserver-sa-sante/vaccination/calendrier-vaccinal</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7:  2 doses with an interval of 2 to 6 months respectively between doses; for individuals aged 18-59 years only indicated for persons with certain medical condition or underlying disease associated with increased risk of herpes zoster. Vaccination with the inactivated herpes zoster subunit vaccine. See recommendation background paper: https://link.springer.com/article/10.1007/s00103-019-02882-5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8:  Two doses (RZV vaccine) in immunocompromised.</t>
+  </si>
+  <si>
+    <t>9: RZV 2 doses</t>
+  </si>
+  <si>
+    <t>10: 1 or 2 doses depending on the vaccine used</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11: for immunosuppressed or ahead of period of immunosuppression. 2 doses 1-2 months apart. </t>
+  </si>
+  <si>
+    <t>12: 2 doses 2-6 months apart</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13: Recommended for adults with certain risk conditions. Two doses with a minimal interval of 2 months between doses. Vaccination with the inactivated herpes zoster subunit vaccine. Additional information available: https://www.sanidad.gob.es/areas/promocionPrevencion/vacunaciones/programasDeVacunacion/docs/HerpesZoster_RecomendacionesVacunacion.pdf </t>
+  </si>
+  <si>
+    <t xml:space="preserve">14: Two doses with a minimal interval of 2 months between doses. Vaccination with the inactivated herpes zoster subunit vaccine.  Additional information available: https://www.sanidad.gob.es/areas/promocionPrevencion/vacunaciones/programasDeVacunacion/docs/HerpesZoster_RecomendacionesVacunacion.pdf </t>
+  </si>
+  <si>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-15 at 22:23.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FF7DA826" tint="0"/>
+        <fgColor rgb="FF347B46" tint="0"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FF347B46" tint="0"/>
+        <fgColor rgb="FF7DA826" tint="0"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD2DD6A" tint="0"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="11">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R3e71014a331b4e6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R4f738f5cb6e0473a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Re2fdd0083bc84e6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R990fbfbf1a3844c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R7f1ca62b59a443d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R9aafc7d79439402a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I53"/>
+  <dimension ref="A1:K56"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
     <col min="8" max="8" width="13.17" customWidth="1" style="1"/>
+    <col min="9" max="9" width="13.17" customWidth="1" style="1"/>
+    <col min="10" max="10" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="I1" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="J1" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="K1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
+      <c r="J2" s="1"/>
+      <c r="K2" s="1"/>
     </row>
     <row r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="3" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>9</v>
       </c>
+      <c r="J3" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="K3" s="3" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
-      <c r="F4" s="1"/>
+      <c r="F4" s="6" t="s">
+        <v>13</v>
+      </c>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
+      <c r="J4" s="1"/>
+      <c r="K4" s="1"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="s">
-        <v>12</v>
-[...5 lines deleted...]
-      <c r="F5" s="1"/>
+        <v>14</v>
+      </c>
+      <c r="F5" s="6" t="s">
+        <v>15</v>
+      </c>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
+      <c r="J5" s="1"/>
+      <c r="K5" s="1"/>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="s">
-        <v>15</v>
-      </c>
+        <v>17</v>
+      </c>
+      <c r="B7" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="C7" s="1"/>
+      <c r="D7" s="1"/>
+      <c r="E7" s="1"/>
+      <c r="F7" s="1"/>
+      <c r="G7" s="1"/>
+      <c r="H7" s="1"/>
+      <c r="I7" s="1"/>
+      <c r="J7" s="1"/>
+      <c r="K7" s="1"/>
     </row>
     <row r="8">
       <c r="A8" s="4" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-      <c r="F8" s="1"/>
+        <v>19</v>
+      </c>
+      <c r="F8" s="6" t="s">
+        <v>20</v>
+      </c>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
+      <c r="J8" s="1"/>
+      <c r="K8" s="1"/>
     </row>
     <row r="9">
       <c r="A9" s="4" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-      <c r="D9" s="1"/>
+        <v>21</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="C9" s="1"/>
+      <c r="D9" s="6" t="s">
+        <v>23</v>
+      </c>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
       <c r="I9" s="1"/>
+      <c r="J9" s="1"/>
+      <c r="K9" s="1"/>
     </row>
     <row r="10">
       <c r="A10" s="4" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="4" t="s">
-        <v>20</v>
-[...6 lines deleted...]
-      <c r="I11" s="1"/>
+        <v>25</v>
+      </c>
     </row>
     <row r="12">
       <c r="A12" s="4" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="4" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="B13" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C13" s="1"/>
+      <c r="D13" s="1"/>
+      <c r="E13" s="1"/>
+      <c r="F13" s="1"/>
       <c r="G13" s="1"/>
+      <c r="H13" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="I13" s="1"/>
     </row>
     <row r="14">
       <c r="A14" s="4" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="B14" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C14" s="1"/>
+      <c r="D14" s="1"/>
+      <c r="E14" s="1"/>
+      <c r="F14" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="G14" s="1"/>
+      <c r="H14" s="1"/>
+      <c r="I14" s="1"/>
+      <c r="J14" s="1"/>
+      <c r="K14" s="1"/>
     </row>
     <row r="15">
       <c r="A15" s="4" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>31</v>
+      </c>
+      <c r="B15" s="5" t="s">
+        <v>32</v>
       </c>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
-      <c r="E15" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E15" s="1"/>
       <c r="F15" s="1"/>
-      <c r="G15" s="1"/>
+      <c r="G15" s="6" t="s">
+        <v>33</v>
+      </c>
       <c r="H15" s="1"/>
+      <c r="I15" s="1"/>
+      <c r="J15" s="1"/>
     </row>
     <row r="16">
       <c r="A16" s="4" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="4" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="4" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="4" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>37</v>
+      </c>
+      <c r="H19" s="6" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="4" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="4" t="s">
-        <v>35</v>
-[...5 lines deleted...]
-      <c r="H21" s="1"/>
+        <v>40</v>
+      </c>
+      <c r="H21" s="5" t="s">
+        <v>23</v>
+      </c>
       <c r="I21" s="1"/>
+      <c r="J21" s="1"/>
+      <c r="K21" s="1"/>
     </row>
     <row r="22">
       <c r="A22" s="4" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="4" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>42</v>
+      </c>
+      <c r="B23" s="5" t="s">
+        <v>43</v>
       </c>
       <c r="C23" s="1"/>
       <c r="D23" s="1"/>
       <c r="E23" s="1"/>
-      <c r="F23" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F23" s="1"/>
       <c r="G23" s="1"/>
-      <c r="H23" s="1"/>
+      <c r="H23" s="6" t="s">
+        <v>44</v>
+      </c>
       <c r="I23" s="1"/>
+      <c r="J23" s="1"/>
+      <c r="K23" s="1"/>
     </row>
     <row r="24">
       <c r="A24" s="4" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="4" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="4" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="4" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="4" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="4" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="4" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="4" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="4" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>53</v>
+      </c>
+      <c r="B32" s="5" t="s">
+        <v>54</v>
       </c>
       <c r="C32" s="1"/>
       <c r="D32" s="1"/>
       <c r="E32" s="1"/>
-      <c r="F32" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F32" s="1"/>
       <c r="G32" s="1"/>
-      <c r="H32" s="1"/>
+      <c r="H32" s="6" t="s">
+        <v>55</v>
+      </c>
       <c r="I32" s="1"/>
+      <c r="J32" s="1"/>
+      <c r="K32" s="1"/>
     </row>
     <row r="33">
       <c r="A33" s="4" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="4" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="F35" s="4" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="G35" s="4" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="H35" s="4" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="I35" s="4" t="s">
-        <v>52</v>
+        <v>57</v>
+      </c>
+      <c r="J35" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="K35" s="4" t="s">
+        <v>57</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="7" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="B36" s="7" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="C36" s="7" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="D36" s="7" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="E36" s="7" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="F36" s="7" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G36" s="7" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="H36" s="7" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="I36" s="7" t="s">
-        <v>53</v>
+        <v>58</v>
+      </c>
+      <c r="J36" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="K36" s="7" t="s">
+        <v>58</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="7" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B37" s="7" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="C37" s="7" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="D37" s="7" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="E37" s="7" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="F37" s="7" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="G37" s="7" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="H37" s="7" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="I37" s="7" t="s">
-        <v>54</v>
+        <v>59</v>
+      </c>
+      <c r="J37" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="K37" s="7" t="s">
+        <v>59</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="7" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="B38" s="7" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="C38" s="7" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="D38" s="7" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="E38" s="7" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="F38" s="7" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="G38" s="7" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="H38" s="7" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="I38" s="7" t="s">
-        <v>55</v>
+        <v>60</v>
+      </c>
+      <c r="J38" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="K38" s="7" t="s">
+        <v>60</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="7" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="B39" s="7" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="F39" s="7" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="G39" s="7" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="H39" s="7" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="I39" s="7" t="s">
-        <v>56</v>
+        <v>61</v>
+      </c>
+      <c r="J39" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="K39" s="7" t="s">
+        <v>61</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="7" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="B40" s="7" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="C40" s="7" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="D40" s="7" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="E40" s="7" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="F40" s="7" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="G40" s="7" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="H40" s="7" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="I40" s="7" t="s">
-        <v>57</v>
+        <v>62</v>
+      </c>
+      <c r="J40" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="K40" s="7" t="s">
+        <v>62</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="7" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="B41" s="7" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="C41" s="7" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="D41" s="7" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="E41" s="7" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="F41" s="7" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="G41" s="7" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="H41" s="7" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="I41" s="7" t="s">
-        <v>58</v>
+        <v>63</v>
+      </c>
+      <c r="J41" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="K41" s="7" t="s">
+        <v>63</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="7" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="B42" s="7" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="C42" s="7" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="D42" s="7" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="E42" s="7" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="F42" s="7" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="G42" s="7" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="H42" s="7" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="I42" s="7" t="s">
-        <v>59</v>
+        <v>64</v>
+      </c>
+      <c r="J42" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="K42" s="7" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="7" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="B43" s="7" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="C43" s="7" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="D43" s="7" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="F43" s="7" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="G43" s="7" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="H43" s="7" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="I43" s="7" t="s">
-        <v>60</v>
+        <v>65</v>
+      </c>
+      <c r="J43" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="K43" s="7" t="s">
+        <v>65</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="7" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="B44" s="7" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="C44" s="7" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D44" s="7" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="E44" s="7" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="F44" s="7" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="G44" s="7" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="H44" s="7" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="I44" s="7" t="s">
-        <v>61</v>
+        <v>66</v>
+      </c>
+      <c r="J44" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K44" s="7" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="7" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B45" s="7" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="C45" s="7" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="D45" s="7" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="E45" s="7" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="F45" s="7" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="G45" s="7" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H45" s="7" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="I45" s="7" t="s">
-        <v>62</v>
+        <v>67</v>
+      </c>
+      <c r="J45" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="K45" s="7" t="s">
+        <v>67</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="7" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="B46" s="7" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="C46" s="7" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="D46" s="7" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="E46" s="7" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="F46" s="7" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="G46" s="7" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="H46" s="7" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="I46" s="7" t="s">
-        <v>63</v>
+        <v>68</v>
+      </c>
+      <c r="J46" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="K46" s="7" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B47" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C47" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="D47" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="E47" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="F47" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="G47" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="H47" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="I47" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="J47" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="K47" s="7" t="s">
+        <v>69</v>
       </c>
     </row>
     <row r="48">
-      <c r="A48" s="1" t="s">
-[...24 lines deleted...]
-        <v>64</v>
+      <c r="A48" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="B48" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="C48" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="D48" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="E48" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="F48" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="G48" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="H48" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="I48" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="J48" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="K48" s="7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="B49" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="C49" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="D49" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="E49" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="F49" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="G49" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="H49" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="I49" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="J49" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="K49" s="7" t="s">
+        <v>71</v>
       </c>
     </row>
     <row r="51">
-      <c r="A51" s="8" t="s">
-        <v>65</v>
+      <c r="A51" s="1" t="s">
+        <v>72</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>66</v>
-[...15 lines deleted...]
-        <v>68</v>
+        <v>72</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="E51" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="F51" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="H51" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="I51" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="J51" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="K51" s="1" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B54" s="1" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>76</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="A1:K1"/>
     <mergeCell ref="A2:A3"/>
-    <mergeCell ref="B2:I2"/>
-[...25 lines deleted...]
-    <mergeCell ref="A48:I48"/>
+    <mergeCell ref="B2:K2"/>
+    <mergeCell ref="B4:E4"/>
+    <mergeCell ref="F4:K4"/>
+    <mergeCell ref="F5:K5"/>
+    <mergeCell ref="B7:K7"/>
+    <mergeCell ref="F8:K8"/>
+    <mergeCell ref="B9:C9"/>
+    <mergeCell ref="D9:K9"/>
+    <mergeCell ref="B13:G13"/>
+    <mergeCell ref="H13:I13"/>
+    <mergeCell ref="B14:E14"/>
+    <mergeCell ref="F14:K14"/>
+    <mergeCell ref="B15:F15"/>
+    <mergeCell ref="G15:J15"/>
+    <mergeCell ref="H21:K21"/>
+    <mergeCell ref="B23:G23"/>
+    <mergeCell ref="H23:K23"/>
+    <mergeCell ref="B32:G32"/>
+    <mergeCell ref="H32:K32"/>
+    <mergeCell ref="A35:K35"/>
+    <mergeCell ref="A36:K36"/>
+    <mergeCell ref="A37:K37"/>
+    <mergeCell ref="A38:K38"/>
+    <mergeCell ref="A39:K39"/>
+    <mergeCell ref="A40:K40"/>
+    <mergeCell ref="A41:K41"/>
+    <mergeCell ref="A42:K42"/>
+    <mergeCell ref="A43:K43"/>
+    <mergeCell ref="A44:K44"/>
+    <mergeCell ref="A45:K45"/>
+    <mergeCell ref="A46:K46"/>
+    <mergeCell ref="A47:K47"/>
+    <mergeCell ref="A48:K48"/>
+    <mergeCell ref="A49:K49"/>
+    <mergeCell ref="A51:K51"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>