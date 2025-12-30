--- v0 (2025-10-23)
+++ v1 (2025-12-30)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rf57ee38a1d5f4a7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rcd58bcce3e414cf2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Re8a1ed7940b4427d"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R663778b68e944109"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="69">
   <si>
     <t>Haemophilus Influenzae Type B Infection: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
@@ -196,51 +196,51 @@
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
     <t>1: Minimum interval of 6 month after second dose</t>
   </si>
   <si>
     <t>2: Not earlier than 12 months after the 3rd dose</t>
   </si>
   <si>
     <t xml:space="preserve">3: The first dose of hexavalent vaccine is given from the end of the 2nd month of life, at intervals of two months between the first and the second dose,  and the third dose given between the eleventh and thirteenth months of the child's age</t>
   </si>
   <si>
     <t>4: optional dosis if monovalent and other combination vaccines are used</t>
   </si>
   <si>
     <t>5: number of doses necessary varies according to age</t>
   </si>
   <si>
     <t>6: Hib/MenC combined vaccine</t>
   </si>
   <si>
     <t>7: For premature infants (born before 33 weeks) or with a birthweight &lt;1500g, a 3+1 schedule is recommended</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-23 at 11:59.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-12-30 at 19:08.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -298,51 +298,51 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Re8a1ed7940b4427d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R717098fedba34ec8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rb07307fac7164e02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R663778b68e944109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R7f668629ba774758" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R461e172d7b6b4f64" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T49"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
     <col min="8" max="8" width="13.17" customWidth="1" style="1"/>
     <col min="9" max="9" width="13.17" customWidth="1" style="1"/>
     <col min="10" max="10" width="13.17" customWidth="1" style="1"/>
     <col min="11" max="11" width="13.17" customWidth="1" style="1"/>
     <col min="12" max="12" width="13.17" customWidth="1" style="1"/>
     <col min="13" max="13" width="13.17" customWidth="1" style="1"/>
     <col min="14" max="14" width="13.17" customWidth="1" style="1"/>
     <col min="15" max="15" width="13.17" customWidth="1" style="1"/>