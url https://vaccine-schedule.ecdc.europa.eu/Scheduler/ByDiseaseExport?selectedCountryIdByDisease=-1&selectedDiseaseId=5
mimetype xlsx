--- v1 (2025-12-30)
+++ v2 (2026-02-14)
@@ -1,246 +1,273 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rcd58bcce3e414cf2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfd95c1d6a4ca45af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R663778b68e944109"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R0620ffd741a14d5a"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="78">
   <si>
     <t>Haemophilus Influenzae Type B Infection: Recommended vaccinations</t>
   </si>
   <si>
+    <t>Weeks</t>
+  </si>
+  <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
+    <t>6</t>
+  </si>
+  <si>
     <t>2</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>6</t>
-[...1 lines deleted...]
-  <si>
     <t>8</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>19-20</t>
   </si>
   <si>
     <t>&gt;= 19</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
+    <t>Hib (1 )</t>
+  </si>
+  <si>
+    <t>Hib (2 )</t>
+  </si>
+  <si>
+    <t>Hib (3 )</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belgium  </t>
+  </si>
+  <si>
     <t>Hib</t>
   </si>
   <si>
-    <t>Hib (1 )</t>
-[...4 lines deleted...]
-  <si>
     <t>Bulgaria</t>
   </si>
   <si>
-    <t>Hib (2 )</t>
+    <t>Hib (4 )</t>
+  </si>
+  <si>
+    <t>Hib (5 )</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
     <t>Czechia</t>
   </si>
   <si>
-    <t>Hib (3 )</t>
+    <t>Hib (6 )</t>
+  </si>
+  <si>
+    <t>Hib (7 )</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>Hib (4 )</t>
-[...2 lines deleted...]
-    <t>Hib (5 )</t>
+    <t>Hib (8 )</t>
+  </si>
+  <si>
+    <t>Hib (9 )</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
-    <t>Hib (6 )</t>
-[...1 lines deleted...]
-  <si>
     <t>Italy</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
-    <t>Hib (7 )</t>
+    <t>Hib (10 )</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
+    <t>Hib (11 )</t>
+  </si>
+  <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
-    <t>1: Minimum interval of 6 month after second dose</t>
-[...20 lines deleted...]
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-12-30 at 19:08.</t>
+    <t>1: Primary immunisation with a hexavalent vaccine as soon as possible after the age of 6 weeks (in any case by 3 months of age)</t>
+  </si>
+  <si>
+    <t>2: Second dose of a hexavalent vaccine should be given 2 months after the first dose</t>
+  </si>
+  <si>
+    <t>3: The third dose of the hexavalent vaccine should be given 6 months after the second dose, at the age of 10–12 months</t>
+  </si>
+  <si>
+    <t>4: Routine vaccination against diphtheria, tetanus, pertussis, poliomyelitis, Haemophilus influenzae type B infections, and viral hepatitis type B vaccination begins at 6 weeks of age. Second and third doses are given at week 10 and week 14. For children born to mothers vaccinated during pregnancy against pertussis, mandatory immunization against diphtheria, tetanus, pertussis, poliomyelitis, Haemophilus influenzae type B infections, and viral hepatitis type B is carried out from two months of age. Subsequent immunizations are administered no earlier than 4 weeks after the previous dose, at three and four months of age, respectively. For children born to mothers vaccinated during pregnancy against pertussis, mandatory immunization against diphtheria, tetanus, pertussis, poliomyelitis, Haemophilus influenzae type B infections, and viral hepatitis type B is carried out from two months of age. Subsequent immunizations are administered no earlier than 4 weeks after the previous dose, at three and four months of age, respectively.</t>
+  </si>
+  <si>
+    <t>5: Not earlier than 12 months after the 3rd dose</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6: The first dose of hexavalent vaccine is given from the end of the 2nd month of life, at intervals of two months between the first and the second dose,  and the third dose given between the eleventh and thirteenth months of the child's age</t>
+  </si>
+  <si>
+    <t>7: Recommended for specific risk groups and it´s covered by the health insurance</t>
+  </si>
+  <si>
+    <t>8: Optional dose if monovalent and other combination vaccines are used</t>
+  </si>
+  <si>
+    <t>9: Number of doses necessary varies according to age</t>
+  </si>
+  <si>
+    <t>10: For premature infants (born before 33 weeks) or with a birthweight &lt;1500g, a 3+1 schedule is recommended</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11: This additional vaccination is recommended only for infants at 2 months of age whose mothers were not vaccinated during pregnancy, and in specific circumstances. In all other cases, infants born to mothers vaccinated during pregnancy (at 22 weeks gestation) receive a two-dose primary series at 3 and 5 months of age. </t>
+  </si>
+  <si>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-14 at 01:39.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -298,80 +325,81 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R663778b68e944109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R7f668629ba774758" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R461e172d7b6b4f64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R0620ffd741a14d5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rea94d916927d46eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rcd8c5271f288463f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T49"/>
+  <dimension ref="A1:U53"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
     <col min="8" max="8" width="13.17" customWidth="1" style="1"/>
     <col min="9" max="9" width="13.17" customWidth="1" style="1"/>
     <col min="10" max="10" width="13.17" customWidth="1" style="1"/>
     <col min="11" max="11" width="13.17" customWidth="1" style="1"/>
     <col min="12" max="12" width="13.17" customWidth="1" style="1"/>
     <col min="13" max="13" width="13.17" customWidth="1" style="1"/>
     <col min="14" max="14" width="13.17" customWidth="1" style="1"/>
     <col min="15" max="15" width="13.17" customWidth="1" style="1"/>
     <col min="16" max="16" width="13.17" customWidth="1" style="1"/>
     <col min="17" max="17" width="13.17" customWidth="1" style="1"/>
     <col min="18" max="18" width="13.17" customWidth="1" style="1"/>
     <col min="19" max="19" width="13.17" customWidth="1" style="1"/>
+    <col min="20" max="20" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="2" t="s">
@@ -391,1251 +419,1553 @@
       </c>
       <c r="M1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="P1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="Q1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="R1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="S1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="T1" s="2" t="s">
         <v>0</v>
       </c>
+      <c r="U1" s="2" t="s">
+        <v>0</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="1"/>
+      <c r="C2" s="3" t="s">
+        <v>2</v>
+      </c>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
-      <c r="P2" s="3" t="s">
-[...2 lines deleted...]
-      <c r="Q2" s="1"/>
+      <c r="P2" s="1"/>
+      <c r="Q2" s="3" t="s">
+        <v>3</v>
+      </c>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
+      <c r="U2" s="1"/>
     </row>
     <row r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="3" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C3" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="D3" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="E3" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="G3" s="3" t="s">
         <v>4</v>
-      </c>
-[...10 lines deleted...]
-        <v>8</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K3" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="M3" s="3" t="s">
         <v>14</v>
       </c>
       <c r="N3" s="3" t="s">
         <v>15</v>
       </c>
       <c r="O3" s="3" t="s">
         <v>16</v>
       </c>
       <c r="P3" s="3" t="s">
-        <v>3</v>
+        <v>17</v>
       </c>
       <c r="Q3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="R3" s="3" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="S3" s="3" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="T3" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="U3" s="3" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="C4" s="5" t="s">
         <v>19</v>
       </c>
+      <c r="B4" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" s="1"/>
       <c r="D4" s="5" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="E4" s="1"/>
       <c r="I4" s="5" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="J4" s="1"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>24</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="M5" s="5" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>24</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="N6" s="5" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="s">
-        <v>24</v>
-[...13 lines deleted...]
-      <c r="M7" s="1"/>
+        <v>28</v>
+      </c>
+      <c r="C7" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="G7" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="M7" s="5" t="s">
+        <v>24</v>
+      </c>
       <c r="N7" s="1"/>
+      <c r="O7" s="1"/>
     </row>
     <row r="8">
       <c r="A8" s="4" t="s">
-        <v>25</v>
-[...16 lines deleted...]
-      <c r="O8" s="1"/>
+        <v>29</v>
+      </c>
+      <c r="C8" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8" s="1"/>
+      <c r="E8" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="F8" s="1"/>
+      <c r="G8" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="H8" s="1"/>
+      <c r="O8" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="P8" s="1"/>
     </row>
     <row r="9">
       <c r="A9" s="4" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>27</v>
-[...7 lines deleted...]
-      <c r="J9" s="1"/>
+        <v>31</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="J9" s="5" t="s">
+        <v>24</v>
+      </c>
       <c r="K9" s="1"/>
-      <c r="S9" s="6" t="s">
-[...2 lines deleted...]
-      <c r="T9" s="1"/>
+      <c r="L9" s="1"/>
+      <c r="T9" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="U9" s="1"/>
     </row>
     <row r="10">
       <c r="A10" s="4" t="s">
-        <v>28</v>
-[...8 lines deleted...]
-        <v>19</v>
+        <v>33</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="F10" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="K10" s="5" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="4" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>34</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>19</v>
-[...6 lines deleted...]
-        <v>19</v>
+        <v>24</v>
+      </c>
+      <c r="E11" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="F11" s="1"/>
+      <c r="G11" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q11" s="5" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="4" t="s">
-        <v>30</v>
-[...8 lines deleted...]
-        <v>19</v>
+        <v>35</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="F12" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="K12" s="5" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="4" t="s">
-        <v>31</v>
-[...8 lines deleted...]
-        <v>19</v>
+        <v>36</v>
+      </c>
+      <c r="C13" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="J13" s="5" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="4" t="s">
-        <v>32</v>
-[...16 lines deleted...]
-      <c r="K14" s="1"/>
+        <v>37</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D14" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="E14" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="J14" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="K14" s="7" t="s">
+        <v>39</v>
+      </c>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
+      <c r="R14" s="1"/>
     </row>
     <row r="15">
       <c r="A15" s="4" t="s">
-        <v>35</v>
-[...16 lines deleted...]
-      <c r="M15" s="1"/>
+        <v>40</v>
+      </c>
+      <c r="C15" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E15" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="G15" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="K15" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="M15" s="5" t="s">
+        <v>24</v>
+      </c>
       <c r="N15" s="1"/>
-      <c r="O15" s="7" t="s">
-[...2 lines deleted...]
-      <c r="P15" s="1"/>
+      <c r="O15" s="1"/>
+      <c r="P15" s="7" t="s">
+        <v>24</v>
+      </c>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
-      <c r="S15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="S15" s="1"/>
       <c r="T15" s="6" t="s">
-        <v>19</v>
+        <v>24</v>
+      </c>
+      <c r="U15" s="6" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="4" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>24</v>
+      </c>
+      <c r="E16" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="O16" s="5" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="4" t="s">
-        <v>37</v>
-[...8 lines deleted...]
-        <v>19</v>
+        <v>42</v>
+      </c>
+      <c r="D17" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="F17" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="K17" s="5" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="4" t="s">
-        <v>38</v>
-[...11 lines deleted...]
-        <v>39</v>
+        <v>43</v>
+      </c>
+      <c r="C18" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="G18" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" s="5" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="4" t="s">
-        <v>40</v>
-[...8 lines deleted...]
-        <v>19</v>
+        <v>44</v>
+      </c>
+      <c r="C19" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E19" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="I19" s="5" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="4" t="s">
-        <v>41</v>
-[...13 lines deleted...]
-      <c r="K20" s="1"/>
+        <v>45</v>
+      </c>
+      <c r="C20" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E20" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="G20" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="K20" s="5" t="s">
+        <v>24</v>
+      </c>
       <c r="L20" s="1"/>
+      <c r="M20" s="1"/>
     </row>
     <row r="21">
       <c r="A21" s="4" t="s">
-        <v>42</v>
-[...8 lines deleted...]
-        <v>19</v>
+        <v>46</v>
+      </c>
+      <c r="C21" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E21" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="K21" s="5" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="4" t="s">
-        <v>43</v>
-[...11 lines deleted...]
-        <v>19</v>
+        <v>47</v>
+      </c>
+      <c r="C22" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E22" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="G22" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="O22" s="5" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="4" t="s">
-        <v>44</v>
-[...11 lines deleted...]
-        <v>19</v>
+        <v>48</v>
+      </c>
+      <c r="C23" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D23" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="J23" s="5" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="4" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>50</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>24</v>
+      </c>
+      <c r="E24" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="O24" s="5" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="4" t="s">
-        <v>47</v>
-[...11 lines deleted...]
-        <v>19</v>
+        <v>51</v>
+      </c>
+      <c r="C25" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="F25" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="K25" s="5" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="4" t="s">
-        <v>48</v>
-[...8 lines deleted...]
-        <v>19</v>
+        <v>53</v>
+      </c>
+      <c r="D26" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="F26" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="K26" s="5" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="4" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>54</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>19</v>
-[...9 lines deleted...]
-      <c r="N27" s="1"/>
+        <v>24</v>
+      </c>
+      <c r="D27" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E27" s="1"/>
+      <c r="F27" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="G27" s="1"/>
+      <c r="N27" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="O27" s="1"/>
     </row>
     <row r="28">
       <c r="A28" s="4" t="s">
-        <v>50</v>
-[...11 lines deleted...]
-        <v>19</v>
+        <v>55</v>
+      </c>
+      <c r="C28" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E28" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="G28" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="O28" s="5" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="4" t="s">
-        <v>51</v>
-[...8 lines deleted...]
-        <v>19</v>
+        <v>56</v>
+      </c>
+      <c r="C29" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E29" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="J29" s="5" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="4" t="s">
-        <v>52</v>
-[...8 lines deleted...]
-        <v>19</v>
+        <v>57</v>
+      </c>
+      <c r="C30" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E30" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="I30" s="5" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="4" t="s">
-        <v>53</v>
-[...10 lines deleted...]
-      <c r="J31" s="1"/>
+        <v>58</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="F31" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="J31" s="5" t="s">
+        <v>24</v>
+      </c>
       <c r="K31" s="1"/>
       <c r="L31" s="1"/>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
+      <c r="O31" s="1"/>
     </row>
     <row r="32">
       <c r="A32" s="4" t="s">
-        <v>54</v>
-[...8 lines deleted...]
-        <v>19</v>
+        <v>59</v>
+      </c>
+      <c r="C32" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="J32" s="5" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="4" t="s">
-        <v>55</v>
-[...8 lines deleted...]
-        <v>19</v>
+        <v>60</v>
+      </c>
+      <c r="D33" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="F33" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="K33" s="5" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="4" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="F35" s="4" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="G35" s="4" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="H35" s="4" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="I35" s="4" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="J35" s="4" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="K35" s="4" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="L35" s="4" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="M35" s="4" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="N35" s="4" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="O35" s="4" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="P35" s="4" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="Q35" s="4" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="R35" s="4" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="S35" s="4" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="T35" s="4" t="s">
-        <v>56</v>
+        <v>61</v>
+      </c>
+      <c r="U35" s="4" t="s">
+        <v>61</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="8" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="B36" s="8" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="C36" s="8" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="D36" s="8" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="E36" s="8" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="F36" s="8" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="G36" s="8" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="H36" s="8" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="I36" s="8" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="J36" s="8" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="K36" s="8" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="L36" s="8" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="M36" s="8" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="O36" s="8" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="P36" s="8" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="Q36" s="8" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="R36" s="8" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="S36" s="8" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="T36" s="8" t="s">
-        <v>57</v>
+        <v>62</v>
+      </c>
+      <c r="U36" s="8" t="s">
+        <v>62</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="8" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="B37" s="8" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="C37" s="8" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="D37" s="8" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="E37" s="8" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="F37" s="8" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="G37" s="8" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="H37" s="8" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="I37" s="8" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="J37" s="8" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="K37" s="8" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="L37" s="8" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="M37" s="8" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="O37" s="8" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="P37" s="8" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="Q37" s="8" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="R37" s="8" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="S37" s="8" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="T37" s="8" t="s">
-        <v>58</v>
+        <v>63</v>
+      </c>
+      <c r="U37" s="8" t="s">
+        <v>63</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="8" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="B38" s="8" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="C38" s="8" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="D38" s="8" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="E38" s="8" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="F38" s="8" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="G38" s="8" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="H38" s="8" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="I38" s="8" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="J38" s="8" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="K38" s="8" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="L38" s="8" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="M38" s="8" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="O38" s="8" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="P38" s="8" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="Q38" s="8" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="R38" s="8" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="S38" s="8" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="T38" s="8" t="s">
-        <v>59</v>
+        <v>64</v>
+      </c>
+      <c r="U38" s="8" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="8" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="B39" s="8" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="C39" s="8" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="D39" s="8" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="E39" s="8" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="F39" s="8" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="G39" s="8" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="H39" s="8" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="I39" s="8" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="J39" s="8" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="K39" s="8" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="L39" s="8" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="M39" s="8" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="O39" s="8" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="P39" s="8" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="Q39" s="8" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="R39" s="8" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="S39" s="8" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="T39" s="8" t="s">
-        <v>60</v>
+        <v>65</v>
+      </c>
+      <c r="U39" s="8" t="s">
+        <v>65</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="8" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="B40" s="8" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="C40" s="8" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D40" s="8" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="E40" s="8" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="F40" s="8" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="G40" s="8" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="H40" s="8" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="I40" s="8" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="J40" s="8" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="K40" s="8" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="L40" s="8" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="M40" s="8" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="O40" s="8" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="P40" s="8" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="Q40" s="8" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="R40" s="8" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="S40" s="8" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="T40" s="8" t="s">
-        <v>61</v>
+        <v>66</v>
+      </c>
+      <c r="U40" s="8" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="8" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B41" s="8" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="C41" s="8" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="D41" s="8" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="E41" s="8" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="F41" s="8" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="G41" s="8" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="H41" s="8" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="I41" s="8" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="J41" s="8" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="K41" s="8" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="L41" s="8" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="M41" s="8" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="N41" s="8" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="O41" s="8" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="P41" s="8" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="Q41" s="8" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="R41" s="8" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="S41" s="8" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="T41" s="8" t="s">
-        <v>62</v>
+        <v>67</v>
+      </c>
+      <c r="U41" s="8" t="s">
+        <v>67</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="8" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="B42" s="8" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="C42" s="8" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="D42" s="8" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="E42" s="8" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="F42" s="8" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="G42" s="8" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="H42" s="8" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="I42" s="8" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="J42" s="8" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="K42" s="8" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="L42" s="8" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="M42" s="8" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="N42" s="8" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="O42" s="8" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="P42" s="8" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="Q42" s="8" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="R42" s="8" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="S42" s="8" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="T42" s="8" t="s">
-        <v>63</v>
+        <v>68</v>
+      </c>
+      <c r="U42" s="8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B43" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C43" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D43" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="E43" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="F43" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="G43" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="H43" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="I43" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="J43" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="K43" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="L43" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="M43" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="N43" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="O43" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P43" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="Q43" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="R43" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="S43" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="T43" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="U43" s="8" t="s">
+        <v>69</v>
       </c>
     </row>
     <row r="44">
-      <c r="A44" s="1" t="s">
-[...65 lines deleted...]
-        <v>66</v>
+      <c r="A44" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B44" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C44" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="D44" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="E44" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="F44" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="G44" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="H44" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="I44" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="J44" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="K44" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="L44" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="M44" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="N44" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="O44" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P44" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="Q44" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="R44" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="S44" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="T44" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="U44" s="8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B45" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C45" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="D45" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="E45" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="F45" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="G45" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="H45" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="I45" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="J45" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="K45" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="L45" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="M45" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="N45" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="O45" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P45" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q45" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="R45" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="S45" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="T45" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="U45" s="8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B46" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C46" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="D46" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="E46" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="F46" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="G46" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="H46" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="I46" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="J46" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="K46" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="L46" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="M46" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="N46" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="O46" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="P46" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="Q46" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="R46" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="S46" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="T46" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="U46" s="8" t="s">
+        <v>72</v>
       </c>
     </row>
     <row r="48">
-      <c r="A48" s="10" t="s">
-        <v>65</v>
+      <c r="A48" s="1" t="s">
+        <v>73</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>67</v>
-[...7 lines deleted...]
-        <v>68</v>
+        <v>73</v>
+      </c>
+      <c r="C48" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D48" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="E48" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="H48" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="I48" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="J48" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="K48" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="L48" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="M48" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="N48" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="O48" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="P48" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="Q48" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="R48" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="S48" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="T48" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="U48" s="1" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B51" s="1" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B52" s="1" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="11" t="s">
+        <v>74</v>
+      </c>
+      <c r="B53" s="1" t="s">
+        <v>77</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:T1"/>
+    <mergeCell ref="A1:U1"/>
     <mergeCell ref="A2:A3"/>
-    <mergeCell ref="B2:O2"/>
-    <mergeCell ref="P2:T2"/>
+    <mergeCell ref="C2:P2"/>
+    <mergeCell ref="Q2:U2"/>
+    <mergeCell ref="B4:C4"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="I4:J4"/>
-    <mergeCell ref="L7:N7"/>
-[...23 lines deleted...]
-    <mergeCell ref="A44:T44"/>
+    <mergeCell ref="M7:O7"/>
+    <mergeCell ref="C8:D8"/>
+    <mergeCell ref="E8:F8"/>
+    <mergeCell ref="G8:H8"/>
+    <mergeCell ref="O8:P8"/>
+    <mergeCell ref="J9:L9"/>
+    <mergeCell ref="T9:U9"/>
+    <mergeCell ref="E11:F11"/>
+    <mergeCell ref="K14:R14"/>
+    <mergeCell ref="M15:O15"/>
+    <mergeCell ref="P15:S15"/>
+    <mergeCell ref="K20:M20"/>
+    <mergeCell ref="D27:E27"/>
+    <mergeCell ref="F27:G27"/>
+    <mergeCell ref="N27:O27"/>
+    <mergeCell ref="J31:O31"/>
+    <mergeCell ref="A35:U35"/>
+    <mergeCell ref="A36:U36"/>
+    <mergeCell ref="A37:U37"/>
+    <mergeCell ref="A38:U38"/>
+    <mergeCell ref="A39:U39"/>
+    <mergeCell ref="A40:U40"/>
+    <mergeCell ref="A41:U41"/>
+    <mergeCell ref="A42:U42"/>
+    <mergeCell ref="A43:U43"/>
+    <mergeCell ref="A44:U44"/>
+    <mergeCell ref="A45:U45"/>
+    <mergeCell ref="A46:U46"/>
+    <mergeCell ref="A48:U48"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>