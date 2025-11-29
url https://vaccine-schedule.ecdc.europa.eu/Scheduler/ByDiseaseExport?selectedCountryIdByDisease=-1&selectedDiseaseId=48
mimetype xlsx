--- v0 (2025-10-19)
+++ v1 (2025-11-29)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rebbb07204fce4484" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R56f5ed09229c492f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rc5079577679840e3"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rfc9c10ed515445dc"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="110" uniqueCount="110">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="113">
   <si>
     <t>Meningococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Weeks</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
@@ -64,51 +64,54 @@
   <si>
     <t>14</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>&gt;= 25</t>
+    <t>29</t>
+  </si>
+  <si>
+    <t>&gt;= 30</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
     <t>MenB (1 )</t>
   </si>
   <si>
     <t>MCV4/MenB</t>
   </si>
   <si>
     <t>MCV4</t>
   </si>
   <si>
     <t xml:space="preserve">Belgium  </t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
@@ -124,261 +127,267 @@
   <si>
     <t>MCV4/MenB (3 )</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
     <t>MCV4 (4 )</t>
   </si>
   <si>
     <t>MCV4/MenB (5 )</t>
   </si>
   <si>
     <t>MCV4/MenB (6 )</t>
   </si>
   <si>
     <t>MenB (7 )</t>
   </si>
   <si>
+    <t>MCV4 (8 )</t>
+  </si>
+  <si>
     <t>France</t>
   </si>
   <si>
-    <t>MenB (8 )</t>
+    <t>MenB (9 )</t>
   </si>
   <si>
     <t>MenB</t>
   </si>
   <si>
-    <t>MCV4 (9 )</t>
-[...1 lines deleted...]
-  <si>
     <t>MCV4 (10 )</t>
   </si>
   <si>
+    <t>MCV4 (11 )</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>MenB - MenC (11 )</t>
+    <t>MenB - MenC (12 )</t>
   </si>
   <si>
     <t>MenC</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
-    <t>MenC (12 )</t>
+    <t>MenC (13 )</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
-    <t>MenC (13 )</t>
+    <t>MenC (14 )</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
-    <t>MenB (14 )</t>
-[...2 lines deleted...]
-    <t>MCV4 (15 )</t>
+    <t>MenB (15 )</t>
+  </si>
+  <si>
+    <t>MCV4 (16 )</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
-    <t>MCV4 (16 )</t>
-[...1 lines deleted...]
-  <si>
     <t>MCV4 (17 )</t>
   </si>
   <si>
+    <t>MCV4 (18 )</t>
+  </si>
+  <si>
     <t>Lithuania</t>
   </si>
   <si>
-    <t>MenB (18 )</t>
+    <t>MenB (19 )</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
-    <t>MCV4 (19 )</t>
+    <t>MCV4 (20 )</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>MenB - MenC</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
-    <t>MCV4/MenB (20 )</t>
+    <t>MCV4/MenB (21 )</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
-    <t>MenB (21 )</t>
-[...5 lines deleted...]
-    <t>MCV4 (22 )</t>
+    <t>MenB (22 )</t>
+  </si>
+  <si>
+    <t>MenB - MenC (22 )</t>
   </si>
   <si>
     <t>MCV4 (23 )</t>
+  </si>
+  <si>
+    <t>MCV4 (24 )</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
     <t>1: Please refer to official recommendations for timing and number of doses required according to age. For infants, 3 doses from 3 months of age with at least one month interval - Booster between 13-15 months.</t>
   </si>
   <si>
     <t>2: vaccines only given on specific indications</t>
   </si>
   <si>
     <t xml:space="preserve">3: MenB vaccination for small infants is covered by health insurance  if the schedule is started before the age of 1 year and vaccination for adolescents  if vaccination is started at the age interval from 14 to 16 years. 
 MCV4 vaccination for toodlers is covered by health insurance if is administered at the age interval from 12 to 23 months and vaccination for adolescents  if vaccination is started at the age interval from 14 to 16 years.
 Vaccination with MenB and MCV4 vaccines is covered by health insurance for persons of all ages with immune disorders. 
 More details of the recommendation is available at: https://szu.cz/wp-content/uploads/2024/01/2024-Recommendation-for-vaccination-against-IMD.pdf</t>
   </si>
   <si>
     <t>4: MCV4:
 The vaccination series includes a total of two doses, with the second doses been administered at least two months after the first dose. In addition, one booster dose will be given at twelve months of age, no earlier than two months after the second dose of Nimenrix.
 Nimenrix is administered to children aged six weeks to under two years, while Menveo is recommended for individuals aged two years and older. The number of doses and administration schedule vary depending on the recipient's age. For detailed guidance, please refer to the official information available at: https://thl.fi/aiheet/infektiotaudit-ja-rokotukset/rokotteet-a-o/meningokokkirokotteet/meningokokki-acwy-rokote
 </t>
   </si>
   <si>
     <t>5: MCV4:
 The vaccination series includes a total of two doses, with the second doses been administered at least two months after the first dose. In addition, one booster dose will be given at twelve months of age, no earlier than two months after the second dose of Nimenrix.
 Nimenrix is administered to children aged six weeks to under two years, while Menveo is recommended for individuals aged two years and older. The number of doses and administration schedule vary depending on the recipient's age. For detailed guidance, please refer to the official information available at: https://thl.fi/aiheet/infektiotaudit-ja-rokotukset/rokotteet-a-o/meningokokkirokotteet/meningokokki-acwy-rokote
 MenB:
 Bexsero vaccine is administered to infants aged 2 to 5 months as a series of three doses, spaced at least one month apart. A booster dose is then recommended at 12 to 15 months of age, provided that at least six months have passed since the last dose.
 The number of doses and administration schedule vary depending on the recipient's age. For detailed guidance, please refer to the official information available at: https://thl.fi/aiheet/infektiotaudit-ja-rokotukset/rokotteet-a-o/meningokokkirokotteet/meningokokki-b-rokote
 </t>
   </si>
   <si>
     <t xml:space="preserve">6: Booster doses are administered only under specific circumstances, based on the age at which previous doses were received. Additional information available at: https://thl.fi/aiheet/infektiotaudit-ja-rokotukset/rokotteet-a-o/meningokokkirokotteet/meningokokki-acwy-rokote  AND 
 https://thl.fi/aiheet/infektiotaudit-ja-rokotukset/rokotteet-a-o/meningokokkirokotteet/meningokokki-b-rokote
 </t>
   </si>
   <si>
     <t xml:space="preserve">7: Booster doses are administered only under specific circumstances, based on the age at which previous doses were received. Additional information available at: https://thl.fi/aiheet/infektiotaudit-ja-rokotukset/rokotteet-a-o/meningokokkirokotteet/meningokokki-acwy-rokote  AND 
 https://thl.fi/aiheet/infektiotaudit-ja-rokotukset/rokotteet-a-o/meningokokkirokotteet/meningokokki-b-rokote</t>
   </si>
   <si>
-    <t xml:space="preserve">8: Vaccination introduced in 2022. Mandatory since January 2025. </t>
-[...47 lines deleted...]
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-19 at 19:33.</t>
+    <t>8: A MCV4 dose is administered to military conscripts upon commencement of their service (compulsory for men and voluntary for women). While the majority begin service between the ages of 19 and 20, the official age range for enlistment spans from 18 to 29 years.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9: Vaccination introduced in 2022. Mandatory since January 2025. </t>
+  </si>
+  <si>
+    <t>10: Introduced in January 2025 in replacement of monovalent MenC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11: More information available at: https://www.service-public.fr/particuliers/actualites/A16520 </t>
+  </si>
+  <si>
+    <t>12: Introduction of MenB vaccine in January 2025</t>
+  </si>
+  <si>
+    <t>13: Since January 1st, 2017, the meningococcal C vaccine is offered to all children aged under 2 years with 100% reimbursement on a voluntary-based approach.</t>
+  </si>
+  <si>
+    <t>14: Hib/MenC combined vaccine</t>
+  </si>
+  <si>
+    <t>15: Please refer to local recommendations for age of administration. MenB should not to be co-administered with other vaccinations.</t>
+  </si>
+  <si>
+    <t>16: Meningococcal ACWY, one dose for adolescents age 12-18</t>
+  </si>
+  <si>
+    <t>17: Not part of the routine vaccination programme but can be offered by health professionals. Catch-up possible until 5 years of age.</t>
+  </si>
+  <si>
+    <t>18: Not part of the routine vaccination programme but can be offered by health professionals. Catch-up possible until 20 years of age.</t>
+  </si>
+  <si>
+    <t>19: Can be administered concomitantly with MMR</t>
+  </si>
+  <si>
+    <t>20: More information available at https://rijksvaccinatieprogramma.nl/vaccinaties/menacwy</t>
+  </si>
+  <si>
+    <t>21: One dose of each vaccine if given between 14 and 15 years</t>
+  </si>
+  <si>
+    <t>22: Additional information available at https://www.sanidad.gob.es/profesionales/saludPublica/prevPromocion/vacunaciones/comoTrabajamos/enf-meningococica.htm</t>
+  </si>
+  <si>
+    <t>23: One dose at 12 years to individuals who have not received any doses of MCV4 since 10 years of age. Additional information available at https://www.sanidad.gob.es/profesionales/saludPublica/prevPromocion/vacunaciones/comoTrabajamos/enf-meningococica.htm</t>
+  </si>
+  <si>
+    <t>24: The catch-up vaccination programme for individuals aged 13 to 18 years will be introduced gradually (more information available at: https://www.sanidad.gob.es/profesionales/saludPublica/prevPromocion/vacunaciones/programasDeVacunacion/adolescentes-meningo/home.htm</t>
+  </si>
+  <si>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-11-29 at 07:29.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -436,85 +445,86 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rc5079577679840e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rcd1a36b575134527" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R173c473cfecf48e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rfc9c10ed515445dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R4d9273f9216741a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R4caf1e85d34640bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:Y65"/>
+  <dimension ref="A1:Z66"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
     <col min="8" max="8" width="13.17" customWidth="1" style="1"/>
     <col min="9" max="9" width="13.17" customWidth="1" style="1"/>
     <col min="10" max="10" width="13.17" customWidth="1" style="1"/>
     <col min="11" max="11" width="13.17" customWidth="1" style="1"/>
     <col min="12" max="12" width="13.17" customWidth="1" style="1"/>
     <col min="13" max="13" width="13.17" customWidth="1" style="1"/>
     <col min="14" max="14" width="13.17" customWidth="1" style="1"/>
     <col min="15" max="15" width="13.17" customWidth="1" style="1"/>
     <col min="16" max="16" width="13.17" customWidth="1" style="1"/>
     <col min="17" max="17" width="13.17" customWidth="1" style="1"/>
     <col min="18" max="18" width="13.17" customWidth="1" style="1"/>
     <col min="19" max="19" width="13.17" customWidth="1" style="1"/>
     <col min="20" max="20" width="13.17" customWidth="1" style="1"/>
     <col min="21" max="21" width="13.17" customWidth="1" style="1"/>
     <col min="22" max="22" width="13.17" customWidth="1" style="1"/>
     <col min="23" max="23" width="13.17" customWidth="1" style="1"/>
     <col min="24" max="24" width="13.17" customWidth="1" style="1"/>
+    <col min="25" max="25" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="2" t="s">
@@ -547,85 +557,89 @@
       <c r="Q1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="R1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="S1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="T1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="U1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="V1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="W1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="X1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="Y1" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="Z1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="3" t="s">
         <v>3</v>
       </c>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
+      <c r="Z2" s="1"/>
     </row>
     <row r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I3" s="3" t="s">
@@ -657,2551 +671,2719 @@
       </c>
       <c r="R3" s="3" t="s">
         <v>12</v>
       </c>
       <c r="S3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="T3" s="3" t="s">
         <v>15</v>
       </c>
       <c r="U3" s="3" t="s">
         <v>16</v>
       </c>
       <c r="V3" s="3" t="s">
         <v>17</v>
       </c>
       <c r="W3" s="3" t="s">
         <v>18</v>
       </c>
       <c r="X3" s="3" t="s">
         <v>19</v>
       </c>
       <c r="Y3" s="3" t="s">
         <v>20</v>
       </c>
+      <c r="Z3" s="3" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E4" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F4" s="1"/>
       <c r="J4" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="O4" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="L5" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L5" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R5" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="M8" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
       <c r="X8" s="1"/>
       <c r="Y8" s="1"/>
+      <c r="Z8" s="1"/>
     </row>
     <row r="9">
       <c r="A9" s="4" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D9" s="1"/>
       <c r="E9" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
       <c r="I9" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="R9" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
     </row>
     <row r="10">
       <c r="A10" s="4" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="I12" s="5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
+      <c r="V12" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="W12" s="1"/>
+      <c r="X12" s="1"/>
+      <c r="Y12" s="1"/>
     </row>
     <row r="13">
       <c r="A13" s="4" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="F13" s="5" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="G13" s="5" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="O13" s="5" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="P13" s="1"/>
       <c r="Q13" s="1"/>
       <c r="R13" s="1"/>
       <c r="S13" s="7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
       <c r="X13" s="1"/>
     </row>
     <row r="14">
       <c r="A14" s="4" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="J14" s="7" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
     </row>
     <row r="15">
       <c r="A15" s="4" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="5" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="J15" s="7" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="P15" s="1"/>
       <c r="Q15" s="7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="X15" s="1"/>
       <c r="Y15" s="1"/>
+      <c r="Z15" s="1"/>
     </row>
     <row r="16">
       <c r="A16" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="C16" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="C16" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E16" s="5" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="L16" s="5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="4" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="4" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="G18" s="5" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="P18" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="Q18" s="1"/>
     </row>
     <row r="19">
       <c r="A19" s="4" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="F19" s="5" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="I19" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="L19" s="5" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="P19" s="5" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="Q19" s="1"/>
       <c r="R19" s="1"/>
       <c r="S19" s="1"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
     </row>
     <row r="20">
       <c r="A20" s="4" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="4" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="M21" s="6" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="O21" s="6" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="P21" s="1"/>
       <c r="Q21" s="1"/>
       <c r="R21" s="1"/>
       <c r="S21" s="1"/>
     </row>
     <row r="22">
       <c r="A22" s="4" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="F22" s="5" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="I22" s="5" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="J22" s="1"/>
       <c r="K22" s="1"/>
       <c r="L22" s="1"/>
     </row>
     <row r="23">
       <c r="A23" s="4" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="F23" s="5" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="S23" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="T23" s="1"/>
     </row>
     <row r="24">
       <c r="A24" s="4" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="R24" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="S24" s="1"/>
       <c r="T24" s="1"/>
     </row>
     <row r="25">
       <c r="A25" s="4" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="R25" s="5" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="4" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="4" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D27" s="1"/>
       <c r="E27" s="1"/>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="5" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="I27" s="1"/>
       <c r="J27" s="1"/>
       <c r="K27" s="1"/>
       <c r="L27" s="1"/>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1"/>
       <c r="Q27" s="1"/>
       <c r="R27" s="1"/>
       <c r="S27" s="1"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28">
       <c r="A28" s="4" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="4" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="4" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D30" s="1"/>
       <c r="E30" s="5" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="I30" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="J30" s="1"/>
       <c r="K30" s="1"/>
       <c r="L30" s="1"/>
       <c r="R30" s="7" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="S30" s="1"/>
     </row>
     <row r="31">
       <c r="A31" s="4" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="4" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="I32" s="5" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="P32" s="5" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="Q32" s="7" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="R32" s="1"/>
       <c r="S32" s="1"/>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
     </row>
     <row r="33">
       <c r="A33" s="4" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="4" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="F35" s="4" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="G35" s="4" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="H35" s="4" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="I35" s="4" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="J35" s="4" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="K35" s="4" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="L35" s="4" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="M35" s="4" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="N35" s="4" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="O35" s="4" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="P35" s="4" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="Q35" s="4" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="R35" s="4" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="S35" s="4" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="T35" s="4" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="U35" s="4" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="V35" s="4" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="W35" s="4" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="X35" s="4" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="Y35" s="4" t="s">
-        <v>81</v>
+        <v>83</v>
+      </c>
+      <c r="Z35" s="4" t="s">
+        <v>83</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="8" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="B36" s="8" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="C36" s="8" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="D36" s="8" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="E36" s="8" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="F36" s="8" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="G36" s="8" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="H36" s="8" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="I36" s="8" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="J36" s="8" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="K36" s="8" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="L36" s="8" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="M36" s="8" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="O36" s="8" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="P36" s="8" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="Q36" s="8" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="R36" s="8" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="S36" s="8" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="T36" s="8" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="U36" s="8" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="V36" s="8" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="W36" s="8" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="X36" s="8" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="Y36" s="8" t="s">
-        <v>82</v>
+        <v>84</v>
+      </c>
+      <c r="Z36" s="8" t="s">
+        <v>84</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="8" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B37" s="8" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C37" s="8" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D37" s="8" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="E37" s="8" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="F37" s="8" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="G37" s="8" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="H37" s="8" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="I37" s="8" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="J37" s="8" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="K37" s="8" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="L37" s="8" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="M37" s="8" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="O37" s="8" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="P37" s="8" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="Q37" s="8" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="R37" s="8" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="S37" s="8" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="T37" s="8" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="U37" s="8" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="V37" s="8" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="W37" s="8" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="X37" s="8" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="Y37" s="8" t="s">
-        <v>83</v>
+        <v>85</v>
+      </c>
+      <c r="Z37" s="8" t="s">
+        <v>85</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B38" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="C38" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="D38" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="E38" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="F38" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="G38" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="H38" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="I38" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="J38" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="K38" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="L38" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="M38" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="O38" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="P38" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="Q38" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="R38" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="S38" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="T38" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="U38" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="V38" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="W38" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="X38" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="Y38" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
+      </c>
+      <c r="Z38" s="8" t="s">
+        <v>86</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B39" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C39" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="D39" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="E39" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F39" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="G39" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="H39" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="I39" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="J39" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="K39" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="L39" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="M39" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="O39" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="P39" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="Q39" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="R39" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="S39" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="T39" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="U39" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="V39" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="W39" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="X39" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="Y39" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
+      </c>
+      <c r="Z39" s="8" t="s">
+        <v>87</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B40" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C40" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D40" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="E40" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="F40" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="G40" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="H40" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="I40" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="J40" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="K40" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="L40" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="M40" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="O40" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="P40" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="Q40" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="R40" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="S40" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="T40" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="U40" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="V40" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="W40" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="X40" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="Y40" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
+      </c>
+      <c r="Z40" s="8" t="s">
+        <v>88</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B41" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C41" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="D41" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="E41" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="F41" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G41" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="H41" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="I41" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="J41" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="K41" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="L41" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="M41" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="N41" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="O41" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="P41" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="Q41" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="R41" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="S41" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="T41" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="U41" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="V41" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="W41" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="X41" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="Y41" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
+      </c>
+      <c r="Z41" s="8" t="s">
+        <v>89</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B42" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C42" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="D42" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="E42" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="F42" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="G42" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H42" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="I42" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="J42" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="K42" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="L42" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="M42" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="N42" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="O42" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="P42" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="Q42" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="R42" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="S42" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="T42" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="U42" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="V42" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="W42" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="X42" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="Y42" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
+      </c>
+      <c r="Z42" s="8" t="s">
+        <v>90</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B43" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C43" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D43" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E43" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="F43" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="G43" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="H43" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="I43" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="J43" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K43" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="L43" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="M43" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="N43" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="O43" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="P43" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="Q43" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="R43" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="S43" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="T43" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="U43" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="V43" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="W43" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="X43" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="Y43" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
+      </c>
+      <c r="Z43" s="8" t="s">
+        <v>91</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B44" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C44" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D44" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="E44" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="F44" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="G44" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="H44" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="I44" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="J44" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="K44" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="L44" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="M44" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="N44" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="O44" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="P44" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="Q44" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="R44" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="S44" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="T44" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="U44" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="V44" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="W44" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="X44" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="Y44" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
+      </c>
+      <c r="Z44" s="8" t="s">
+        <v>92</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B45" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C45" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="D45" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="E45" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="F45" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="G45" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="H45" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="I45" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="J45" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="K45" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="L45" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="M45" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="N45" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="O45" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="P45" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="Q45" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="R45" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="S45" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="T45" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="U45" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="V45" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="W45" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="X45" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="Y45" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
+      </c>
+      <c r="Z45" s="8" t="s">
+        <v>93</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B46" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C46" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="D46" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="E46" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="F46" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="G46" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="H46" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="I46" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="J46" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="K46" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="L46" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="M46" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="N46" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="O46" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="P46" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="Q46" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="R46" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="S46" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="T46" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="U46" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="V46" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="W46" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="X46" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="Y46" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
+      </c>
+      <c r="Z46" s="8" t="s">
+        <v>94</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B47" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C47" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D47" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="E47" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="F47" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="G47" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="H47" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="I47" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="J47" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="K47" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="L47" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="M47" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="N47" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="O47" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="P47" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="Q47" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="R47" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="S47" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="T47" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="U47" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="V47" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="W47" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="X47" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="Y47" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
+      </c>
+      <c r="Z47" s="8" t="s">
+        <v>95</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B48" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C48" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="D48" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E48" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="F48" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="G48" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="H48" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="I48" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="J48" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="K48" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="L48" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="M48" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="N48" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="O48" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="P48" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="Q48" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="R48" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="S48" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="T48" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="U48" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="V48" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="W48" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="X48" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="Y48" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
+      </c>
+      <c r="Z48" s="8" t="s">
+        <v>96</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B49" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C49" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D49" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="E49" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="F49" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="G49" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="H49" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="I49" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="J49" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="K49" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="L49" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="M49" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="N49" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="O49" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="P49" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="Q49" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="R49" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="S49" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="T49" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="U49" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="V49" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="W49" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="X49" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="Y49" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
+      </c>
+      <c r="Z49" s="8" t="s">
+        <v>97</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B50" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C50" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="D50" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E50" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="F50" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="G50" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="H50" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="I50" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="J50" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="K50" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="L50" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="M50" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="N50" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="O50" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="P50" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="Q50" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="R50" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="S50" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="T50" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="U50" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="V50" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="W50" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="X50" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="Y50" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
+      </c>
+      <c r="Z50" s="8" t="s">
+        <v>98</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B51" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C51" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="D51" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E51" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="F51" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="G51" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="H51" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="I51" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="J51" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="K51" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="L51" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="M51" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="N51" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="O51" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="P51" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="Q51" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="R51" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="S51" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="T51" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="U51" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="V51" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="W51" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="X51" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="Y51" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
+      </c>
+      <c r="Z51" s="8" t="s">
+        <v>99</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B52" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C52" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="D52" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E52" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="F52" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="G52" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="H52" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="I52" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="J52" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="K52" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="L52" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="M52" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="N52" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="O52" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="P52" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="Q52" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="R52" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="S52" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="T52" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="U52" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="V52" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="W52" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="X52" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="Y52" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
+      </c>
+      <c r="Z52" s="8" t="s">
+        <v>100</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B53" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C53" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D53" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="E53" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="F53" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="G53" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="H53" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="I53" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="J53" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="K53" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="L53" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="M53" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="N53" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="O53" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="P53" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="Q53" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="R53" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="S53" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="T53" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="U53" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="V53" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="W53" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="X53" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="Y53" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
+      </c>
+      <c r="Z53" s="8" t="s">
+        <v>101</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B54" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C54" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D54" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E54" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="F54" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="G54" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H54" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="I54" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="J54" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="K54" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="L54" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="M54" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="N54" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="O54" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="P54" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="Q54" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="R54" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="S54" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="T54" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="U54" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="V54" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="W54" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="X54" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="Y54" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
+      </c>
+      <c r="Z54" s="8" t="s">
+        <v>102</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B55" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C55" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="D55" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="E55" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="F55" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="G55" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="H55" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="I55" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="J55" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K55" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="L55" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="M55" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="N55" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="O55" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="P55" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="Q55" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="R55" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="S55" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="T55" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="U55" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="V55" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="W55" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="X55" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="Y55" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
+      </c>
+      <c r="Z55" s="8" t="s">
+        <v>103</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B56" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="C56" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="D56" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="E56" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="F56" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="G56" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="H56" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="I56" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="J56" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="K56" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="L56" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="M56" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="N56" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="O56" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="P56" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="Q56" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="R56" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="S56" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="T56" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="U56" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="V56" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="W56" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="X56" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="Y56" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
+      </c>
+      <c r="Z56" s="8" t="s">
+        <v>104</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B57" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C57" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="D57" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="E57" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="F57" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="G57" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="H57" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="I57" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="J57" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="K57" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="L57" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="M57" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="N57" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="O57" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="P57" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="Q57" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="R57" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="S57" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="T57" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="U57" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="V57" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="W57" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="X57" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="Y57" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
+      </c>
+      <c r="Z57" s="8" t="s">
+        <v>105</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B58" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C58" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D58" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="E58" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="F58" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="G58" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="H58" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="I58" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="J58" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="K58" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="L58" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="M58" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="N58" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="O58" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="P58" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="Q58" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="R58" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="S58" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="T58" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="U58" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="V58" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="W58" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="X58" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="Y58" s="8" t="s">
-        <v>104</v>
-[...80 lines deleted...]
-      <c r="A63" s="9" t="s">
         <v>106</v>
       </c>
-      <c r="B63" s="1" t="s">
+      <c r="Z58" s="8" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="8" t="s">
         <v>107</v>
       </c>
+      <c r="B59" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="C59" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="D59" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="E59" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="F59" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="G59" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="H59" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="I59" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="J59" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="K59" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="L59" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="M59" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="N59" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="O59" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="P59" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="Q59" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="R59" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="S59" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="T59" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="U59" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="V59" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="W59" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="X59" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="Y59" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="Z59" s="8" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="C61" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="D61" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="E61" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="F61" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="H61" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="I61" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="J61" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="K61" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="L61" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="M61" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="N61" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="O61" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="P61" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="Q61" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="R61" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="S61" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="T61" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="U61" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="V61" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="W61" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="X61" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="Y61" s="1" t="s">
+        <v>108</v>
+      </c>
+      <c r="Z61" s="1" t="s">
+        <v>108</v>
+      </c>
     </row>
     <row r="64">
-      <c r="A64" s="10" t="s">
-        <v>106</v>
+      <c r="A64" s="9" t="s">
+        <v>109</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="65">
-      <c r="A65" s="11" t="s">
-        <v>106</v>
+      <c r="A65" s="10" t="s">
+        <v>109</v>
       </c>
       <c r="B65" s="1" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="11" t="s">
         <v>109</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>112</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:Y1"/>
+    <mergeCell ref="A1:Z1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="C2:L2"/>
-    <mergeCell ref="M2:Y2"/>
+    <mergeCell ref="M2:Z2"/>
     <mergeCell ref="E4:F4"/>
     <mergeCell ref="J4:L4"/>
     <mergeCell ref="O4:Q4"/>
     <mergeCell ref="R5:T5"/>
-    <mergeCell ref="M8:Y8"/>
+    <mergeCell ref="M8:Z8"/>
     <mergeCell ref="C9:D9"/>
     <mergeCell ref="E9:H9"/>
     <mergeCell ref="I9:M9"/>
     <mergeCell ref="R9:T9"/>
     <mergeCell ref="B12:C12"/>
     <mergeCell ref="D12:F12"/>
     <mergeCell ref="J12:L12"/>
+    <mergeCell ref="V12:Y12"/>
     <mergeCell ref="O13:R13"/>
     <mergeCell ref="S13:X13"/>
     <mergeCell ref="J14:U14"/>
     <mergeCell ref="C15:H15"/>
     <mergeCell ref="J15:N15"/>
     <mergeCell ref="O15:P15"/>
     <mergeCell ref="Q15:V15"/>
-    <mergeCell ref="W15:Y15"/>
+    <mergeCell ref="W15:Z15"/>
     <mergeCell ref="P18:Q18"/>
     <mergeCell ref="P19:V19"/>
     <mergeCell ref="O21:S21"/>
     <mergeCell ref="I22:L22"/>
     <mergeCell ref="S23:T23"/>
     <mergeCell ref="R24:T24"/>
     <mergeCell ref="C27:G27"/>
     <mergeCell ref="H27:W27"/>
     <mergeCell ref="C30:D30"/>
     <mergeCell ref="E30:G30"/>
     <mergeCell ref="I30:L30"/>
     <mergeCell ref="R30:S30"/>
     <mergeCell ref="Q32:V32"/>
-    <mergeCell ref="A35:Y35"/>
-[...23 lines deleted...]
-    <mergeCell ref="A60:Y60"/>
+    <mergeCell ref="A35:Z35"/>
+    <mergeCell ref="A36:Z36"/>
+    <mergeCell ref="A37:Z37"/>
+    <mergeCell ref="A38:Z38"/>
+    <mergeCell ref="A39:Z39"/>
+    <mergeCell ref="A40:Z40"/>
+    <mergeCell ref="A41:Z41"/>
+    <mergeCell ref="A42:Z42"/>
+    <mergeCell ref="A43:Z43"/>
+    <mergeCell ref="A44:Z44"/>
+    <mergeCell ref="A45:Z45"/>
+    <mergeCell ref="A46:Z46"/>
+    <mergeCell ref="A47:Z47"/>
+    <mergeCell ref="A48:Z48"/>
+    <mergeCell ref="A49:Z49"/>
+    <mergeCell ref="A50:Z50"/>
+    <mergeCell ref="A51:Z51"/>
+    <mergeCell ref="A52:Z52"/>
+    <mergeCell ref="A53:Z53"/>
+    <mergeCell ref="A54:Z54"/>
+    <mergeCell ref="A55:Z55"/>
+    <mergeCell ref="A56:Z56"/>
+    <mergeCell ref="A57:Z57"/>
+    <mergeCell ref="A58:Z58"/>
+    <mergeCell ref="A59:Z59"/>
+    <mergeCell ref="A61:Z61"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>