--- v1 (2025-11-29)
+++ v2 (2026-02-14)
@@ -1,393 +1,402 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R56f5ed09229c492f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R2cee4b59473640b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rfc9c10ed515445dc"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R2abbf61f396b49f8"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="113" uniqueCount="113">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="117" uniqueCount="117">
   <si>
     <t>Meningococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Weeks</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
+    <t>10</t>
+  </si>
+  <si>
     <t>11</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>10</t>
-[...1 lines deleted...]
-  <si>
     <t>16</t>
   </si>
   <si>
-    <t>17</t>
-[...1 lines deleted...]
-  <si>
     <t>18</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>&gt;= 30</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
     <t>MenB (1 )</t>
   </si>
   <si>
+    <t>MenB</t>
+  </si>
+  <si>
     <t>MCV4/MenB</t>
   </si>
   <si>
     <t>MCV4</t>
   </si>
   <si>
     <t xml:space="preserve">Belgium  </t>
   </si>
   <si>
+    <t>MCV4 (2 )</t>
+  </si>
+  <si>
     <t>Bulgaria</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
+    <t>MCV4/MenB (3 )</t>
+  </si>
+  <si>
     <t>Cyprus</t>
   </si>
   <si>
-    <t>MPSV4 (2 )</t>
+    <t>MPSV4 (4 )</t>
   </si>
   <si>
     <t>Czechia</t>
   </si>
   <si>
-    <t>MenB (3 )</t>
-[...2 lines deleted...]
-    <t>MCV4/MenB (3 )</t>
+    <t>MenB (5 )</t>
+  </si>
+  <si>
+    <t>MCV4/MenB (5 )</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
-    <t>MCV4 (4 )</t>
-[...11 lines deleted...]
-    <t>MCV4 (8 )</t>
+    <t>MCV4 (6 )</t>
+  </si>
+  <si>
+    <t>MCV4/MenB (7 )</t>
+  </si>
+  <si>
+    <t>MCV4/MenB (8 )</t>
+  </si>
+  <si>
+    <t>MenB (9 )</t>
+  </si>
+  <si>
+    <t>MCV4 (10 )</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
-    <t>MenB (9 )</t>
-[...8 lines deleted...]
-    <t>MCV4 (11 )</t>
+    <t>MenB (11 )</t>
+  </si>
+  <si>
+    <t>MCV4 (12 )</t>
+  </si>
+  <si>
+    <t>MCV4 (13 )</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>MenB - MenC (12 )</t>
+    <t>MenB (14 )</t>
+  </si>
+  <si>
+    <t>MCV4 (14 )</t>
+  </si>
+  <si>
+    <t>Greece</t>
+  </si>
+  <si>
+    <t>MenC (15 )</t>
+  </si>
+  <si>
+    <t>Hungary</t>
   </si>
   <si>
     <t>MenC</t>
   </si>
   <si>
-    <t>Greece</t>
-[...5 lines deleted...]
-    <t>MenC (13 )</t>
+    <t>MenC (16 )</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
-    <t>MenC (14 )</t>
-[...1 lines deleted...]
-  <si>
     <t>Italy</t>
   </si>
   <si>
-    <t>MenB (15 )</t>
-[...2 lines deleted...]
-    <t>MCV4 (16 )</t>
+    <t>MenB (17 )</t>
+  </si>
+  <si>
+    <t>MCV4 (18 )</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
-    <t>MCV4 (17 )</t>
-[...2 lines deleted...]
-    <t>MCV4 (18 )</t>
+    <t>MCV4 (19 )</t>
+  </si>
+  <si>
+    <t>MCV4 (20 )</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
-    <t>MenB (19 )</t>
+    <t>MenB (21 )</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
-    <t>MCV4 (20 )</t>
+    <t>MCV4 (22 )</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
-    <t>MenB - MenC</t>
-[...1 lines deleted...]
-  <si>
     <t>Romania</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
-    <t>MCV4/MenB (21 )</t>
+    <t>MCV4 (23 )</t>
+  </si>
+  <si>
+    <t>MenB (23 )</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
-    <t>MenB (22 )</t>
-[...8 lines deleted...]
-    <t>MCV4 (24 )</t>
+    <t>MenB (24 )</t>
+  </si>
+  <si>
+    <t>MenB - MenC (24 )</t>
+  </si>
+  <si>
+    <t>MCV4 (25 )</t>
+  </si>
+  <si>
+    <t>MCV4 (26 )</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
-    <t>1: Please refer to official recommendations for timing and number of doses required according to age. For infants, 3 doses from 3 months of age with at least one month interval - Booster between 13-15 months.</t>
-[...11 lines deleted...]
-    <t>4: MCV4:
+    <t>1: MenB vaccination is recommended as early as possible from the age of 2 months and not funded. Catch-up vaccinations are recommended up to the age of 25. MenACWY vaccination is recommended as early as possible at the age of 13 months and not funded. One dose of the tetravalent conjugated meningococcal vaccine is recommended between the ages of 10-13 and funded. Additionally, please refer to official recommendations for timing and number of doses required according to age: https://www.sozialministerium.gv.at/impfplan (p. 77ff)</t>
+  </si>
+  <si>
+    <t>2: Adolescent dose recommended but not implemented in free vaccination programs</t>
+  </si>
+  <si>
+    <t>3: Vaccination is recommended and funded by Croatian Health Insurance for certain at risk groups, both MenB and MenACWY (children and adults - for example: splenectomized individuals, people after HSCTs, persons with disorders of complement components, including those receiving eculizumab or ravulizumab therapy)</t>
+  </si>
+  <si>
+    <t>4: vaccines only given on specific indications</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5: MenB vaccination for infants is covered by health insurance  if the schedule is started before the age of 1 year, and vaccination for adolescents  if vaccination is started at the age interval from 14 to 16 years.  MCV4 vaccination for toodlers is covered by health insurance if is administered at the age interval from 12 to 23 months and vaccination for adolescents  if vaccination is started at the age interval from 14 to 16 years. Vaccination with MenB and MCV4 vaccines is covered by health insurance for persons of all ages with immune disorders. More details of the recommendation is available at: https://www.vakcinace.eu/doporuceni-a-stanoviska/doporuceni-ceske-vakcinologicke-spolecnosti-cls-jep-pro-ockovani-proti-invazivnim-meningokokovym-2</t>
+  </si>
+  <si>
+    <t>6: MCV4:
 The vaccination series includes a total of two doses, with the second doses been administered at least two months after the first dose. In addition, one booster dose will be given at twelve months of age, no earlier than two months after the second dose of Nimenrix.
 Nimenrix is administered to children aged six weeks to under two years, while Menveo is recommended for individuals aged two years and older. The number of doses and administration schedule vary depending on the recipient's age. For detailed guidance, please refer to the official information available at: https://thl.fi/aiheet/infektiotaudit-ja-rokotukset/rokotteet-a-o/meningokokkirokotteet/meningokokki-acwy-rokote
 </t>
   </si>
   <si>
-    <t>5: MCV4:
+    <t>7: MCV4:
 The vaccination series includes a total of two doses, with the second doses been administered at least two months after the first dose. In addition, one booster dose will be given at twelve months of age, no earlier than two months after the second dose of Nimenrix.
 Nimenrix is administered to children aged six weeks to under two years, while Menveo is recommended for individuals aged two years and older. The number of doses and administration schedule vary depending on the recipient's age. For detailed guidance, please refer to the official information available at: https://thl.fi/aiheet/infektiotaudit-ja-rokotukset/rokotteet-a-o/meningokokkirokotteet/meningokokki-acwy-rokote
 MenB:
 Bexsero vaccine is administered to infants aged 2 to 5 months as a series of three doses, spaced at least one month apart. A booster dose is then recommended at 12 to 15 months of age, provided that at least six months have passed since the last dose.
 The number of doses and administration schedule vary depending on the recipient's age. For detailed guidance, please refer to the official information available at: https://thl.fi/aiheet/infektiotaudit-ja-rokotukset/rokotteet-a-o/meningokokkirokotteet/meningokokki-b-rokote
 </t>
   </si>
   <si>
-    <t xml:space="preserve">6: Booster doses are administered only under specific circumstances, based on the age at which previous doses were received. Additional information available at: https://thl.fi/aiheet/infektiotaudit-ja-rokotukset/rokotteet-a-o/meningokokkirokotteet/meningokokki-acwy-rokote  AND 
+    <t xml:space="preserve">8: Booster doses are administered only under specific circumstances, based on the age at which previous doses were received. Additional information available at: https://thl.fi/aiheet/infektiotaudit-ja-rokotukset/rokotteet-a-o/meningokokkirokotteet/meningokokki-acwy-rokote  AND 
 https://thl.fi/aiheet/infektiotaudit-ja-rokotukset/rokotteet-a-o/meningokokkirokotteet/meningokokki-b-rokote
 </t>
   </si>
   <si>
-    <t xml:space="preserve">7: Booster doses are administered only under specific circumstances, based on the age at which previous doses were received. Additional information available at: https://thl.fi/aiheet/infektiotaudit-ja-rokotukset/rokotteet-a-o/meningokokkirokotteet/meningokokki-acwy-rokote  AND 
+    <t xml:space="preserve">9: Booster doses are administered only under specific circumstances, based on the age at which previous doses were received. Additional information available at: https://thl.fi/aiheet/infektiotaudit-ja-rokotukset/rokotteet-a-o/meningokokkirokotteet/meningokokki-acwy-rokote  AND 
 https://thl.fi/aiheet/infektiotaudit-ja-rokotukset/rokotteet-a-o/meningokokkirokotteet/meningokokki-b-rokote</t>
   </si>
   <si>
-    <t>8: A MCV4 dose is administered to military conscripts upon commencement of their service (compulsory for men and voluntary for women). While the majority begin service between the ages of 19 and 20, the official age range for enlistment spans from 18 to 29 years.</t>
-[...50 lines deleted...]
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-11-29 at 07:29.</t>
+    <t>10: A MCV4 dose is administered to military conscripts upon commencement of their service (compulsory for men and voluntary for women). While the majority begin service between the ages of 19 and 20, the official age range for enlistment spans from 18 to 29 years.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11: Vaccination introduced in 2022. Mandatory since January 2025. </t>
+  </si>
+  <si>
+    <t>12: Introduced in January 2025 in replacement of monovalent MenC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13: More information available at: https://www.service-public.fr/particuliers/actualites/A16520 </t>
+  </si>
+  <si>
+    <t>14: For MenB, according to the product information, the vaccination series consists of 3 vaccine doses for children aged 2–23 months and 2 vaccine doses for children aged 24 months and older. For MenACWY, recommendation in October 2025 to vaccinate at age 12-14 (up until age 24) and recommendation against MenC vaccination for infants and small children</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15: MenC: 1 dose  at the age of 10 months</t>
+  </si>
+  <si>
+    <t>16: Since January 1st, 2017, the meningococcal C vaccine is offered to all children aged under 2 years with 100% reimbursement on a voluntary-based approach.</t>
+  </si>
+  <si>
+    <t>17: Please refer to local recommendations for age of administration. MenB should not to be co-administered with other vaccinations.</t>
+  </si>
+  <si>
+    <t>18: Meningococcal ACWY, one dose for adolescents age 12-18</t>
+  </si>
+  <si>
+    <t>19: Not part of the routine vaccination programme but can be offered by health professionals. Catch-up possible until 5 years of age.</t>
+  </si>
+  <si>
+    <t>20: Not part of the routine vaccination programme but can be offered by health professionals. Catch-up possible until 20 years of age.</t>
+  </si>
+  <si>
+    <t>21: Can be administered concomitantly with MMR</t>
+  </si>
+  <si>
+    <t>22: Also prescribed to medical high risk groups of other ages by the attending medical doctor and reimbursed by the health insurer (https://lci.rivm.nl/factsheets/meningokokken-acwy-vaccinatie)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">23: Generally recommended to children with no legislative support. </t>
+  </si>
+  <si>
+    <t>24: Additional information available at https://www.sanidad.gob.es/profesionales/saludPublica/prevPromocion/vacunaciones/comoTrabajamos/enf-meningococica.htm</t>
+  </si>
+  <si>
+    <t>25: One dose at 12 years to individuals who have not received any doses of MCV4 since 10 years of age. Additional information available at https://www.sanidad.gob.es/profesionales/saludPublica/prevPromocion/vacunaciones/comoTrabajamos/enf-meningococica.htm</t>
+  </si>
+  <si>
+    <t>26: The catch-up vaccination programme for individuals aged 13 to 18 years will be introduced gradually (more information available at: https://www.sanidad.gob.es/profesionales/saludPublica/prevPromocion/vacunaciones/programasDeVacunacion/adolescentes-meningo/home.htm</t>
+  </si>
+  <si>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-14 at 11:43.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -445,56 +454,56 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rfc9c10ed515445dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R4d9273f9216741a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R4caf1e85d34640bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R2abbf61f396b49f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R23559b1c5d7c4bf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rafed0f6ab37a4961" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:Z66"/>
+  <dimension ref="A1:Z68"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
     <col min="8" max="8" width="13.17" customWidth="1" style="1"/>
     <col min="9" max="9" width="13.17" customWidth="1" style="1"/>
     <col min="10" max="10" width="13.17" customWidth="1" style="1"/>
     <col min="11" max="11" width="13.17" customWidth="1" style="1"/>
     <col min="12" max="12" width="13.17" customWidth="1" style="1"/>
     <col min="13" max="13" width="13.17" customWidth="1" style="1"/>
     <col min="14" max="14" width="13.17" customWidth="1" style="1"/>
     <col min="15" max="15" width="13.17" customWidth="1" style="1"/>
     <col min="16" max="16" width="13.17" customWidth="1" style="1"/>
     <col min="17" max="17" width="13.17" customWidth="1" style="1"/>
     <col min="18" max="18" width="13.17" customWidth="1" style="1"/>
     <col min="19" max="19" width="13.17" customWidth="1" style="1"/>
     <col min="20" max="20" width="13.17" customWidth="1" style="1"/>
@@ -580,2810 +589,2975 @@
       </c>
       <c r="Y1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="Z1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
-      <c r="M2" s="3" t="s">
+      <c r="M2" s="1"/>
+      <c r="N2" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
     </row>
     <row r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K3" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="M3" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="N3" s="3" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="O3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="P3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="Q3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="R3" s="3" t="s">
         <v>12</v>
       </c>
       <c r="S3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="T3" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="U3" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="U3" s="3" t="s">
+      <c r="V3" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="V3" s="3" t="s">
+      <c r="W3" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="W3" s="3" t="s">
+      <c r="X3" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="X3" s="3" t="s">
+      <c r="Y3" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="Y3" s="3" t="s">
+      <c r="Z3" s="3" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" s="5" t="s">
         <v>22</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="E4" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F4" s="1"/>
       <c r="J4" s="5" t="s">
         <v>24</v>
       </c>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="O4" s="5" t="s">
         <v>25</v>
       </c>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="s">
         <v>26</v>
       </c>
-      <c r="L5" s="5" t="s">
+      <c r="M5" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="R5" s="5" t="s">
-[...2 lines deleted...]
-      <c r="S5" s="1"/>
+      <c r="S5" s="5" t="s">
+        <v>27</v>
+      </c>
       <c r="T5" s="1"/>
+      <c r="U5" s="1"/>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="s">
-        <v>28</v>
-      </c>
+        <v>29</v>
+      </c>
+      <c r="C7" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="D7" s="1"/>
+      <c r="E7" s="1"/>
+      <c r="F7" s="1"/>
+      <c r="G7" s="1"/>
+      <c r="H7" s="1"/>
+      <c r="I7" s="1"/>
+      <c r="J7" s="1"/>
+      <c r="K7" s="1"/>
+      <c r="L7" s="1"/>
+      <c r="M7" s="1"/>
+      <c r="N7" s="1"/>
+      <c r="O7" s="1"/>
+      <c r="P7" s="1"/>
+      <c r="Q7" s="1"/>
+      <c r="R7" s="1"/>
+      <c r="S7" s="1"/>
+      <c r="T7" s="1"/>
+      <c r="U7" s="1"/>
+      <c r="V7" s="1"/>
+      <c r="W7" s="1"/>
+      <c r="X7" s="1"/>
+      <c r="Y7" s="1"/>
+      <c r="Z7" s="1"/>
     </row>
     <row r="8">
       <c r="A8" s="4" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="I8" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="J8" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="M8" s="6" t="s">
-[...2 lines deleted...]
-      <c r="N8" s="1"/>
+      <c r="N8" s="6" t="s">
+        <v>32</v>
+      </c>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
       <c r="X8" s="1"/>
       <c r="Y8" s="1"/>
       <c r="Z8" s="1"/>
     </row>
     <row r="9">
       <c r="A9" s="4" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D9" s="1"/>
       <c r="E9" s="5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
-      <c r="I9" s="5" t="s">
-[...2 lines deleted...]
-      <c r="J9" s="1"/>
+      <c r="I9" s="1"/>
+      <c r="J9" s="5" t="s">
+        <v>35</v>
+      </c>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
-      <c r="R9" s="5" t="s">
-[...2 lines deleted...]
-      <c r="S9" s="1"/>
+      <c r="N9" s="1"/>
+      <c r="S9" s="5" t="s">
+        <v>35</v>
+      </c>
       <c r="T9" s="1"/>
+      <c r="U9" s="1"/>
+      <c r="V9" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="W9" s="1"/>
+      <c r="X9" s="1"/>
+      <c r="Y9" s="1"/>
+      <c r="Z9" s="1"/>
     </row>
     <row r="10">
       <c r="A10" s="4" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="4" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="4" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="5" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
-      <c r="I12" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J12" s="5" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="K12" s="1"/>
+        <v>41</v>
+      </c>
+      <c r="K12" s="5" t="s">
+        <v>42</v>
+      </c>
       <c r="L12" s="1"/>
+      <c r="M12" s="1"/>
       <c r="V12" s="5" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="W12" s="1"/>
       <c r="X12" s="1"/>
       <c r="Y12" s="1"/>
     </row>
     <row r="13">
       <c r="A13" s="4" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="F13" s="5" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="G13" s="5" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="I13" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="J13" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="O13" s="5" t="s">
-[...2 lines deleted...]
-      <c r="P13" s="1"/>
+      <c r="P13" s="5" t="s">
+        <v>47</v>
+      </c>
       <c r="Q13" s="1"/>
       <c r="R13" s="1"/>
-      <c r="S13" s="7" t="s">
+      <c r="S13" s="1"/>
+      <c r="T13" s="7" t="s">
         <v>24</v>
       </c>
-      <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
       <c r="X13" s="1"/>
     </row>
     <row r="14">
       <c r="A14" s="4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>44</v>
-[...4 lines deleted...]
-      <c r="J14" s="7" t="s">
         <v>49</v>
       </c>
-      <c r="K14" s="1"/>
-[...5 lines deleted...]
-      <c r="Q14" s="1"/>
+      <c r="J14" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="Q14" s="5" t="s">
+        <v>50</v>
+      </c>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
-      <c r="T14" s="1"/>
+      <c r="T14" s="7" t="s">
+        <v>50</v>
+      </c>
       <c r="U14" s="1"/>
+      <c r="V14" s="1"/>
+      <c r="W14" s="1"/>
+      <c r="X14" s="1"/>
     </row>
     <row r="15">
       <c r="A15" s="4" t="s">
-        <v>50</v>
-[...13 lines deleted...]
-        <v>49</v>
+        <v>51</v>
+      </c>
+      <c r="C15" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E15" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="H15" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="J15" s="5" t="s">
+        <v>23</v>
       </c>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
-      <c r="N15" s="1"/>
-      <c r="O15" s="5" t="s">
+      <c r="P15" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="P15" s="1"/>
-      <c r="Q15" s="7" t="s">
+      <c r="Q15" s="1"/>
+      <c r="R15" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
-      <c r="U15" s="1"/>
-[...1 lines deleted...]
-      <c r="W15" s="6" t="s">
+      <c r="V15" s="6" t="s">
         <v>24</v>
       </c>
+      <c r="W15" s="1"/>
       <c r="X15" s="1"/>
       <c r="Y15" s="1"/>
       <c r="Z15" s="1"/>
     </row>
     <row r="16">
       <c r="A16" s="4" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>54</v>
+      </c>
+      <c r="M16" s="5" t="s">
+        <v>55</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="4" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="I17" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="J17" s="5" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="C18" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="J18" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="C18" s="5" t="s">
-[...14 lines deleted...]
-      <c r="P18" s="5" t="s">
+      <c r="Q18" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="Q18" s="1"/>
+      <c r="R18" s="1"/>
     </row>
     <row r="19">
       <c r="A19" s="4" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="F19" s="5" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="I19" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J19" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="L19" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M19" s="5" t="s">
-        <v>57</v>
-[...4 lines deleted...]
-      <c r="Q19" s="1"/>
+        <v>59</v>
+      </c>
+      <c r="N19" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="Q19" s="5" t="s">
+        <v>60</v>
+      </c>
       <c r="R19" s="1"/>
       <c r="S19" s="1"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
     </row>
     <row r="20">
       <c r="A20" s="4" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="4" t="s">
-        <v>60</v>
-[...4 lines deleted...]
-      <c r="O21" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="P21" s="1"/>
+      <c r="N21" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P21" s="6" t="s">
+        <v>64</v>
+      </c>
       <c r="Q21" s="1"/>
       <c r="R21" s="1"/>
       <c r="S21" s="1"/>
+      <c r="T21" s="1"/>
     </row>
     <row r="22">
       <c r="A22" s="4" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="F22" s="5" t="s">
-        <v>44</v>
-[...4 lines deleted...]
-      <c r="J22" s="1"/>
+        <v>23</v>
+      </c>
+      <c r="J22" s="5" t="s">
+        <v>66</v>
+      </c>
       <c r="K22" s="1"/>
       <c r="L22" s="1"/>
+      <c r="M22" s="1"/>
     </row>
     <row r="23">
       <c r="A23" s="4" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="F23" s="5" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="J23" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K23" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="S23" s="5" t="s">
+      <c r="T23" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="T23" s="1"/>
+      <c r="U23" s="1"/>
     </row>
     <row r="24">
       <c r="A24" s="4" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="J24" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K24" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="R24" s="5" t="s">
+      <c r="S24" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="S24" s="1"/>
       <c r="T24" s="1"/>
+      <c r="U24" s="1"/>
     </row>
     <row r="25">
       <c r="A25" s="4" t="s">
-        <v>67</v>
-[...5 lines deleted...]
-        <v>68</v>
+        <v>69</v>
+      </c>
+      <c r="L25" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="S25" s="5" t="s">
+        <v>70</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="4" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="4" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="D27" s="1"/>
       <c r="E27" s="1"/>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="5" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="I27" s="1"/>
       <c r="J27" s="1"/>
       <c r="K27" s="1"/>
       <c r="L27" s="1"/>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1"/>
       <c r="Q27" s="1"/>
       <c r="R27" s="1"/>
       <c r="S27" s="1"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28">
       <c r="A28" s="4" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>23</v>
+      </c>
+      <c r="J28" s="5" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="4" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="4" t="s">
-        <v>74</v>
+        <v>75</v>
+      </c>
+      <c r="B30" s="5" t="s">
+        <v>76</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>44</v>
-[...16 lines deleted...]
-      <c r="S30" s="1"/>
+        <v>77</v>
+      </c>
     </row>
     <row r="31">
       <c r="A31" s="4" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="4" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>79</v>
-[...7 lines deleted...]
-      <c r="Q32" s="7" t="s">
         <v>81</v>
       </c>
-      <c r="R32" s="1"/>
+      <c r="J32" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="Q32" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="R32" s="7" t="s">
+        <v>83</v>
+      </c>
       <c r="S32" s="1"/>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
     </row>
     <row r="33">
       <c r="A33" s="4" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="F35" s="4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="G35" s="4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="H35" s="4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="I35" s="4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="J35" s="4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="K35" s="4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="L35" s="4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="M35" s="4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="N35" s="4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="O35" s="4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="P35" s="4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="Q35" s="4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="R35" s="4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="S35" s="4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="T35" s="4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="U35" s="4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="V35" s="4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="W35" s="4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="X35" s="4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="Y35" s="4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="Z35" s="4" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B36" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="C36" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="D36" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="E36" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="F36" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="G36" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="H36" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="I36" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="J36" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="K36" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="L36" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="M36" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="O36" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="P36" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="Q36" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="R36" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="S36" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="T36" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="U36" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="V36" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="W36" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="X36" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="Y36" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="Z36" s="8" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B37" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C37" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="D37" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="E37" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F37" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="G37" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="H37" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="I37" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="J37" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="K37" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="L37" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="M37" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="O37" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="P37" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="Q37" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="R37" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="S37" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="T37" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="U37" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="V37" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="W37" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="X37" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="Y37" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="Z37" s="8" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B38" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="C38" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D38" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="E38" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="F38" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="G38" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="H38" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="I38" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="J38" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="K38" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="L38" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="M38" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="O38" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="P38" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="Q38" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="R38" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="S38" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="T38" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="U38" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="V38" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="W38" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="X38" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="Y38" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="Z38" s="8" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B39" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C39" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="D39" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="E39" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="F39" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="G39" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="H39" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="I39" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="J39" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="K39" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="L39" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="M39" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="O39" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="P39" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="Q39" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="R39" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="S39" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="T39" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="U39" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="V39" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="W39" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="X39" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="Y39" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="Z39" s="8" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="B40" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C40" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="D40" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="E40" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="F40" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="G40" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H40" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="I40" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="J40" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="K40" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="L40" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="M40" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="O40" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="P40" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="Q40" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="R40" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="S40" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="T40" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="U40" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="V40" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="W40" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="X40" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="Y40" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="Z40" s="8" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B41" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="C41" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D41" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E41" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="F41" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="G41" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="H41" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="I41" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="J41" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="K41" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="L41" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="M41" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="N41" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="O41" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="P41" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="Q41" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="R41" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="S41" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="T41" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="U41" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="V41" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="W41" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="X41" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="Y41" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="Z41" s="8" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B42" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C42" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D42" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="E42" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="F42" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="G42" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="H42" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="I42" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="J42" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="K42" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="L42" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="M42" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="N42" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="O42" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="P42" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="Q42" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="R42" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="S42" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="T42" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="U42" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="V42" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="W42" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="X42" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="Y42" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="Z42" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B43" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C43" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="D43" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="E43" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="F43" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="G43" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="H43" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="I43" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="J43" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="K43" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="L43" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="M43" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="N43" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="O43" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="P43" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="Q43" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="R43" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="S43" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="T43" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="U43" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="V43" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="W43" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="X43" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="Y43" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="Z43" s="8" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="B44" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C44" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="D44" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="E44" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="F44" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="G44" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="H44" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="I44" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="J44" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="K44" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="L44" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="M44" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="N44" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="O44" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="P44" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="Q44" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="R44" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="S44" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="T44" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="U44" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="V44" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="W44" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="X44" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="Y44" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="Z44" s="8" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B45" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C45" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D45" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="E45" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="F45" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="G45" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="H45" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="I45" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="J45" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="K45" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="L45" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="M45" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="N45" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="O45" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="P45" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="Q45" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="R45" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="S45" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="T45" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="U45" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="V45" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="W45" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="X45" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="Y45" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="Z45" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B46" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C46" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="D46" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="E46" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="F46" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="G46" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="H46" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="I46" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="J46" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="K46" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="L46" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="M46" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="N46" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="O46" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="P46" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="Q46" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="R46" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="S46" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="T46" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="U46" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="V46" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="W46" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="X46" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="Y46" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="Z46" s="8" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B47" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C47" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D47" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="E47" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="F47" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="G47" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="H47" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="I47" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="J47" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="K47" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="L47" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="M47" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="N47" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="O47" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="P47" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="Q47" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="R47" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="S47" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="T47" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="U47" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="V47" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="W47" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="X47" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="Y47" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="Z47" s="8" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B48" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C48" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="D48" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E48" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="F48" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="G48" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="H48" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="I48" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="J48" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="K48" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="L48" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="M48" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="N48" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="O48" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="P48" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="Q48" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="R48" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="S48" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="T48" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="U48" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="V48" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="W48" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="X48" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="Y48" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="Z48" s="8" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B49" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C49" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="D49" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E49" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="F49" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="G49" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="H49" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="I49" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="J49" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="K49" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="L49" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="M49" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="N49" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="O49" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="P49" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="Q49" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="R49" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="S49" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="T49" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="U49" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="V49" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="W49" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="X49" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="Y49" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="Z49" s="8" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B50" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C50" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="D50" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E50" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="F50" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="G50" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="H50" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="I50" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="J50" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="K50" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="L50" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="M50" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="N50" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="O50" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="P50" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="Q50" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="R50" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="S50" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="T50" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="U50" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="V50" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="W50" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="X50" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="Y50" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="Z50" s="8" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B51" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C51" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D51" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="E51" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="F51" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="G51" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="H51" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="I51" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="J51" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="K51" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="L51" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="M51" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="N51" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="O51" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="P51" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="Q51" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="R51" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="S51" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="T51" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="U51" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="V51" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="W51" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="X51" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="Y51" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="Z51" s="8" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B52" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C52" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D52" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E52" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="F52" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="G52" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H52" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="I52" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="J52" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="K52" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="L52" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="M52" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="N52" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="O52" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="P52" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="Q52" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="R52" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="S52" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="T52" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="U52" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="V52" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="W52" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="X52" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="Y52" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="Z52" s="8" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="B53" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C53" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="D53" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="E53" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="F53" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="G53" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="H53" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="I53" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="J53" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="K53" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="L53" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="M53" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="N53" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="O53" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="P53" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="Q53" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="R53" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="S53" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="T53" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="U53" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="V53" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="W53" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="X53" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="Y53" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="Z53" s="8" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B54" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="C54" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="D54" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="E54" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="F54" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="G54" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="H54" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="I54" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="J54" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="K54" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="L54" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="M54" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="N54" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="O54" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="P54" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="Q54" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="R54" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="S54" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="T54" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="U54" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="V54" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="W54" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="X54" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="Y54" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="Z54" s="8" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B55" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C55" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="D55" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="E55" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="F55" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="G55" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="H55" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="I55" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="J55" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="K55" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="L55" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="M55" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="N55" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="O55" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="P55" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="Q55" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="R55" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="S55" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="T55" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="U55" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="V55" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="W55" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="X55" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="Y55" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="Z55" s="8" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B56" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C56" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D56" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="E56" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="F56" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="G56" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="H56" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="I56" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="J56" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="K56" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="L56" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="M56" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="N56" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="O56" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="P56" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="Q56" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="R56" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="S56" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="T56" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="U56" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="V56" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="W56" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="X56" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="Y56" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="Z56" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="8" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B57" s="8" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C57" s="8" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="D57" s="8" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="E57" s="8" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="F57" s="8" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="G57" s="8" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="H57" s="8" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="I57" s="8" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="J57" s="8" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="K57" s="8" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="L57" s="8" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="M57" s="8" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="N57" s="8" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="O57" s="8" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="P57" s="8" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="Q57" s="8" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="R57" s="8" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="S57" s="8" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="T57" s="8" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="U57" s="8" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="V57" s="8" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="W57" s="8" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="X57" s="8" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="Y57" s="8" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="Z57" s="8" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="8" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B58" s="8" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C58" s="8" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="D58" s="8" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="E58" s="8" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="F58" s="8" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="G58" s="8" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="H58" s="8" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="I58" s="8" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="J58" s="8" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="K58" s="8" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="L58" s="8" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="M58" s="8" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="N58" s="8" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="O58" s="8" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="P58" s="8" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="Q58" s="8" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="R58" s="8" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="S58" s="8" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="T58" s="8" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="U58" s="8" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="V58" s="8" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="W58" s="8" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="X58" s="8" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="Y58" s="8" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="Z58" s="8" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="8" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B59" s="8" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C59" s="8" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="D59" s="8" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="E59" s="8" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="F59" s="8" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="G59" s="8" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="H59" s="8" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="I59" s="8" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="J59" s="8" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="K59" s="8" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="L59" s="8" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="M59" s="8" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="N59" s="8" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="O59" s="8" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="P59" s="8" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="Q59" s="8" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="R59" s="8" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="S59" s="8" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="T59" s="8" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="U59" s="8" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="V59" s="8" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="W59" s="8" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="X59" s="8" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="Y59" s="8" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="Z59" s="8" t="s">
-        <v>107</v>
+        <v>109</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="B60" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="C60" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="D60" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="E60" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="F60" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="G60" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="H60" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="I60" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="J60" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="K60" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="L60" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="M60" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="N60" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="O60" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="P60" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="Q60" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="R60" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="S60" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="T60" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="U60" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="V60" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="W60" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="X60" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="Y60" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="Z60" s="8" t="s">
+        <v>110</v>
       </c>
     </row>
     <row r="61">
-      <c r="A61" s="1" t="s">
-[...90 lines deleted...]
-      <c r="B65" s="1" t="s">
+      <c r="A61" s="8" t="s">
         <v>111</v>
       </c>
+      <c r="B61" s="8" t="s">
+        <v>111</v>
+      </c>
+      <c r="C61" s="8" t="s">
+        <v>111</v>
+      </c>
+      <c r="D61" s="8" t="s">
+        <v>111</v>
+      </c>
+      <c r="E61" s="8" t="s">
+        <v>111</v>
+      </c>
+      <c r="F61" s="8" t="s">
+        <v>111</v>
+      </c>
+      <c r="G61" s="8" t="s">
+        <v>111</v>
+      </c>
+      <c r="H61" s="8" t="s">
+        <v>111</v>
+      </c>
+      <c r="I61" s="8" t="s">
+        <v>111</v>
+      </c>
+      <c r="J61" s="8" t="s">
+        <v>111</v>
+      </c>
+      <c r="K61" s="8" t="s">
+        <v>111</v>
+      </c>
+      <c r="L61" s="8" t="s">
+        <v>111</v>
+      </c>
+      <c r="M61" s="8" t="s">
+        <v>111</v>
+      </c>
+      <c r="N61" s="8" t="s">
+        <v>111</v>
+      </c>
+      <c r="O61" s="8" t="s">
+        <v>111</v>
+      </c>
+      <c r="P61" s="8" t="s">
+        <v>111</v>
+      </c>
+      <c r="Q61" s="8" t="s">
+        <v>111</v>
+      </c>
+      <c r="R61" s="8" t="s">
+        <v>111</v>
+      </c>
+      <c r="S61" s="8" t="s">
+        <v>111</v>
+      </c>
+      <c r="T61" s="8" t="s">
+        <v>111</v>
+      </c>
+      <c r="U61" s="8" t="s">
+        <v>111</v>
+      </c>
+      <c r="V61" s="8" t="s">
+        <v>111</v>
+      </c>
+      <c r="W61" s="8" t="s">
+        <v>111</v>
+      </c>
+      <c r="X61" s="8" t="s">
+        <v>111</v>
+      </c>
+      <c r="Y61" s="8" t="s">
+        <v>111</v>
+      </c>
+      <c r="Z61" s="8" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="E63" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="F63" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="H63" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="I63" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="J63" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="K63" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="L63" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="M63" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="N63" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="O63" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="P63" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="Q63" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="R63" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="S63" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="T63" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="U63" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="V63" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="W63" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="X63" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="Y63" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="Z63" s="1" t="s">
+        <v>112</v>
+      </c>
     </row>
     <row r="66">
-      <c r="A66" s="11" t="s">
-        <v>109</v>
+      <c r="A66" s="9" t="s">
+        <v>113</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>112</v>
+        <v>114</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="10" t="s">
+        <v>113</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="11" t="s">
+        <v>113</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>116</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:Z1"/>
     <mergeCell ref="A2:A3"/>
-    <mergeCell ref="C2:L2"/>
-[...1 lines deleted...]
-    <mergeCell ref="E4:F4"/>
+    <mergeCell ref="C2:M2"/>
+    <mergeCell ref="N2:Z2"/>
     <mergeCell ref="J4:L4"/>
     <mergeCell ref="O4:Q4"/>
-    <mergeCell ref="R5:T5"/>
-    <mergeCell ref="M8:Z8"/>
+    <mergeCell ref="S5:U5"/>
+    <mergeCell ref="C7:Z7"/>
+    <mergeCell ref="N8:Z8"/>
     <mergeCell ref="C9:D9"/>
-    <mergeCell ref="E9:H9"/>
-[...1 lines deleted...]
-    <mergeCell ref="R9:T9"/>
+    <mergeCell ref="E9:I9"/>
+    <mergeCell ref="J9:N9"/>
+    <mergeCell ref="S9:U9"/>
+    <mergeCell ref="V9:Z9"/>
     <mergeCell ref="B12:C12"/>
     <mergeCell ref="D12:F12"/>
-    <mergeCell ref="J12:L12"/>
+    <mergeCell ref="K12:M12"/>
     <mergeCell ref="V12:Y12"/>
-    <mergeCell ref="O13:R13"/>
-[...12 lines deleted...]
-    <mergeCell ref="R24:T24"/>
+    <mergeCell ref="P13:S13"/>
+    <mergeCell ref="T13:X13"/>
+    <mergeCell ref="Q14:S14"/>
+    <mergeCell ref="T14:X14"/>
+    <mergeCell ref="J15:M15"/>
+    <mergeCell ref="P15:Q15"/>
+    <mergeCell ref="R15:T15"/>
+    <mergeCell ref="V15:Z15"/>
+    <mergeCell ref="Q18:R18"/>
+    <mergeCell ref="Q19:V19"/>
+    <mergeCell ref="P21:T21"/>
+    <mergeCell ref="J22:M22"/>
+    <mergeCell ref="T23:U23"/>
+    <mergeCell ref="S24:U24"/>
     <mergeCell ref="C27:G27"/>
     <mergeCell ref="H27:W27"/>
-    <mergeCell ref="C30:D30"/>
-[...3 lines deleted...]
-    <mergeCell ref="Q32:V32"/>
+    <mergeCell ref="R32:V32"/>
     <mergeCell ref="A35:Z35"/>
     <mergeCell ref="A36:Z36"/>
     <mergeCell ref="A37:Z37"/>
     <mergeCell ref="A38:Z38"/>
     <mergeCell ref="A39:Z39"/>
     <mergeCell ref="A40:Z40"/>
     <mergeCell ref="A41:Z41"/>
     <mergeCell ref="A42:Z42"/>
     <mergeCell ref="A43:Z43"/>
     <mergeCell ref="A44:Z44"/>
     <mergeCell ref="A45:Z45"/>
     <mergeCell ref="A46:Z46"/>
     <mergeCell ref="A47:Z47"/>
     <mergeCell ref="A48:Z48"/>
     <mergeCell ref="A49:Z49"/>
     <mergeCell ref="A50:Z50"/>
     <mergeCell ref="A51:Z51"/>
     <mergeCell ref="A52:Z52"/>
     <mergeCell ref="A53:Z53"/>
     <mergeCell ref="A54:Z54"/>
     <mergeCell ref="A55:Z55"/>
     <mergeCell ref="A56:Z56"/>
     <mergeCell ref="A57:Z57"/>
     <mergeCell ref="A58:Z58"/>
     <mergeCell ref="A59:Z59"/>
+    <mergeCell ref="A60:Z60"/>
     <mergeCell ref="A61:Z61"/>
+    <mergeCell ref="A63:Z63"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>