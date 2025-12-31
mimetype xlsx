--- v0 (2025-10-24)
+++ v1 (2025-12-31)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R3d664ddab9194ed1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Re3a02b52e6b649d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R633586f5d5ba43b1"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R1a65f4882cb34161"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="100">
   <si>
     <t>Poliomyelitis: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
@@ -290,51 +290,51 @@
     <t>12: Td booster every 10 years. One of the booster dose should be with Tdacp or Tdacp-IPV</t>
   </si>
   <si>
     <t>13: Repeat every 10 years for individuals at risk.</t>
   </si>
   <si>
     <t>14: Six-year-old children may be vaccinated with vaccinations for 7-year-old children, if the child is beginning to study in an educational institution.</t>
   </si>
   <si>
     <t>15: Additional polio boosters are needed for people at increased risk. This concerns travelers to countries infected with poliovirus or
 with risk of exposure to poliovirus and people working with poliovirus. Boosters are usually given 10 years after the previous dose.</t>
   </si>
   <si>
     <t>16: For premature infants (born before 33 weeks) or with a birthweight &lt;1500g, a 3+1 schedule is recommended</t>
   </si>
   <si>
     <t>17: Subsequent Tdacp-IPV booster every 10 years</t>
   </si>
   <si>
     <t>18: starting cohort 2016</t>
   </si>
   <si>
     <t>19: Revaccination every 10 years</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-24 at 05:14.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-12-31 at 01:32.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -392,51 +392,51 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R633586f5d5ba43b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Ra0360223e6a14657" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Re10d54cfcf4a42b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R1a65f4882cb34161" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R315ae733e13a44a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R214a2e0865534378" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:AJ61"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
     <col min="8" max="8" width="13.17" customWidth="1" style="1"/>
     <col min="9" max="9" width="13.17" customWidth="1" style="1"/>
     <col min="10" max="10" width="13.17" customWidth="1" style="1"/>
     <col min="11" max="11" width="13.17" customWidth="1" style="1"/>
     <col min="12" max="12" width="13.17" customWidth="1" style="1"/>
     <col min="13" max="13" width="13.17" customWidth="1" style="1"/>
     <col min="14" max="14" width="13.17" customWidth="1" style="1"/>
     <col min="15" max="15" width="13.17" customWidth="1" style="1"/>