--- v1 (2025-12-31)
+++ v2 (2026-02-14)
@@ -1,340 +1,367 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Re3a02b52e6b649d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R20d984022aba4a51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R1a65f4882cb34161"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R58b1c8c941aa452f"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="100">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="109" uniqueCount="109">
   <si>
     <t>Poliomyelitis: Recommended vaccinations</t>
   </si>
   <si>
+    <t>Weeks</t>
+  </si>
+  <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
+    <t>6</t>
+  </si>
+  <si>
     <t>2</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>6</t>
-[...1 lines deleted...]
-  <si>
     <t>8</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
+    <t>17</t>
+  </si>
+  <si>
     <t>25</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>60</t>
-[...1 lines deleted...]
-  <si>
     <t>&gt;= 65</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
+    <t>IPV (1 )</t>
+  </si>
+  <si>
+    <t>IPV (2 )</t>
+  </si>
+  <si>
+    <t>IPV (3 )</t>
+  </si>
+  <si>
+    <t>IPV (4 )</t>
+  </si>
+  <si>
+    <t>IPV (5 )</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belgium  </t>
+  </si>
+  <si>
     <t>IPV</t>
   </si>
   <si>
-    <t>IPV (1 )</t>
-[...8 lines deleted...]
-    <t>IPV (3 )</t>
+    <t>IPV (6 )</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
-    <t>IPV (4 )</t>
+    <t>IPV (7 )</t>
+  </si>
+  <si>
+    <t>IPV (8 )</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
-    <t>IPV (5 )</t>
-[...2 lines deleted...]
-    <t>IPV (6 )</t>
+    <t>IPV (9 )</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
     <t>Czechia</t>
   </si>
   <si>
-    <t>IPV (7 )</t>
+    <t>IPV (10 )</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
-    <t>IPV (8 )</t>
-[...2 lines deleted...]
-    <t>IPV (9 )</t>
+    <t>IPV (11 )</t>
+  </si>
+  <si>
+    <t>IPV (12 )</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>IPV (10 )</t>
-[...2 lines deleted...]
-    <t>IPV (11 )</t>
+    <t>IPV (13 )</t>
+  </si>
+  <si>
+    <t>IPV (14 )</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
-    <t>IPV (12 )</t>
+    <t>IPV (15 )</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
-    <t>IPV (13 )</t>
+    <t>IPV (16 )</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
-    <t>IPV (14 )</t>
+    <t>IPV (17 )</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
-    <t>IPV (15 )</t>
+    <t>IPV (18 )</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
-    <t>IPV (16 )</t>
-[...2 lines deleted...]
-    <t>IPV (17 )</t>
+    <t>IPV (19 )</t>
+  </si>
+  <si>
+    <t>IPV (20 )</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
-    <t>IPV (18 )</t>
+    <t>IPV (21 )</t>
+  </si>
+  <si>
+    <t>IPV (22 )</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
-    <t>IPV (19 )</t>
+    <t>IPV (23 )</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
-    <t>1: Minimum interval of 6 month after second dose</t>
-[...41 lines deleted...]
-    <t>15: Additional polio boosters are needed for people at increased risk. This concerns travelers to countries infected with poliovirus or
+    <t>1: Primary immunisation with a hexavalent vaccine as soon as possible after the age of 6 weeks (in any case by 3 months of age)</t>
+  </si>
+  <si>
+    <t>2: Second dose of a hexavalent vaccine should be given 2 months after the first dose</t>
+  </si>
+  <si>
+    <t>3: The third dose of the hexavalent vaccine should be given 6 months after the second dose, at the age of 10–12 months</t>
+  </si>
+  <si>
+    <t>4: The first booster dose with a tetravalent dTaP-IPV vaccine recommended at the age of 5 years</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5: The second booster of the tetravalent dTaP-IPV vaccine is recommended 5 years after the first booster, or latest between 13/14 years of age </t>
+  </si>
+  <si>
+    <t xml:space="preserve">6: A supplementary polio revaccination (to be paid out of pocket) is mandatory (or strongly recommended according to the countries) for travellers (of all ages) staying longer than 4 weeks in countries infected by wild poliovirus or circulating vaccine derived poliovirus (cVDPV) with potential risk of international spread. These recommendations follow the statement of the Emergency Committee under the International Health Regulations (2005) (IHR) regarding the international spread of poliovirus, and they are regularly adjusted to this statement. The revaccination consists of 1 dose of the vaccine administered between 4 weeks and 12 months before the traveler leaves the concerned countries.  For detailed information: see: https://www.health.belgium.be/sites/default/files/uploads/fields/fpshealth_theme_file/css_9208b_polio_adultes.pdf and Institute of Tropical Medicine: Travel Medicine - Tropical and Import Pathology: http://www.itg.be/E/Article/additional-polio-vaccination</t>
+  </si>
+  <si>
+    <t>7: Routine vaccination against diphtheria, tetanus, pertussis, poliomyelitis, Haemophilus influenzae type B infections, and viral hepatitis type B vaccination begins at 6 weeks of age. Second and third doses are given at week 10 and week 14. For children born to mothers vaccinated during pregnancy against pertussis, mandatory immunization against diphtheria, tetanus, pertussis, poliomyelitis, Haemophilus influenzae type B infections, and viral hepatitis type B is carried out from two months of age. Subsequent immunizations are administered no earlier than 4 weeks after the previous dose, at three and four months of age, respectively. For children born to mothers vaccinated during pregnancy against pertussis, mandatory immunization against diphtheria, tetanus, pertussis, poliomyelitis, Haemophilus influenzae type B infections, and viral hepatitis type B is carried out from two months of age. Subsequent immunizations are administered no earlier than 4 weeks after the previous dose, at three and four months of age, respectively.</t>
+  </si>
+  <si>
+    <t>8: Not earlier than 12 months after the 3rd dose</t>
+  </si>
+  <si>
+    <t>9: Booster for children in 1st grade with DTaP-IPV or dTap-IPV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10: The first dose of hexavalent vaccine is given from the end of the 2nd month of life, at intervals of two months between the first and the second dose,  and the third dose given between the eleventh and thirteenth months of the child's age</t>
+  </si>
+  <si>
+    <t>11: dTacp-IPV or dTT-IPV if last dTacp-IPV received in the previous 5 years</t>
+  </si>
+  <si>
+    <t>12: dTT-IPV every 10 years from 65 years of age</t>
+  </si>
+  <si>
+    <t>13: Optional dose if monovalent and other combination vaccines are used</t>
+  </si>
+  <si>
+    <t>14: Catch-up for those unvaccinated</t>
+  </si>
+  <si>
+    <t>15: Booster dose 18- 25 y with Tdap or Tdap-IPV, followed by Td or Tdap every 10 y.</t>
+  </si>
+  <si>
+    <t>16: Repeat every 10 years for individuals at risk. Not funded.</t>
+  </si>
+  <si>
+    <t>17: Six-year-old children may be vaccinated with vaccinations for 7-year-old children, if the child is beginning to study in an educational institution.</t>
+  </si>
+  <si>
+    <t>18: Additional polio boosters are needed for people at increased risk. This concerns travelers to countries infected with poliovirus or
 with risk of exposure to poliovirus and people working with poliovirus. Boosters are usually given 10 years after the previous dose.</t>
   </si>
   <si>
-    <t>16: For premature infants (born before 33 weeks) or with a birthweight &lt;1500g, a 3+1 schedule is recommended</t>
-[...11 lines deleted...]
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-12-31 at 01:32.</t>
+    <t>19: For premature infants (born before 33 weeks) or with a birthweight &lt;1500g, a 3+1 schedule is recommended</t>
+  </si>
+  <si>
+    <t>20: Subsequent Tdacp-IPV booster every 10 years</t>
+  </si>
+  <si>
+    <t xml:space="preserve">21: This additional vaccination is recommended only for infants at 2 months of age whose mothers were not vaccinated during pregnancy, and in specific circumstances. In all other cases, infants born to mothers vaccinated during pregnancy (at 22 weeks gestation) receive a two-dose primary series at 3 and 5 months of age. </t>
+  </si>
+  <si>
+    <t>22: starting cohort 2016</t>
+  </si>
+  <si>
+    <t>23: Revaccination every 10 years</t>
+  </si>
+  <si>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-14 at 21:20.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -392,56 +419,56 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R1a65f4882cb34161" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R315ae733e13a44a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R214a2e0865534378" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R58b1c8c941aa452f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R36e20c6d62a844ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R32669accbe0b4b1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AJ61"/>
+  <dimension ref="A1:AJ65"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
     <col min="8" max="8" width="13.17" customWidth="1" style="1"/>
     <col min="9" max="9" width="13.17" customWidth="1" style="1"/>
     <col min="10" max="10" width="13.17" customWidth="1" style="1"/>
     <col min="11" max="11" width="13.17" customWidth="1" style="1"/>
     <col min="12" max="12" width="13.17" customWidth="1" style="1"/>
     <col min="13" max="13" width="13.17" customWidth="1" style="1"/>
     <col min="14" max="14" width="13.17" customWidth="1" style="1"/>
     <col min="15" max="15" width="13.17" customWidth="1" style="1"/>
     <col min="16" max="16" width="13.17" customWidth="1" style="1"/>
     <col min="17" max="17" width="13.17" customWidth="1" style="1"/>
     <col min="18" max="18" width="13.17" customWidth="1" style="1"/>
     <col min="19" max="19" width="13.17" customWidth="1" style="1"/>
     <col min="20" max="20" width="13.17" customWidth="1" style="1"/>
@@ -555,3275 +582,3711 @@
       </c>
       <c r="AE1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="AF1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="AG1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="AH1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="AI1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="AJ1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="1"/>
+      <c r="C2" s="3" t="s">
+        <v>2</v>
+      </c>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
-      <c r="Q2" s="3" t="s">
-[...2 lines deleted...]
-      <c r="R2" s="1"/>
+      <c r="Q2" s="1"/>
+      <c r="R2" s="3" t="s">
+        <v>3</v>
+      </c>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
       <c r="AA2" s="1"/>
       <c r="AB2" s="1"/>
       <c r="AC2" s="1"/>
       <c r="AD2" s="1"/>
       <c r="AE2" s="1"/>
       <c r="AF2" s="1"/>
       <c r="AG2" s="1"/>
       <c r="AH2" s="1"/>
       <c r="AI2" s="1"/>
       <c r="AJ2" s="1"/>
     </row>
     <row r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="3" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C3" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="D3" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="E3" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="G3" s="3" t="s">
         <v>4</v>
-      </c>
-[...10 lines deleted...]
-        <v>8</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K3" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="M3" s="3" t="s">
         <v>14</v>
       </c>
       <c r="N3" s="3" t="s">
         <v>15</v>
       </c>
       <c r="O3" s="3" t="s">
         <v>16</v>
       </c>
       <c r="P3" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q3" s="3" t="s">
-        <v>3</v>
+        <v>18</v>
       </c>
       <c r="R3" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="S3" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="T3" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="U3" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="V3" s="3" t="s">
         <v>4</v>
-      </c>
-[...10 lines deleted...]
-        <v>18</v>
       </c>
       <c r="W3" s="3" t="s">
         <v>19</v>
       </c>
       <c r="X3" s="3" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="Y3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="Z3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="AA3" s="3" t="s">
         <v>12</v>
       </c>
       <c r="AB3" s="3" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="AC3" s="3" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="AD3" s="3" t="s">
         <v>14</v>
       </c>
       <c r="AE3" s="3" t="s">
         <v>15</v>
       </c>
       <c r="AF3" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="AG3" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="AG3" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AH3" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="AI3" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="AJ3" s="3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="C4" s="5" t="s">
         <v>26</v>
       </c>
+      <c r="B4" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C4" s="1"/>
       <c r="D4" s="5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E4" s="1"/>
       <c r="I4" s="5" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="J4" s="1"/>
-      <c r="V4" s="5" t="s">
-[...10 lines deleted...]
-      <c r="AI4" s="1"/>
+      <c r="U4" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="Y4" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="Z4" s="1"/>
+      <c r="AA4" s="1"/>
+      <c r="AB4" s="1"/>
+      <c r="AC4" s="1"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>26</v>
-[...12 lines deleted...]
-      <c r="AG5" s="1"/>
+        <v>33</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="M5" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="U5" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="V5" s="1"/>
+      <c r="AG5" s="6" t="s">
+        <v>34</v>
+      </c>
       <c r="AH5" s="1"/>
       <c r="AI5" s="1"/>
       <c r="AJ5" s="1"/>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>33</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="N6" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="V6" s="5" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="s">
-        <v>33</v>
-[...13 lines deleted...]
-      <c r="M7" s="1"/>
+        <v>38</v>
+      </c>
+      <c r="C7" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G7" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="M7" s="5" t="s">
+        <v>33</v>
+      </c>
       <c r="N7" s="1"/>
-      <c r="U7" s="5" t="s">
-[...4 lines deleted...]
-        <v>35</v>
+      <c r="O7" s="1"/>
+      <c r="V7" s="5" t="s">
+        <v>39</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="4" t="s">
-        <v>36</v>
-[...16 lines deleted...]
-      <c r="O8" s="1"/>
+        <v>40</v>
+      </c>
+      <c r="C8" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D8" s="1"/>
+      <c r="E8" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" s="1"/>
+      <c r="G8" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H8" s="1"/>
+      <c r="O8" s="5" t="s">
+        <v>33</v>
+      </c>
       <c r="P8" s="1"/>
-      <c r="S8" s="5" t="s">
-[...2 lines deleted...]
-      <c r="T8" s="1"/>
+      <c r="Q8" s="1"/>
+      <c r="T8" s="5" t="s">
+        <v>33</v>
+      </c>
       <c r="U8" s="1"/>
+      <c r="V8" s="1"/>
     </row>
     <row r="9">
       <c r="A9" s="4" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>38</v>
-[...7 lines deleted...]
-      <c r="J9" s="1"/>
+        <v>42</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="J9" s="5" t="s">
+        <v>33</v>
+      </c>
       <c r="K9" s="1"/>
-      <c r="X9" s="5" t="s">
-[...2 lines deleted...]
-      <c r="Y9" s="1"/>
+      <c r="L9" s="1"/>
+      <c r="Y9" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="Z9" s="1"/>
     </row>
     <row r="10">
       <c r="A10" s="4" t="s">
-        <v>39</v>
-[...11 lines deleted...]
-        <v>26</v>
+        <v>43</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F10" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K10" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="U10" s="5" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="4" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>44</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>26</v>
-[...11 lines deleted...]
-      <c r="V11" s="1"/>
+        <v>33</v>
+      </c>
+      <c r="E11" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F11" s="1"/>
+      <c r="G11" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="R11" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="V11" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="W11" s="1"/>
     </row>
     <row r="12">
       <c r="A12" s="4" t="s">
-        <v>41</v>
-[...11 lines deleted...]
-        <v>26</v>
+        <v>45</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F12" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K12" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="T12" s="5" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="4" t="s">
-        <v>42</v>
-[...16 lines deleted...]
-      <c r="Z13" s="1"/>
+        <v>46</v>
+      </c>
+      <c r="C13" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="J13" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="V13" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="Z13" s="5" t="s">
+        <v>33</v>
+      </c>
       <c r="AA13" s="1"/>
-      <c r="AG13" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AB13" s="1"/>
       <c r="AH13" s="5" t="s">
-        <v>26</v>
+        <v>47</v>
+      </c>
+      <c r="AI13" s="5" t="s">
+        <v>33</v>
       </c>
       <c r="AJ13" s="5" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="4" t="s">
-        <v>45</v>
-[...16 lines deleted...]
-      <c r="K14" s="1"/>
+        <v>49</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D14" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="E14" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="J14" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K14" s="7" t="s">
+        <v>33</v>
+      </c>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
-      <c r="W14" s="5" t="s">
-[...2 lines deleted...]
-      <c r="X14" s="1"/>
+      <c r="V14" s="1"/>
+      <c r="X14" s="5" t="s">
+        <v>33</v>
+      </c>
       <c r="Y14" s="1"/>
       <c r="Z14" s="1"/>
       <c r="AA14" s="1"/>
       <c r="AB14" s="1"/>
       <c r="AC14" s="1"/>
       <c r="AD14" s="1"/>
-      <c r="AE14" s="7" t="s">
-[...2 lines deleted...]
-      <c r="AF14" s="1"/>
+      <c r="AE14" s="1"/>
+      <c r="AF14" s="7" t="s">
+        <v>51</v>
+      </c>
       <c r="AG14" s="1"/>
       <c r="AH14" s="1"/>
       <c r="AI14" s="1"/>
       <c r="AJ14" s="1"/>
     </row>
     <row r="15">
       <c r="A15" s="4" t="s">
-        <v>48</v>
-[...10 lines deleted...]
-      <c r="G15" s="1"/>
+        <v>52</v>
+      </c>
+      <c r="C15" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E15" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G15" s="5" t="s">
+        <v>33</v>
+      </c>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
-      <c r="O15" s="7" t="s">
-[...2 lines deleted...]
-      <c r="P15" s="1"/>
+      <c r="O15" s="1"/>
+      <c r="P15" s="7" t="s">
+        <v>33</v>
+      </c>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
-      <c r="S15" s="5" t="s">
-[...2 lines deleted...]
-      <c r="T15" s="1"/>
+      <c r="S15" s="1"/>
+      <c r="T15" s="5" t="s">
+        <v>33</v>
+      </c>
       <c r="U15" s="1"/>
-      <c r="V15" s="7" t="s">
-[...2 lines deleted...]
-      <c r="W15" s="1"/>
+      <c r="V15" s="1"/>
+      <c r="W15" s="7" t="s">
+        <v>33</v>
+      </c>
       <c r="X15" s="1"/>
       <c r="Y15" s="1"/>
       <c r="Z15" s="1"/>
       <c r="AA15" s="1"/>
       <c r="AB15" s="1"/>
       <c r="AC15" s="1"/>
       <c r="AD15" s="1"/>
-      <c r="AE15" s="1"/>
-[...3 lines deleted...]
-      <c r="AG15" s="1"/>
+      <c r="AG15" s="5" t="s">
+        <v>53</v>
+      </c>
       <c r="AH15" s="1"/>
       <c r="AI15" s="1"/>
       <c r="AJ15" s="1"/>
     </row>
     <row r="16">
       <c r="A16" s="4" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>26</v>
-[...5 lines deleted...]
-        <v>26</v>
+        <v>33</v>
+      </c>
+      <c r="E16" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="O16" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="V16" s="5" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="4" t="s">
-        <v>51</v>
-[...11 lines deleted...]
-        <v>52</v>
+        <v>55</v>
+      </c>
+      <c r="D17" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F17" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K17" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="AC17" s="5" t="s">
+        <v>56</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="4" t="s">
-        <v>53</v>
-[...13 lines deleted...]
-      <c r="T18" s="1"/>
+        <v>57</v>
+      </c>
+      <c r="C18" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G18" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="L18" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="T18" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="U18" s="1"/>
     </row>
     <row r="19">
       <c r="A19" s="4" t="s">
-        <v>54</v>
-[...14 lines deleted...]
-        <v>26</v>
+        <v>58</v>
+      </c>
+      <c r="C19" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E19" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="I19" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="U19" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="AA19" s="5" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="4" t="s">
-        <v>55</v>
-[...13 lines deleted...]
-      <c r="K20" s="1"/>
+        <v>59</v>
+      </c>
+      <c r="C20" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E20" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G20" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K20" s="5" t="s">
+        <v>33</v>
+      </c>
       <c r="L20" s="1"/>
-      <c r="V20" s="5" t="s">
-        <v>56</v>
+      <c r="M20" s="1"/>
+      <c r="W20" s="5" t="s">
+        <v>60</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="4" t="s">
-        <v>57</v>
-[...13 lines deleted...]
-      <c r="T21" s="1"/>
+        <v>61</v>
+      </c>
+      <c r="C21" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E21" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K21" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="T21" s="5" t="s">
+        <v>62</v>
+      </c>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
+      <c r="W21" s="1"/>
     </row>
     <row r="22">
       <c r="A22" s="4" t="s">
-        <v>59</v>
-[...16 lines deleted...]
-      <c r="V22" s="1"/>
+        <v>63</v>
+      </c>
+      <c r="C22" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E22" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G22" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="O22" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="V22" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="W22" s="1"/>
     </row>
     <row r="23">
       <c r="A23" s="4" t="s">
-        <v>60</v>
-[...20 lines deleted...]
-      <c r="AD23" s="1"/>
+        <v>64</v>
+      </c>
+      <c r="C23" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D23" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="J23" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="U23" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="V23" s="1"/>
+      <c r="AD23" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="AE23" s="1"/>
     </row>
     <row r="24">
       <c r="A24" s="4" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>67</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>26</v>
-[...7 lines deleted...]
-      <c r="AC24" s="1"/>
+        <v>33</v>
+      </c>
+      <c r="E24" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="O24" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="AC24" s="5" t="s">
+        <v>33</v>
+      </c>
       <c r="AD24" s="1"/>
+      <c r="AE24" s="1"/>
     </row>
     <row r="25">
       <c r="A25" s="4" t="s">
-        <v>64</v>
-[...14 lines deleted...]
-        <v>65</v>
+        <v>68</v>
+      </c>
+      <c r="C25" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F25" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K25" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="AC25" s="5" t="s">
+        <v>70</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="4" t="s">
-        <v>66</v>
-[...19 lines deleted...]
-      <c r="AH26" s="1"/>
+        <v>71</v>
+      </c>
+      <c r="D26" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F26" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K26" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="W26" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="AD26" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="AH26" s="5" t="s">
+        <v>72</v>
+      </c>
       <c r="AI26" s="1"/>
       <c r="AJ26" s="1"/>
     </row>
     <row r="27">
       <c r="A27" s="4" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>73</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>26</v>
-[...11 lines deleted...]
-        <v>26</v>
+        <v>33</v>
+      </c>
+      <c r="D27" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E27" s="1"/>
+      <c r="F27" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G27" s="1"/>
+      <c r="N27" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="O27" s="1"/>
+      <c r="V27" s="5" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="4" t="s">
-        <v>69</v>
-[...14 lines deleted...]
-        <v>26</v>
+        <v>74</v>
+      </c>
+      <c r="C28" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E28" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G28" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="O28" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="U28" s="5" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="4" t="s">
-        <v>70</v>
-[...11 lines deleted...]
-        <v>26</v>
+        <v>75</v>
+      </c>
+      <c r="C29" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="J29" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="V29" s="5" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="4" t="s">
-        <v>71</v>
-[...14 lines deleted...]
-        <v>26</v>
+        <v>76</v>
+      </c>
+      <c r="C30" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E30" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="I30" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="U30" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="AA30" s="5" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="4" t="s">
-        <v>72</v>
-[...10 lines deleted...]
-      <c r="J31" s="1"/>
+        <v>77</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F31" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="J31" s="5" t="s">
+        <v>33</v>
+      </c>
       <c r="K31" s="1"/>
       <c r="L31" s="1"/>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
+      <c r="O31" s="1"/>
     </row>
     <row r="32">
       <c r="A32" s="4" t="s">
-        <v>73</v>
-[...11 lines deleted...]
-        <v>26</v>
+        <v>78</v>
+      </c>
+      <c r="C32" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="J32" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="V32" s="5" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="4" t="s">
-        <v>74</v>
-[...11 lines deleted...]
-        <v>26</v>
+        <v>79</v>
+      </c>
+      <c r="D33" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F33" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K33" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="U33" s="5" t="s">
+        <v>33</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="F35" s="4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="G35" s="4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="H35" s="4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="I35" s="4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="J35" s="4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="K35" s="4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="L35" s="4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="M35" s="4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="N35" s="4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="O35" s="4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="P35" s="4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="Q35" s="4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="R35" s="4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="S35" s="4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="T35" s="4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="U35" s="4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="V35" s="4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="W35" s="4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="X35" s="4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="Y35" s="4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="Z35" s="4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="AA35" s="4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="AB35" s="4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="AC35" s="4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="AD35" s="4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="AE35" s="4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="AF35" s="4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="AG35" s="4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="AH35" s="4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="AI35" s="4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="AJ35" s="4" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="8" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="B36" s="8" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="C36" s="8" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="D36" s="8" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="E36" s="8" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="F36" s="8" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="G36" s="8" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="H36" s="8" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="I36" s="8" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="J36" s="8" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="K36" s="8" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="L36" s="8" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="M36" s="8" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="O36" s="8" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="P36" s="8" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="Q36" s="8" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="R36" s="8" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="S36" s="8" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="T36" s="8" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="U36" s="8" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="V36" s="8" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="W36" s="8" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="X36" s="8" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="Y36" s="8" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="Z36" s="8" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="AA36" s="8" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="AB36" s="8" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="AC36" s="8" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="AD36" s="8" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="AE36" s="8" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="AF36" s="8" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="AG36" s="8" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="AH36" s="8" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="AI36" s="8" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="AJ36" s="8" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="8" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="B37" s="8" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="C37" s="8" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="D37" s="8" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="E37" s="8" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="F37" s="8" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="G37" s="8" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="H37" s="8" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="I37" s="8" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="J37" s="8" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="K37" s="8" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="L37" s="8" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="M37" s="8" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="O37" s="8" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="P37" s="8" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="Q37" s="8" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="R37" s="8" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="S37" s="8" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="T37" s="8" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="U37" s="8" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="V37" s="8" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="W37" s="8" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="X37" s="8" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="Y37" s="8" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="Z37" s="8" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="AA37" s="8" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="AB37" s="8" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="AC37" s="8" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="AD37" s="8" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="AE37" s="8" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="AF37" s="8" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="AG37" s="8" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="AH37" s="8" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="AI37" s="8" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="AJ37" s="8" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="8" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="B38" s="8" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="C38" s="8" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="D38" s="8" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="E38" s="8" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="F38" s="8" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="G38" s="8" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="H38" s="8" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="I38" s="8" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="J38" s="8" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="K38" s="8" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="L38" s="8" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="M38" s="8" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="O38" s="8" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="P38" s="8" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="Q38" s="8" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="R38" s="8" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="S38" s="8" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="T38" s="8" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="U38" s="8" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="V38" s="8" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="W38" s="8" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="X38" s="8" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="Y38" s="8" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="Z38" s="8" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="AA38" s="8" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="AB38" s="8" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="AC38" s="8" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="AD38" s="8" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="AE38" s="8" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="AF38" s="8" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="AG38" s="8" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="AH38" s="8" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="AI38" s="8" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="AJ38" s="8" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="B39" s="8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="C39" s="8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="D39" s="8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="E39" s="8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="F39" s="8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="G39" s="8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="H39" s="8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="I39" s="8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="J39" s="8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="K39" s="8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="L39" s="8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="M39" s="8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="O39" s="8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="P39" s="8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="Q39" s="8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="R39" s="8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="S39" s="8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="T39" s="8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="U39" s="8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="V39" s="8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="W39" s="8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="X39" s="8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="Y39" s="8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="Z39" s="8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="AA39" s="8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="AB39" s="8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="AC39" s="8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="AD39" s="8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="AE39" s="8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="AF39" s="8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="AG39" s="8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="AH39" s="8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="AI39" s="8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="AJ39" s="8" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="B40" s="8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="C40" s="8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="D40" s="8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="E40" s="8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="F40" s="8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="G40" s="8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="H40" s="8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="I40" s="8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="J40" s="8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="K40" s="8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="L40" s="8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="M40" s="8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="O40" s="8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="P40" s="8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="Q40" s="8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="R40" s="8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="S40" s="8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="T40" s="8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="U40" s="8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="V40" s="8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="W40" s="8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="X40" s="8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="Y40" s="8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="Z40" s="8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="AA40" s="8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="AB40" s="8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="AC40" s="8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="AD40" s="8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="AE40" s="8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="AF40" s="8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="AG40" s="8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="AH40" s="8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="AI40" s="8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="AJ40" s="8" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="8" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="B41" s="8" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="C41" s="8" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D41" s="8" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="E41" s="8" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="F41" s="8" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="G41" s="8" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="H41" s="8" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="I41" s="8" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="J41" s="8" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="K41" s="8" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="L41" s="8" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="M41" s="8" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="N41" s="8" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="O41" s="8" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="P41" s="8" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="Q41" s="8" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="R41" s="8" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="S41" s="8" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="T41" s="8" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="U41" s="8" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="V41" s="8" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="W41" s="8" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="X41" s="8" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="Y41" s="8" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="Z41" s="8" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="AA41" s="8" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="AB41" s="8" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="AC41" s="8" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="AD41" s="8" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="AE41" s="8" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="AF41" s="8" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="AG41" s="8" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="AH41" s="8" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="AI41" s="8" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="AJ41" s="8" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="B42" s="8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="C42" s="8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="D42" s="8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="E42" s="8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="F42" s="8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="G42" s="8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H42" s="8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="I42" s="8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="J42" s="8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="K42" s="8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="L42" s="8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="M42" s="8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="N42" s="8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="O42" s="8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="P42" s="8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="Q42" s="8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="R42" s="8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="S42" s="8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="T42" s="8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="U42" s="8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="V42" s="8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="W42" s="8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="X42" s="8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="Y42" s="8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="Z42" s="8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="AA42" s="8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="AB42" s="8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="AC42" s="8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="AD42" s="8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="AE42" s="8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="AF42" s="8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="AG42" s="8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="AH42" s="8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="AI42" s="8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="AJ42" s="8" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="8" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="B43" s="8" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="C43" s="8" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="D43" s="8" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="E43" s="8" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="F43" s="8" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="G43" s="8" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="H43" s="8" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I43" s="8" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="J43" s="8" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="K43" s="8" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="L43" s="8" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="M43" s="8" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="N43" s="8" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="O43" s="8" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="P43" s="8" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="Q43" s="8" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="R43" s="8" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="S43" s="8" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="T43" s="8" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="U43" s="8" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="V43" s="8" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="W43" s="8" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="X43" s="8" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="Y43" s="8" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="Z43" s="8" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="AA43" s="8" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="AB43" s="8" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="AC43" s="8" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="AD43" s="8" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="AE43" s="8" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="AF43" s="8" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="AG43" s="8" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="AH43" s="8" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="AI43" s="8" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="AJ43" s="8" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="8" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="B44" s="8" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="C44" s="8" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="D44" s="8" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="E44" s="8" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="F44" s="8" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="G44" s="8" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="H44" s="8" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="I44" s="8" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J44" s="8" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="K44" s="8" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="L44" s="8" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="M44" s="8" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="N44" s="8" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="O44" s="8" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="P44" s="8" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="Q44" s="8" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="R44" s="8" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="S44" s="8" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="T44" s="8" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="U44" s="8" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="V44" s="8" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="W44" s="8" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="X44" s="8" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="Y44" s="8" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="Z44" s="8" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="AA44" s="8" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="AB44" s="8" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="AC44" s="8" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="AD44" s="8" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="AE44" s="8" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="AF44" s="8" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="AG44" s="8" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="AH44" s="8" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="AI44" s="8" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="AJ44" s="8" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="8" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="B45" s="8" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="C45" s="8" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="D45" s="8" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="E45" s="8" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="F45" s="8" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="G45" s="8" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="H45" s="8" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="I45" s="8" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="J45" s="8" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="K45" s="8" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="L45" s="8" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M45" s="8" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="N45" s="8" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="O45" s="8" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="P45" s="8" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="Q45" s="8" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="R45" s="8" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="S45" s="8" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="T45" s="8" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="U45" s="8" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="V45" s="8" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="W45" s="8" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="X45" s="8" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="Y45" s="8" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="Z45" s="8" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="AA45" s="8" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="AB45" s="8" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="AC45" s="8" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="AD45" s="8" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="AE45" s="8" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="AF45" s="8" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="AG45" s="8" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="AH45" s="8" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="AI45" s="8" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="AJ45" s="8" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="8" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="B46" s="8" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="C46" s="8" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D46" s="8" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="E46" s="8" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="F46" s="8" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="G46" s="8" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="H46" s="8" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="I46" s="8" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="J46" s="8" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="K46" s="8" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="L46" s="8" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="M46" s="8" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="N46" s="8" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="O46" s="8" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="P46" s="8" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="Q46" s="8" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="R46" s="8" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="S46" s="8" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="T46" s="8" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="U46" s="8" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="V46" s="8" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="W46" s="8" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="X46" s="8" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="Y46" s="8" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="Z46" s="8" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="AA46" s="8" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="AB46" s="8" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="AC46" s="8" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="AD46" s="8" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="AE46" s="8" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="AF46" s="8" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="AG46" s="8" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="AH46" s="8" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="AI46" s="8" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="AJ46" s="8" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="8" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="B47" s="8" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="C47" s="8" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="D47" s="8" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="E47" s="8" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="F47" s="8" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="G47" s="8" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="H47" s="8" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="I47" s="8" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="J47" s="8" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="K47" s="8" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="L47" s="8" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="M47" s="8" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="N47" s="8" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="O47" s="8" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="P47" s="8" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="Q47" s="8" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="R47" s="8" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="S47" s="8" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="T47" s="8" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="U47" s="8" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="V47" s="8" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="W47" s="8" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="X47" s="8" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="Y47" s="8" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="Z47" s="8" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="AA47" s="8" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="AB47" s="8" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="AC47" s="8" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="AD47" s="8" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="AE47" s="8" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="AF47" s="8" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="AG47" s="8" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="AH47" s="8" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="AI47" s="8" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="AJ47" s="8" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="8" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="B48" s="8" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="C48" s="8" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="D48" s="8" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="E48" s="8" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="F48" s="8" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="G48" s="8" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="H48" s="8" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="I48" s="8" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="J48" s="8" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="K48" s="8" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="L48" s="8" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="M48" s="8" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="N48" s="8" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="O48" s="8" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="P48" s="8" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="Q48" s="8" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="R48" s="8" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="S48" s="8" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="T48" s="8" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="U48" s="8" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="V48" s="8" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="W48" s="8" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="X48" s="8" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="Y48" s="8" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="Z48" s="8" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="AA48" s="8" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="AB48" s="8" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="AC48" s="8" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="AD48" s="8" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="AE48" s="8" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="AF48" s="8" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="AG48" s="8" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="AH48" s="8" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="AI48" s="8" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="AJ48" s="8" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="8" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="B49" s="8" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="C49" s="8" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="D49" s="8" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="E49" s="8" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="F49" s="8" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="G49" s="8" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="H49" s="8" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="I49" s="8" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="J49" s="8" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="K49" s="8" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="L49" s="8" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="M49" s="8" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="N49" s="8" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="O49" s="8" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="P49" s="8" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="Q49" s="8" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="R49" s="8" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="S49" s="8" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="T49" s="8" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="U49" s="8" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="V49" s="8" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="W49" s="8" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="X49" s="8" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="Y49" s="8" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="Z49" s="8" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="AA49" s="8" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="AB49" s="8" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="AC49" s="8" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="AD49" s="8" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="AE49" s="8" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="AF49" s="8" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="AG49" s="8" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="AH49" s="8" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="AI49" s="8" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="AJ49" s="8" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="B50" s="8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="C50" s="8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="D50" s="8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="E50" s="8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="F50" s="8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="G50" s="8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="H50" s="8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="I50" s="8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="J50" s="8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="K50" s="8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="L50" s="8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="M50" s="8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="N50" s="8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="O50" s="8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="P50" s="8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="Q50" s="8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="R50" s="8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="S50" s="8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="T50" s="8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="U50" s="8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="V50" s="8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="W50" s="8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="X50" s="8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="Y50" s="8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="Z50" s="8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="AA50" s="8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="AB50" s="8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="AC50" s="8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="AD50" s="8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="AE50" s="8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="AF50" s="8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="AG50" s="8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="AH50" s="8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="AI50" s="8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="AJ50" s="8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="8" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="B51" s="8" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="C51" s="8" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="D51" s="8" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="E51" s="8" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="F51" s="8" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="G51" s="8" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="H51" s="8" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="I51" s="8" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="J51" s="8" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="K51" s="8" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="L51" s="8" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="M51" s="8" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="N51" s="8" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="O51" s="8" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="P51" s="8" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="Q51" s="8" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="R51" s="8" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="S51" s="8" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="T51" s="8" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="U51" s="8" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="V51" s="8" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="W51" s="8" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="X51" s="8" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="Y51" s="8" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="Z51" s="8" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="AA51" s="8" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="AB51" s="8" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="AC51" s="8" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="AD51" s="8" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="AE51" s="8" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="AF51" s="8" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="AG51" s="8" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="AH51" s="8" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="AI51" s="8" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="AJ51" s="8" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="8" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="B52" s="8" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="C52" s="8" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="D52" s="8" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="E52" s="8" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="F52" s="8" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="G52" s="8" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="H52" s="8" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="I52" s="8" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="J52" s="8" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="K52" s="8" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="L52" s="8" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="M52" s="8" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="N52" s="8" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="O52" s="8" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="P52" s="8" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="Q52" s="8" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="R52" s="8" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="S52" s="8" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="T52" s="8" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="U52" s="8" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="V52" s="8" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="W52" s="8" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="X52" s="8" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="Y52" s="8" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="Z52" s="8" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="AA52" s="8" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="AB52" s="8" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="AC52" s="8" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="AD52" s="8" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="AE52" s="8" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="AF52" s="8" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="AG52" s="8" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="AH52" s="8" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="AI52" s="8" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="AJ52" s="8" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="8" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="B53" s="8" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="C53" s="8" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D53" s="8" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="E53" s="8" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="F53" s="8" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="G53" s="8" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="H53" s="8" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="I53" s="8" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="J53" s="8" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="K53" s="8" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="L53" s="8" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="M53" s="8" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="N53" s="8" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="O53" s="8" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="P53" s="8" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="Q53" s="8" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="R53" s="8" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="S53" s="8" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="T53" s="8" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="U53" s="8" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="V53" s="8" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="W53" s="8" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="X53" s="8" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="Y53" s="8" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="Z53" s="8" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="AA53" s="8" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="AB53" s="8" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="AC53" s="8" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="AD53" s="8" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="AE53" s="8" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="AF53" s="8" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="AG53" s="8" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="AH53" s="8" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="AI53" s="8" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="AJ53" s="8" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="8" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="B54" s="8" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="C54" s="8" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="D54" s="8" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="E54" s="8" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="F54" s="8" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="G54" s="8" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H54" s="8" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="I54" s="8" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="J54" s="8" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="K54" s="8" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="L54" s="8" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="M54" s="8" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="N54" s="8" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="O54" s="8" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="P54" s="8" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="Q54" s="8" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="R54" s="8" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="S54" s="8" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="T54" s="8" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="U54" s="8" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="V54" s="8" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="W54" s="8" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="X54" s="8" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="Y54" s="8" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="Z54" s="8" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="AA54" s="8" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="AB54" s="8" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="AC54" s="8" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="AD54" s="8" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="AE54" s="8" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="AF54" s="8" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="AG54" s="8" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="AH54" s="8" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="AI54" s="8" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="AJ54" s="8" t="s">
-        <v>94</v>
+        <v>99</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="B55" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="C55" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="D55" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="E55" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="F55" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="G55" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="H55" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="I55" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="J55" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="K55" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="L55" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="M55" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="N55" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="O55" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="P55" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="Q55" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="R55" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="S55" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="T55" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="U55" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="V55" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="W55" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="X55" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="Y55" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="Z55" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="AA55" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="AB55" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="AC55" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="AD55" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="AE55" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="AF55" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="AG55" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="AH55" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="AI55" s="8" t="s">
+        <v>100</v>
+      </c>
+      <c r="AJ55" s="8" t="s">
+        <v>100</v>
       </c>
     </row>
     <row r="56">
-      <c r="A56" s="1" t="s">
-[...113 lines deleted...]
-        <v>97</v>
+      <c r="A56" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="B56" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="C56" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="D56" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="E56" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="F56" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="G56" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="H56" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="I56" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="J56" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="K56" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="L56" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="M56" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="N56" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="O56" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="P56" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="Q56" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="R56" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="S56" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="T56" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="U56" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="V56" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="W56" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="X56" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y56" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="Z56" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="AA56" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="AB56" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="AC56" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="AD56" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="AE56" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="AF56" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="AG56" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="AH56" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="AI56" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="AJ56" s="8" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="B57" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="C57" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="D57" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="E57" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="F57" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="G57" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="H57" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="I57" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="J57" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="K57" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="L57" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="M57" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="N57" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="O57" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="P57" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="Q57" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="R57" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="S57" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="T57" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="U57" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="V57" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="W57" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="X57" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="Y57" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="Z57" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="AA57" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="AB57" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="AC57" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="AD57" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="AE57" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="AF57" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="AG57" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="AH57" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="AI57" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="AJ57" s="8" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="B58" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="C58" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="D58" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="E58" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="F58" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="G58" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="H58" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="I58" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="J58" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="K58" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="L58" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="M58" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="N58" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="O58" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="P58" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="Q58" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="R58" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="S58" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="T58" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="U58" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="V58" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="W58" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="X58" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="Y58" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="Z58" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA58" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="AB58" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="AC58" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="AD58" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="AE58" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="AF58" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="AG58" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="AH58" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="AI58" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="AJ58" s="8" t="s">
+        <v>103</v>
       </c>
     </row>
     <row r="60">
-      <c r="A60" s="10" t="s">
-        <v>96</v>
+      <c r="A60" s="1" t="s">
+        <v>104</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>98</v>
-[...7 lines deleted...]
-        <v>99</v>
+        <v>104</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="E60" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="F60" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H60" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="I60" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="J60" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="K60" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="L60" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="M60" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="N60" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="O60" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="P60" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q60" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="R60" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="S60" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="T60" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="U60" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="V60" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="W60" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="X60" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="Y60" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="Z60" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="AA60" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="AB60" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="AC60" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="AD60" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="AE60" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="AF60" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="AG60" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="AH60" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="AI60" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="AJ60" s="1" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="9" t="s">
+        <v>105</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="10" t="s">
+        <v>105</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="11" t="s">
+        <v>105</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>108</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AJ1"/>
     <mergeCell ref="A2:A3"/>
-    <mergeCell ref="B2:P2"/>
-    <mergeCell ref="Q2:AJ2"/>
+    <mergeCell ref="C2:Q2"/>
+    <mergeCell ref="R2:AJ2"/>
+    <mergeCell ref="B4:C4"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="I4:J4"/>
-    <mergeCell ref="V4:W4"/>
-[...34 lines deleted...]
-    <mergeCell ref="I31:N31"/>
+    <mergeCell ref="Y4:AC4"/>
+    <mergeCell ref="U5:V5"/>
+    <mergeCell ref="AG5:AJ5"/>
+    <mergeCell ref="M7:O7"/>
+    <mergeCell ref="C8:D8"/>
+    <mergeCell ref="E8:F8"/>
+    <mergeCell ref="G8:H8"/>
+    <mergeCell ref="O8:Q8"/>
+    <mergeCell ref="T8:V8"/>
+    <mergeCell ref="J9:L9"/>
+    <mergeCell ref="Y9:Z9"/>
+    <mergeCell ref="E11:F11"/>
+    <mergeCell ref="V11:W11"/>
+    <mergeCell ref="Z13:AB13"/>
+    <mergeCell ref="K14:V14"/>
+    <mergeCell ref="X14:AE14"/>
+    <mergeCell ref="AF14:AJ14"/>
+    <mergeCell ref="G15:O15"/>
+    <mergeCell ref="P15:S15"/>
+    <mergeCell ref="T15:V15"/>
+    <mergeCell ref="W15:AD15"/>
+    <mergeCell ref="AG15:AJ15"/>
+    <mergeCell ref="T18:U18"/>
+    <mergeCell ref="K20:M20"/>
+    <mergeCell ref="T21:W21"/>
+    <mergeCell ref="V22:W22"/>
+    <mergeCell ref="U23:V23"/>
+    <mergeCell ref="AD23:AE23"/>
+    <mergeCell ref="AC24:AE24"/>
+    <mergeCell ref="AH26:AJ26"/>
+    <mergeCell ref="D27:E27"/>
+    <mergeCell ref="F27:G27"/>
+    <mergeCell ref="N27:O27"/>
+    <mergeCell ref="J31:O31"/>
     <mergeCell ref="A35:AJ35"/>
     <mergeCell ref="A36:AJ36"/>
     <mergeCell ref="A37:AJ37"/>
     <mergeCell ref="A38:AJ38"/>
     <mergeCell ref="A39:AJ39"/>
     <mergeCell ref="A40:AJ40"/>
     <mergeCell ref="A41:AJ41"/>
     <mergeCell ref="A42:AJ42"/>
     <mergeCell ref="A43:AJ43"/>
     <mergeCell ref="A44:AJ44"/>
     <mergeCell ref="A45:AJ45"/>
     <mergeCell ref="A46:AJ46"/>
     <mergeCell ref="A47:AJ47"/>
     <mergeCell ref="A48:AJ48"/>
     <mergeCell ref="A49:AJ49"/>
     <mergeCell ref="A50:AJ50"/>
     <mergeCell ref="A51:AJ51"/>
     <mergeCell ref="A52:AJ52"/>
     <mergeCell ref="A53:AJ53"/>
     <mergeCell ref="A54:AJ54"/>
+    <mergeCell ref="A55:AJ55"/>
     <mergeCell ref="A56:AJ56"/>
+    <mergeCell ref="A57:AJ57"/>
+    <mergeCell ref="A58:AJ58"/>
+    <mergeCell ref="A60:AJ60"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>