--- v0 (2025-10-28)
+++ v1 (2025-11-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Redfdf6d1d367477d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R0e19ac59cf5c4b97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R336a04e3d4a845bc"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R4e295966896c467d"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="132" uniqueCount="132">
   <si>
     <t>Human Papillomavirus Infection: Recommended vaccinations</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
@@ -396,51 +396,51 @@
     <t>30: Gender-neutral (boys and girls) vaccination offered in schools (seventh grade) since 2018. 2-valent</t>
   </si>
   <si>
     <t>31: HPV2/9</t>
   </si>
   <si>
     <t>32: 9-valent. Two-dose schedule at 0 and 6 months. Applicable to boys born from 2009.</t>
   </si>
   <si>
     <t xml:space="preserve">33: Individuals can start vaccination up to the age of 17 and complete it up to the age of 26. </t>
   </si>
   <si>
     <t>34: 2/4/9 valent. More information: https://www.sanidad.gob.es/areas/promocionPrevencion/vacunaciones/comoTrabajamos/docs/VPH_recomendaciones_vacunacion_estrategia1dosis.pdf</t>
   </si>
   <si>
     <t>35: 9-valent. Gender-neutral (boys and girls) vaccination - School-based programme offered in fifth grade from August 2020.</t>
   </si>
   <si>
     <t xml:space="preserve">36: Catch up campaign. Children 13-17 years are offered catch-up vaccinations free of charge through school health care. </t>
   </si>
   <si>
     <t xml:space="preserve">37: Funding varies by region
 https://www.folkhalsomyndigheten.se/publikationer-och-material/publikationsarkiv/r/rekommendationer-om-vaccination-mot-hepatit-b-/?pub=56936 </t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-28 at 04:59.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-11-13 at 01:55.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -498,51 +498,51 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R336a04e3d4a845bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R5589930985444b42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rbb0a32cbbda94979" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R4e295966896c467d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rfad1eff28dd946eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R718d3f3166ea402e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R79"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
     <col min="8" max="8" width="13.17" customWidth="1" style="1"/>
     <col min="9" max="9" width="13.17" customWidth="1" style="1"/>
     <col min="10" max="10" width="13.17" customWidth="1" style="1"/>
     <col min="11" max="11" width="13.17" customWidth="1" style="1"/>
     <col min="12" max="12" width="13.17" customWidth="1" style="1"/>
     <col min="13" max="13" width="13.17" customWidth="1" style="1"/>
     <col min="14" max="14" width="13.17" customWidth="1" style="1"/>
     <col min="15" max="15" width="13.17" customWidth="1" style="1"/>