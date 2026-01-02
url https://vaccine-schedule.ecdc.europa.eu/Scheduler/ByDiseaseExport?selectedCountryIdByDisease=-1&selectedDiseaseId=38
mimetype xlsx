--- v1 (2025-11-13)
+++ v2 (2026-01-02)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R0e19ac59cf5c4b97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rb5231bb81ed14a48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R4e295966896c467d"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rcaee68bbb57441c3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="132" uniqueCount="132">
   <si>
     <t>Human Papillomavirus Infection: Recommended vaccinations</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
@@ -396,51 +396,51 @@
     <t>30: Gender-neutral (boys and girls) vaccination offered in schools (seventh grade) since 2018. 2-valent</t>
   </si>
   <si>
     <t>31: HPV2/9</t>
   </si>
   <si>
     <t>32: 9-valent. Two-dose schedule at 0 and 6 months. Applicable to boys born from 2009.</t>
   </si>
   <si>
     <t xml:space="preserve">33: Individuals can start vaccination up to the age of 17 and complete it up to the age of 26. </t>
   </si>
   <si>
     <t>34: 2/4/9 valent. More information: https://www.sanidad.gob.es/areas/promocionPrevencion/vacunaciones/comoTrabajamos/docs/VPH_recomendaciones_vacunacion_estrategia1dosis.pdf</t>
   </si>
   <si>
     <t>35: 9-valent. Gender-neutral (boys and girls) vaccination - School-based programme offered in fifth grade from August 2020.</t>
   </si>
   <si>
     <t xml:space="preserve">36: Catch up campaign. Children 13-17 years are offered catch-up vaccinations free of charge through school health care. </t>
   </si>
   <si>
     <t xml:space="preserve">37: Funding varies by region
 https://www.folkhalsomyndigheten.se/publikationer-och-material/publikationsarkiv/r/rekommendationer-om-vaccination-mot-hepatit-b-/?pub=56936 </t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-11-13 at 01:55.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-01-02 at 00:06.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -498,51 +498,51 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R4e295966896c467d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rfad1eff28dd946eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R718d3f3166ea402e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rcaee68bbb57441c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R5f66a61c2ac8455d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R72c5ecd5d6fc4840" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R79"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
     <col min="8" max="8" width="13.17" customWidth="1" style="1"/>
     <col min="9" max="9" width="13.17" customWidth="1" style="1"/>
     <col min="10" max="10" width="13.17" customWidth="1" style="1"/>
     <col min="11" max="11" width="13.17" customWidth="1" style="1"/>
     <col min="12" max="12" width="13.17" customWidth="1" style="1"/>
     <col min="13" max="13" width="13.17" customWidth="1" style="1"/>
     <col min="14" max="14" width="13.17" customWidth="1" style="1"/>
     <col min="15" max="15" width="13.17" customWidth="1" style="1"/>