--- v2 (2026-01-02)
+++ v3 (2026-02-16)
@@ -1,446 +1,470 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rb5231bb81ed14a48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R2450121cd1d04ec4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rcaee68bbb57441c3"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R5701d62a82b442db"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="132" uniqueCount="132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="140" uniqueCount="140">
   <si>
     <t>Human Papillomavirus Infection: Recommended vaccinations</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>24</t>
-[...1 lines deleted...]
-  <si>
     <t>25</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
+    <t>27</t>
+  </si>
+  <si>
     <t>30</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>&gt;= 46</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
     <t>HPV9 (F/M)</t>
   </si>
   <si>
     <t>HPV9 (F/M) (1 )</t>
   </si>
   <si>
     <t xml:space="preserve">Belgium  </t>
   </si>
   <si>
     <t>HPV9 (F/M) (2 )</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
     <t>HPV9 (F/M) (3 )</t>
   </si>
   <si>
     <t>HPV9 (F/M) (4 )</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>HPV9 (F/M) (5 )</t>
   </si>
   <si>
+    <t>HPV9 (F/M) (6 )</t>
+  </si>
+  <si>
     <t>Cyprus</t>
   </si>
   <si>
-    <t>HPV9 (F/M) (6 )</t>
+    <t>HPV9 (F/M) (7 )</t>
+  </si>
+  <si>
+    <t>HPV9 (F/M) (8 )</t>
+  </si>
+  <si>
+    <t>HPV9 (F/M) (9 )</t>
   </si>
   <si>
     <t>Czechia</t>
   </si>
   <si>
-    <t>HPV (F/M) (7 )</t>
+    <t>HPV (F/M) (10 )</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
-    <t>HPV9 (F/M) (8 )</t>
+    <t>HPV9 (F/M) (11 )</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
-    <t>HPV2 (F/M) (9 )</t>
-[...2 lines deleted...]
-    <t>HPV2 (F/M) (10 )</t>
+    <t>HPV2 (F/M) (12 )</t>
+  </si>
+  <si>
+    <t>HPV2 (F/M) (13 )</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
-    <t>HPV9 (F/M) (11 )</t>
-[...2 lines deleted...]
-    <t>HPV9 (F/M) (12 )</t>
+    <t>HPV9 (F/M) (14 )</t>
+  </si>
+  <si>
+    <t>HPV9 (F/M) (15 )</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>HPV (F/M) (13 )</t>
-[...2 lines deleted...]
-    <t>HPV (F/M) (14 )</t>
+    <t>HPV (F/M) (16 )</t>
+  </si>
+  <si>
+    <t>HPV (F/M) (17 )</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
-    <t>HPV9 (F/M) (15 )</t>
-[...2 lines deleted...]
-    <t>HPV9 (F/M) (16 )</t>
+    <t>HPV9 (F/M) (18 )</t>
+  </si>
+  <si>
+    <t>HPV9 (F/M) (19 )</t>
+  </si>
+  <si>
+    <t>HPV9 (F/M) (20 )</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
-    <t>HPV9 (F/M) (17 )</t>
+    <t>HPV9 (F/M) (21 )</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
-    <t>HPV9 (F/M) (18 )</t>
-[...2 lines deleted...]
-    <t>HPV9(F) (19 )</t>
+    <t>HPV9 (F/M) (22 )</t>
+  </si>
+  <si>
+    <t>HPV9 (F/M) (23 )</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
-    <t>HPV9 (F/M) (20 )</t>
+    <t>HPV9 (F/M) (24 )</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
-    <t>HPV9 (F/M) (21 )</t>
-[...2 lines deleted...]
-    <t>HPV9 (F/M) (22 )</t>
+    <t>HPV9 (F/M) (25 )</t>
+  </si>
+  <si>
+    <t>HPV9 (F/M) (26 )</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
-    <t>HPV9 (F/M) (23 )</t>
+    <t>HPV9 (F/M) (27 )</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
-    <t>HPV9 (F/M) (24 )</t>
-[...2 lines deleted...]
-    <t>HPV9 (F/M) (25 )</t>
+    <t>HPV9 (F/M) (28 )</t>
+  </si>
+  <si>
+    <t>HPV9 (F/M) (29 )</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
-    <t>HPV9 (F/M) (26 )</t>
-[...2 lines deleted...]
-    <t>HPV9(F) (27 )</t>
+    <t>HPV9 (F/M) (30 )</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
-    <t>HPV9 (F/M) (28 )</t>
-[...2 lines deleted...]
-    <t>HPV9(F) (29 )</t>
+    <t>HPV9 (F/M) (31 )</t>
+  </si>
+  <si>
+    <t>HPV9 (F/M) (32 )</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>HPV2 (F/M)</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
-    <t>HPV2 (F/M) (30 )</t>
+    <t>HPV2 (F/M) (33 )</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
-    <t>HPV (F/M) (31 )</t>
+    <t>HPV (F/M) (34 )</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
-    <t>HPV9 (F/M) (32 )</t>
-[...2 lines deleted...]
-    <t>HPV9 (F/M) (33 )</t>
+    <t>HPV9 (F/M) (35 )</t>
+  </si>
+  <si>
+    <t>HPV9 (F/M) (36 )</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>HPV9(F)</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
-    <t>HPV (F/M) (34 )</t>
+    <t>HPV (F/M) (37 )</t>
+  </si>
+  <si>
+    <t>HPV (F/M) (38 )</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
-    <t>HPV9 (F/M) (35 )</t>
-[...5 lines deleted...]
-    <t>HPV9 (F/M) (37 )</t>
+    <t>HPV9 (F/M) (39 )</t>
+  </si>
+  <si>
+    <t>HPV (F/M) (40 )</t>
+  </si>
+  <si>
+    <t>HPV9 (F/M) (41 )</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
-    <t xml:space="preserve">1: Catch-up until 30 years of age free of charge with a 3 doses regimen from 21 years of age. </t>
+    <t>1: Catch-up recommendation up to the age of 30. A 2 doses regimen is recommended from 9 to 30 years of age, from 30 onwards, a 3 doses regimen. Free of charge from 9 to 21 years of age. With a temporary catch-up vaccination programme, people aged between 21 and 30 can receive the vaccination free of charge from 1 July 2024. The following applies: the first dose could be given free of charge until 31 December 2025, so that the second dose could also be given free of charge until 30 June 2026. More information: https://impfen.gv.at/impfungen/hpv or https://www.sozialministerium.gv.at/impfplan (p. 45ff)
+</t>
   </si>
   <si>
     <t xml:space="preserve">2: In the French-speaking community, the target age group is 13-14 years old. </t>
   </si>
   <si>
-    <t>3: Females 10-14 years, males 10-13 years</t>
-[...35 lines deleted...]
-    <t>15: Catch-up vaccination up to 18 years for those who missed out on vaccination (HPV vaccine is fully reimbursed in boys and
+    <t>3: Specific groups according to a National Programme: females 10-14 years, males 10-13 years; 2 doses scheme. Second dose: Not earlier than 6 months after the previous dose</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4: Specific groups according to a National Programme: females 15-18 years; 3 doses vaccination scheme. Second dose: 1 to 6 months after the previous dose;  Third dose: 3 to 6 months after the previous dose</t>
+  </si>
+  <si>
+    <t>5: HPV vaccination recommended from 5th grade (11 years)</t>
+  </si>
+  <si>
+    <t>6: The regular catch-up programme is targeted 9-25 years old group for both genders, 26+(F/M) can also get the vaccine - free of charge for people with medical conditions (ex., immunodeficiency, previous HPV malignancies)</t>
+  </si>
+  <si>
+    <t>7: Since May 2025, HPV vaccination is recommended from the age of 9 years.</t>
+  </si>
+  <si>
+    <t>8: HPV vaccine is not funded by the Ministry of Health for individuals aged 14–18 and is available only through private healthcare providers.</t>
+  </si>
+  <si>
+    <t>9: The vaccine is recommended for women and men aged 18–26 who belong to high-risk groups (e.g. MSM) or who have immunodeficiency, including HIV infection. Consultation with a specialist is recommended on a case-by-case basis.</t>
+  </si>
+  <si>
+    <t>10: 3 doses</t>
+  </si>
+  <si>
+    <t>11: As of February 2024, boys included in the programme - one dose scheme. Free catch-up for 15-18-year-olds.</t>
+  </si>
+  <si>
+    <t>12: More information available at https://thl.fi</t>
+  </si>
+  <si>
+    <t>13: 2 doses under 15 years old and 3 doses from 15 years and older.</t>
+  </si>
+  <si>
+    <t>14: The extension of HPV vaccination to boys aged 11 to 14 with catch-up vaccination for those aged between 15 and 19. This recommendation is applicable since January 1, 2021.</t>
+  </si>
+  <si>
+    <t>15: Girls and boy catch-up vaccination recommended with a three-dose schedule at 0, 1-2 and 6 months</t>
+  </si>
+  <si>
+    <t>16: 2 or 9-valent. Gender-neutral (boys and girls) vaccination offered since 2018. Two-dose schedule at 0 and 6 months (if the interval between doses is &lt;6 months, a third dose is recommended).</t>
+  </si>
+  <si>
+    <t>17: 2 or 9 valent. Catch up in 15-17 years with a three-dose schedule.</t>
+  </si>
+  <si>
+    <t>18: Catch-up vaccination up to 18 years for those who missed out on vaccination (HPV vaccine is fully reimbursed in boys and
 girls aged 15-18 until 31.12.2023). 
 2 doses scheme up to 15 years with 6 months interval between doses, thereafter 3 doses. 
 for specific at-risk groups vaccination can be extended up to 26 years.</t>
   </si>
   <si>
-    <t>16: Catch-up vaccination up to 18 years for those who missed out on vaccination (HPV vaccine is fully reimbursed in boys and
+    <t>19: Catch-up vaccination up to 18 years for those who missed out on vaccination (HPV vaccine is fully reimbursed in boys and
 girls aged 15-18 until 31.12.2025). 
 2 doses scheme up to 18 years. 
 for specific at-risk groups vaccination can be extended up to 26 years.</t>
   </si>
   <si>
-    <t>17: School-based vaccination in 7th grade (for girls and boys) with 9-valent vaccine, on a voluntary-based approach, free of charge</t>
-[...17 lines deleted...]
-    <t>23: Additional population groups who have not been previously vaccinated: women and men aged 18 to 25 (inclusive); women aged 18–55 diagnosed with cervical adenocarcinoma in situ (AIS), and those before or after surgical treatment for high-grade cervical dysplasia (HSIL); women aged 18–45 with precancerous lesions-CIN 2/3 (cervix), VaIN 2/3 (vagina), VIN 2/3 (vulva), AIN 2/3 (anal canal); women and men aged 18–45 with immunosuppression (excluding HIV); women and men aged 18–45 with HIV.
+    <t>20: Unvaccinated women and men, aged 19-45 years, belonging to high risk groups.</t>
+  </si>
+  <si>
+    <t>21: School-based vaccination in 7th grade (for girls and boys) with 9-valent vaccine, on a voluntary-based approach, free of charge</t>
+  </si>
+  <si>
+    <t xml:space="preserve">22: As of 1.7.2023, gender neutral HPV vaccination. nine valent. </t>
+  </si>
+  <si>
+    <t>23: Catch-up up to 18th birthday. For more information: https://island.is/en/human-papilloma-virus-hpv</t>
+  </si>
+  <si>
+    <t>24: In 2026/2027 HPV catch-up vaccination will be available in schools to those who did not avail of the opportunity to get vaccinated in 1st year (aged 12/13 year).</t>
+  </si>
+  <si>
+    <t>25: For more information: https://www.salute.gov.it/new/it/tema/vaccinazioni/adolescenti-11-18-anni/</t>
+  </si>
+  <si>
+    <t>26: For men at least up to and including 18 years of age, if they have not previously been vaccinated or have not completed the vaccination cycle. For women up to and including 26 years of age. https://www.salute.gov.it/new/it/tema/vaccinazioni/adolescenti-11-18-anni/</t>
+  </si>
+  <si>
+    <t>27: Additional population groups who have not been previously vaccinated: women and men aged 18 to 25 (inclusive); women aged 18–55 diagnosed with cervical adenocarcinoma in situ (AIS), and those before or after surgical treatment for high-grade cervical dysplasia (HSIL); women aged 18–45 with precancerous lesions-CIN 2/3 (cervix), VaIN 2/3 (vagina), VIN 2/3 (vulva), AIN 2/3 (anal canal); women and men aged 18–45 with immunosuppression (excluding HIV); women and men aged 18–45 with HIV.
 </t>
   </si>
   <si>
-    <t>24: Gender-neutral (boys and girls) 9-valent vaccination offered. Two-dose schedule.</t>
-[...6 lines deleted...]
-Girls are vaccinated with a three-dose schedule at 0, 1-2 and 6 months. Two doses are free while the third dose is not funded.
+    <t>28: Gender-neutral (boys and girls) 9-valent vaccination offered. Two-dose schedule.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">29: Gender neutral vaccination catch up. 3 doses with 9-valent. </t>
+  </si>
+  <si>
+    <t>30: Girls and boys are vaccinated with a two-dose schedule (6 months a part). 
 </t>
   </si>
   <si>
-    <t>27: Catch-up target age for males is 12-13 years old.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">28: 9-valent.  Two dose schedule at 0 and 6 months. Free of charge at 12 years of age. 
+    <t xml:space="preserve">31: 9-valent.  Two dose schedule at 0 and 6 months. Free of charge at 12 years of age. 
 In case of catch up after the age of 14, 3 doses are recommended, with the first 2 doses given 1-2 months apart and the third dose given 5 months after the second dose.</t>
   </si>
   <si>
-    <t>29: Individuals born as of the year 2000 are eligible for free HPV vaccination.</t>
-[...23 lines deleted...]
-    <t xml:space="preserve">37: Funding varies by region
+    <t>32: Individuals born as of the year 2000 are eligible for free HPV vaccination.</t>
+  </si>
+  <si>
+    <t>33: Gender-neutral (boys and girls) vaccination offered in schools (seventh grade). Bivalent vaccine.</t>
+  </si>
+  <si>
+    <t>34: HPV2/9</t>
+  </si>
+  <si>
+    <t>35: 9-valent. Two-dose schedule at 0 and 6 months.</t>
+  </si>
+  <si>
+    <t>36: Individuals can start vaccination up to the age of 26 and complete it up to the age of 27. Catch up in females: =18 and &lt;27 years old; in males: birth cohorts 2000-2002.The expansion of vaccination to additional birth cohorts (2003-2008) will take place gradually, in subsequent years of implementation.</t>
+  </si>
+  <si>
+    <t>37: More information: https://www.sanidad.gob.es/areas/promocionPrevencion/vacunaciones/comoTrabajamos/docs/VPH_recomendaciones_vacunacion_estrategia1dosis.pdf</t>
+  </si>
+  <si>
+    <t>38: Recommended vaccination for people with certain risk conditions up to age 45, with one or two doses depending on age. More information available at: https://www.sanidad.gob.es/areas/promocionPrevencion/vacunaciones/calendario/docs/CalendarioVacunacion_GRadultos.pdf</t>
+  </si>
+  <si>
+    <t>39: 9-valent. Gender-neutral (boys and girls) vaccination - School-based programme offered in fifth grade from August 2020.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">40: Catch up campaign. Children 13-17 years are offered catch-up vaccinations free of charge through school health care. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">41: Funding varies by region
 https://www.folkhalsomyndigheten.se/publikationer-och-material/publikationsarkiv/r/rekommendationer-om-vaccination-mot-hepatit-b-/?pub=56936 </t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-01-02 at 00:06.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-16 at 08:08.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -498,56 +522,56 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rcaee68bbb57441c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R5f66a61c2ac8455d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R72c5ecd5d6fc4840" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R5701d62a82b442db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R27d8a2ac04d04482" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rf15a78b391fe4146" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R79"/>
+  <dimension ref="A1:R83"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
     <col min="8" max="8" width="13.17" customWidth="1" style="1"/>
     <col min="9" max="9" width="13.17" customWidth="1" style="1"/>
     <col min="10" max="10" width="13.17" customWidth="1" style="1"/>
     <col min="11" max="11" width="13.17" customWidth="1" style="1"/>
     <col min="12" max="12" width="13.17" customWidth="1" style="1"/>
     <col min="13" max="13" width="13.17" customWidth="1" style="1"/>
     <col min="14" max="14" width="13.17" customWidth="1" style="1"/>
     <col min="15" max="15" width="13.17" customWidth="1" style="1"/>
     <col min="16" max="16" width="13.17" customWidth="1" style="1"/>
     <col min="17" max="17" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
@@ -715,2780 +739,3018 @@
       </c>
       <c r="F5" s="1"/>
       <c r="G5" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
         <v>24</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>25</v>
       </c>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="1"/>
       <c r="H6" s="6" t="s">
         <v>26</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
-      <c r="K6" s="1"/>
-[...3 lines deleted...]
-      <c r="O6" s="1"/>
     </row>
     <row r="7">
       <c r="A7" s="4" t="s">
         <v>27</v>
       </c>
-      <c r="F7" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D7" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E7" s="1"/>
+      <c r="F7" s="1"/>
+      <c r="G7" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H7" s="1"/>
+      <c r="I7" s="1"/>
+      <c r="J7" s="1"/>
+      <c r="K7" s="1"/>
+      <c r="L7" s="1"/>
+      <c r="M7" s="1"/>
       <c r="N7" s="7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
     </row>
     <row r="8">
       <c r="A8" s="4" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="B8" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C8" s="1"/>
+      <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="6" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
-      <c r="K8" s="1"/>
+      <c r="K8" s="7" t="s">
+        <v>33</v>
+      </c>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
-      <c r="O8" s="1"/>
     </row>
     <row r="9">
       <c r="A9" s="4" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>20</v>
       </c>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="J9" s="6" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
-      <c r="O9" s="1"/>
     </row>
     <row r="10">
       <c r="A10" s="4" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="E10" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="J10" s="6" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="11">
       <c r="A11" s="4" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="6" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
     </row>
     <row r="12">
       <c r="A12" s="4" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="6" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
     </row>
     <row r="13">
       <c r="A13" s="4" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="6" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
     </row>
     <row r="14">
       <c r="A14" s="4" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="6" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="I14" s="1"/>
     </row>
     <row r="15">
       <c r="A15" s="4" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="H15" s="6" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
+      <c r="K15" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="L15" s="1"/>
+      <c r="M15" s="1"/>
+      <c r="N15" s="1"/>
+      <c r="O15" s="1"/>
+      <c r="P15" s="1"/>
+      <c r="Q15" s="1"/>
     </row>
     <row r="16">
       <c r="A16" s="4" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="4" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
       <c r="I17" s="1"/>
       <c r="J17" s="1"/>
     </row>
     <row r="18">
       <c r="A18" s="4" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="E18" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="5" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
-      <c r="J18" s="1"/>
-[...2 lines deleted...]
-      <c r="M18" s="1"/>
     </row>
     <row r="19">
       <c r="A19" s="4" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="E19" s="1"/>
       <c r="F19" s="6" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
       <c r="I19" s="1"/>
       <c r="J19" s="1"/>
       <c r="K19" s="1"/>
       <c r="L19" s="1"/>
       <c r="M19" s="1"/>
       <c r="N19" s="1"/>
-      <c r="O19" s="1"/>
     </row>
     <row r="20">
       <c r="A20" s="4" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="E20" s="5" t="s">
         <v>20</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
       <c r="I20" s="1"/>
       <c r="J20" s="6" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="K20" s="1"/>
       <c r="L20" s="1"/>
       <c r="M20" s="1"/>
-      <c r="N20" s="1"/>
     </row>
     <row r="21">
       <c r="A21" s="4" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="E21" s="1"/>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
       <c r="I21" s="6" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="J21" s="1"/>
       <c r="K21" s="1"/>
       <c r="L21" s="1"/>
       <c r="M21" s="1"/>
       <c r="N21" s="1"/>
-      <c r="O21" s="1"/>
     </row>
     <row r="22">
       <c r="A22" s="4" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>68</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="4" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="1"/>
       <c r="D23" s="1"/>
       <c r="E23" s="1"/>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="6" t="s">
         <v>20</v>
       </c>
       <c r="I23" s="1"/>
       <c r="J23" s="1"/>
       <c r="K23" s="1"/>
       <c r="L23" s="1"/>
     </row>
     <row r="24">
       <c r="A24" s="4" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="F24" s="6" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
       <c r="I24" s="1"/>
       <c r="J24" s="1"/>
       <c r="K24" s="1"/>
       <c r="L24" s="1"/>
       <c r="M24" s="1"/>
-      <c r="N24" s="1"/>
     </row>
     <row r="25">
       <c r="A25" s="4" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C25" s="1"/>
     </row>
     <row r="26">
       <c r="A26" s="4" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>73</v>
-[...8 lines deleted...]
-      <c r="K26" s="1"/>
+        <v>76</v>
+      </c>
     </row>
     <row r="27">
       <c r="A27" s="4" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="C27" s="1"/>
       <c r="D27" s="1"/>
       <c r="E27" s="1"/>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="6" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="I27" s="1"/>
       <c r="J27" s="1"/>
     </row>
     <row r="28">
       <c r="A28" s="4" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>77</v>
-[...3 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="J28" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="K28" s="1"/>
+      <c r="L28" s="1"/>
+      <c r="M28" s="1"/>
+      <c r="N28" s="1"/>
     </row>
     <row r="29">
       <c r="A29" s="4" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="D29" s="5" t="s">
         <v>20</v>
       </c>
       <c r="E29" s="1"/>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
       <c r="I29" s="1"/>
       <c r="J29" s="1"/>
-      <c r="K29" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K29" s="1"/>
       <c r="L29" s="1"/>
       <c r="M29" s="1"/>
       <c r="N29" s="1"/>
-      <c r="O29" s="1"/>
+      <c r="O29" s="6" t="s">
+        <v>83</v>
+      </c>
       <c r="P29" s="1"/>
       <c r="Q29" s="1"/>
     </row>
     <row r="30">
       <c r="A30" s="4" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="E30" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="F30" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F30" s="1"/>
       <c r="G30" s="1"/>
+      <c r="H30" s="1"/>
     </row>
     <row r="31">
       <c r="A31" s="4" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>20</v>
       </c>
       <c r="E31" s="1"/>
       <c r="F31" s="6" t="s">
         <v>20</v>
       </c>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
       <c r="I31" s="1"/>
       <c r="J31" s="1"/>
       <c r="K31" s="1"/>
       <c r="L31" s="1"/>
       <c r="M31" s="1"/>
-      <c r="N31" s="1"/>
     </row>
     <row r="32">
       <c r="A32" s="4" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="F32" s="6" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
       <c r="I32" s="1"/>
       <c r="J32" s="1"/>
+      <c r="K32" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="L32" s="1"/>
+      <c r="M32" s="1"/>
+      <c r="N32" s="1"/>
+      <c r="O32" s="1"/>
+      <c r="P32" s="1"/>
+      <c r="Q32" s="1"/>
     </row>
     <row r="33">
       <c r="A33" s="4" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="D33" s="1"/>
       <c r="E33" s="1"/>
       <c r="F33" s="6" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
       <c r="I33" s="1"/>
       <c r="J33" s="6" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="K33" s="1"/>
       <c r="L33" s="1"/>
       <c r="M33" s="1"/>
       <c r="N33" s="1"/>
-      <c r="O33" s="1"/>
     </row>
     <row r="35">
       <c r="A35" s="4" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="F35" s="4" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="G35" s="4" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="H35" s="4" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="I35" s="4" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="J35" s="4" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="K35" s="4" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="L35" s="4" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="M35" s="4" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="N35" s="4" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="O35" s="4" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="P35" s="4" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="Q35" s="4" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="R35" s="4" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="8" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="B36" s="8" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C36" s="8" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="D36" s="8" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="E36" s="8" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="F36" s="8" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="G36" s="8" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="H36" s="8" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="I36" s="8" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="J36" s="8" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="K36" s="8" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="L36" s="8" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="M36" s="8" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="O36" s="8" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="P36" s="8" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="Q36" s="8" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="R36" s="8" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="8" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="B37" s="8" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="C37" s="8" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="D37" s="8" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="E37" s="8" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="F37" s="8" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="G37" s="8" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="H37" s="8" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="I37" s="8" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="J37" s="8" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="K37" s="8" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="L37" s="8" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="M37" s="8" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="O37" s="8" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="P37" s="8" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="Q37" s="8" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="R37" s="8" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="8" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="B38" s="8" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="C38" s="8" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="D38" s="8" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="E38" s="8" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="F38" s="8" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="G38" s="8" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="H38" s="8" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="I38" s="8" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="J38" s="8" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="K38" s="8" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="L38" s="8" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="M38" s="8" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="O38" s="8" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="P38" s="8" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="Q38" s="8" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="R38" s="8" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="8" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="B39" s="8" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="C39" s="8" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="D39" s="8" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="E39" s="8" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="F39" s="8" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="G39" s="8" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="H39" s="8" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="I39" s="8" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="J39" s="8" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="K39" s="8" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="L39" s="8" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="M39" s="8" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="O39" s="8" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="P39" s="8" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="Q39" s="8" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="R39" s="8" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="8" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B40" s="8" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="C40" s="8" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="D40" s="8" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="E40" s="8" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="F40" s="8" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="G40" s="8" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="H40" s="8" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="I40" s="8" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="J40" s="8" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="K40" s="8" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="L40" s="8" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="M40" s="8" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="O40" s="8" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="P40" s="8" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="Q40" s="8" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="R40" s="8" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="8" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="B41" s="8" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="C41" s="8" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="D41" s="8" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="E41" s="8" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="F41" s="8" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="G41" s="8" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="H41" s="8" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="I41" s="8" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="J41" s="8" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="K41" s="8" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="L41" s="8" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="M41" s="8" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="N41" s="8" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="O41" s="8" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="P41" s="8" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="Q41" s="8" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="R41" s="8" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="8" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="B42" s="8" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C42" s="8" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="D42" s="8" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="E42" s="8" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="F42" s="8" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="G42" s="8" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="H42" s="8" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="I42" s="8" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="J42" s="8" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="K42" s="8" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="L42" s="8" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="M42" s="8" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="N42" s="8" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="O42" s="8" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="P42" s="8" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="Q42" s="8" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="R42" s="8" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="8" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="B43" s="8" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="C43" s="8" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="D43" s="8" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="E43" s="8" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="F43" s="8" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="G43" s="8" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="H43" s="8" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="I43" s="8" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="J43" s="8" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="K43" s="8" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="L43" s="8" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="M43" s="8" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="N43" s="8" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="O43" s="8" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="P43" s="8" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="Q43" s="8" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="R43" s="8" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="8" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="B44" s="8" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="C44" s="8" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="D44" s="8" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="E44" s="8" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="F44" s="8" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="G44" s="8" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="H44" s="8" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="I44" s="8" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="J44" s="8" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="K44" s="8" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="L44" s="8" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="M44" s="8" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="N44" s="8" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="O44" s="8" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="P44" s="8" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="Q44" s="8" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="R44" s="8" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="8" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="B45" s="8" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="C45" s="8" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="D45" s="8" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="E45" s="8" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="F45" s="8" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="G45" s="8" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="H45" s="8" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="I45" s="8" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="J45" s="8" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="K45" s="8" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="L45" s="8" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="M45" s="8" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="N45" s="8" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="O45" s="8" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="P45" s="8" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="Q45" s="8" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="R45" s="8" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="8" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="B46" s="8" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="C46" s="8" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="D46" s="8" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="E46" s="8" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="F46" s="8" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="G46" s="8" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="H46" s="8" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="I46" s="8" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="J46" s="8" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="K46" s="8" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="L46" s="8" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="M46" s="8" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="N46" s="8" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="O46" s="8" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="P46" s="8" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="Q46" s="8" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="R46" s="8" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="8" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="B47" s="8" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="C47" s="8" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="D47" s="8" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="E47" s="8" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="F47" s="8" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="G47" s="8" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="H47" s="8" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="I47" s="8" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="J47" s="8" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="K47" s="8" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="L47" s="8" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="M47" s="8" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="N47" s="8" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="O47" s="8" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="P47" s="8" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="Q47" s="8" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="R47" s="8" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="B48" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="C48" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="D48" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="E48" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F48" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G48" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="H48" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="I48" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="J48" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="K48" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="L48" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="M48" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="N48" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="O48" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="P48" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="Q48" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="R48" s="8" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="B49" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="C49" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="D49" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="E49" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="F49" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="G49" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="H49" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="I49" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="J49" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="K49" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="L49" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="M49" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="N49" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="O49" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="P49" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="Q49" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="R49" s="8" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="B50" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C50" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="D50" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="E50" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="F50" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="G50" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="H50" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="I50" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="J50" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="K50" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="L50" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="M50" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="N50" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="O50" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="P50" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="Q50" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="R50" s="8" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="B51" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="C51" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="D51" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="E51" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="F51" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="G51" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="H51" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="I51" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="J51" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="K51" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="L51" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="M51" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="N51" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="O51" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="P51" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="Q51" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="R51" s="8" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B52" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="C52" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="D52" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="E52" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="F52" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="G52" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="H52" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="I52" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="J52" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="K52" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="L52" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="M52" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="N52" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="O52" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="P52" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="Q52" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="R52" s="8" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="B53" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="C53" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="D53" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="E53" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="F53" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="G53" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="H53" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="I53" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="J53" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="K53" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="L53" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="M53" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="N53" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="O53" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="P53" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="Q53" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="R53" s="8" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="B54" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="C54" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="D54" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E54" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="F54" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="G54" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="H54" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="I54" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="J54" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="K54" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="L54" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="M54" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="N54" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="O54" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="P54" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="Q54" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="R54" s="8" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="B55" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="C55" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="D55" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="E55" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="F55" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="G55" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="H55" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="I55" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="J55" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="K55" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="L55" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="M55" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="N55" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="O55" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="P55" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="Q55" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="R55" s="8" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="B56" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="C56" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="D56" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="E56" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="F56" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="G56" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="H56" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="I56" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="J56" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="K56" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="L56" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="M56" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="N56" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="O56" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="P56" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="Q56" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="R56" s="8" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="B57" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="C57" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="D57" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="E57" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="F57" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="G57" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="H57" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="I57" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="J57" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="K57" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="L57" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="M57" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="N57" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="O57" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="P57" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="Q57" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="R57" s="8" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="B58" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C58" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="D58" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="E58" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="F58" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="G58" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="H58" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="I58" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="J58" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="K58" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="L58" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="M58" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="N58" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="O58" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="P58" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="Q58" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="R58" s="8" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="B59" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="C59" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="D59" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="E59" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="F59" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="G59" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="H59" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="I59" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="J59" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="K59" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="L59" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="M59" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="N59" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="O59" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="P59" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="Q59" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="R59" s="8" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="B60" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="C60" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="D60" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="E60" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="F60" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="G60" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="H60" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="I60" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="J60" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="K60" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="L60" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="M60" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="N60" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="O60" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="P60" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="Q60" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="R60" s="8" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="B61" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C61" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="D61" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="E61" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="F61" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="G61" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="H61" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="I61" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="J61" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="K61" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="L61" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="M61" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="N61" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="O61" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="P61" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="Q61" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="R61" s="8" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="B62" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="C62" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="D62" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="E62" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="F62" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="G62" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="H62" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="I62" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="J62" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="K62" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="L62" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="M62" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="N62" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="O62" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="P62" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="Q62" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="R62" s="8" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="B63" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="C63" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="D63" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="E63" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="F63" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="G63" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="H63" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="I63" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="J63" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="K63" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="L63" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="M63" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="N63" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="O63" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="P63" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="Q63" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="R63" s="8" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="B64" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="C64" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="D64" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="E64" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="F64" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="G64" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="H64" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="I64" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="J64" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="K64" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="L64" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="M64" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="N64" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="O64" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="P64" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="Q64" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="R64" s="8" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="B65" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="C65" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="D65" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="E65" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="F65" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="G65" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="H65" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="I65" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="J65" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="K65" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="L65" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="M65" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="N65" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="O65" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="P65" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="Q65" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="R65" s="8" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="B66" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="C66" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="D66" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="E66" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="F66" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="G66" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="H66" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="I66" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="J66" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="K66" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="L66" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="M66" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="N66" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="O66" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="P66" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="Q66" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="R66" s="8" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="B67" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="C67" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="D67" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="E67" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="F67" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="G67" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="H67" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="I67" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="J67" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="K67" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="L67" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="M67" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="N67" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="O67" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="P67" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="Q67" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="R67" s="8" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="B68" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="C68" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="D68" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="E68" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="F68" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="G68" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="H68" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="I68" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="J68" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="K68" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="L68" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="M68" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="N68" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="O68" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="P68" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="Q68" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="R68" s="8" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="B69" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="C69" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="D69" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="E69" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="F69" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="G69" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="H69" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="I69" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="J69" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="K69" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="L69" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="M69" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="N69" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="O69" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="P69" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="Q69" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="R69" s="8" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B70" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="C70" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="D70" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="E70" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="F70" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="G70" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="H70" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="I70" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="J70" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="K70" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="L70" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="M70" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="N70" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="O70" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="P70" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="Q70" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="R70" s="8" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="B71" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C71" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="D71" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="E71" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="F71" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="G71" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="H71" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="I71" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="J71" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="K71" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="L71" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="M71" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="N71" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="O71" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="P71" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="Q71" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="R71" s="8" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="B72" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="C72" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="D72" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="E72" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="F72" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="G72" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="H72" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="I72" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="J72" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="K72" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="L72" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="M72" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="N72" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="O72" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="P72" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="Q72" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="R72" s="8" t="s">
-        <v>126</v>
+        <v>130</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="8" t="s">
+        <v>131</v>
+      </c>
+      <c r="B73" s="8" t="s">
+        <v>131</v>
+      </c>
+      <c r="C73" s="8" t="s">
+        <v>131</v>
+      </c>
+      <c r="D73" s="8" t="s">
+        <v>131</v>
+      </c>
+      <c r="E73" s="8" t="s">
+        <v>131</v>
+      </c>
+      <c r="F73" s="8" t="s">
+        <v>131</v>
+      </c>
+      <c r="G73" s="8" t="s">
+        <v>131</v>
+      </c>
+      <c r="H73" s="8" t="s">
+        <v>131</v>
+      </c>
+      <c r="I73" s="8" t="s">
+        <v>131</v>
+      </c>
+      <c r="J73" s="8" t="s">
+        <v>131</v>
+      </c>
+      <c r="K73" s="8" t="s">
+        <v>131</v>
+      </c>
+      <c r="L73" s="8" t="s">
+        <v>131</v>
+      </c>
+      <c r="M73" s="8" t="s">
+        <v>131</v>
+      </c>
+      <c r="N73" s="8" t="s">
+        <v>131</v>
+      </c>
+      <c r="O73" s="8" t="s">
+        <v>131</v>
+      </c>
+      <c r="P73" s="8" t="s">
+        <v>131</v>
+      </c>
+      <c r="Q73" s="8" t="s">
+        <v>131</v>
+      </c>
+      <c r="R73" s="8" t="s">
+        <v>131</v>
       </c>
     </row>
     <row r="74">
-      <c r="A74" s="1" t="s">
-[...59 lines deleted...]
-        <v>129</v>
+      <c r="A74" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="B74" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="C74" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="D74" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="E74" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="F74" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="G74" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="H74" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="I74" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="J74" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="K74" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="L74" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="M74" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="N74" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="O74" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="P74" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="Q74" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="R74" s="8" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="B75" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="C75" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="D75" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="E75" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="F75" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="G75" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="H75" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="I75" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="J75" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="K75" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="L75" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="M75" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="N75" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="O75" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="P75" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="Q75" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="R75" s="8" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="8" t="s">
+        <v>134</v>
+      </c>
+      <c r="B76" s="8" t="s">
+        <v>134</v>
+      </c>
+      <c r="C76" s="8" t="s">
+        <v>134</v>
+      </c>
+      <c r="D76" s="8" t="s">
+        <v>134</v>
+      </c>
+      <c r="E76" s="8" t="s">
+        <v>134</v>
+      </c>
+      <c r="F76" s="8" t="s">
+        <v>134</v>
+      </c>
+      <c r="G76" s="8" t="s">
+        <v>134</v>
+      </c>
+      <c r="H76" s="8" t="s">
+        <v>134</v>
+      </c>
+      <c r="I76" s="8" t="s">
+        <v>134</v>
+      </c>
+      <c r="J76" s="8" t="s">
+        <v>134</v>
+      </c>
+      <c r="K76" s="8" t="s">
+        <v>134</v>
+      </c>
+      <c r="L76" s="8" t="s">
+        <v>134</v>
+      </c>
+      <c r="M76" s="8" t="s">
+        <v>134</v>
+      </c>
+      <c r="N76" s="8" t="s">
+        <v>134</v>
+      </c>
+      <c r="O76" s="8" t="s">
+        <v>134</v>
+      </c>
+      <c r="P76" s="8" t="s">
+        <v>134</v>
+      </c>
+      <c r="Q76" s="8" t="s">
+        <v>134</v>
+      </c>
+      <c r="R76" s="8" t="s">
+        <v>134</v>
       </c>
     </row>
     <row r="78">
-      <c r="A78" s="10" t="s">
-        <v>128</v>
+      <c r="A78" s="1" t="s">
+        <v>135</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>130</v>
-[...7 lines deleted...]
-        <v>131</v>
+        <v>135</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="D78" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="E78" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="F78" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="H78" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="I78" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="J78" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="K78" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="L78" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="M78" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="N78" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="O78" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="P78" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="Q78" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="R78" s="1" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="9" t="s">
+        <v>136</v>
+      </c>
+      <c r="B81" s="1" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="10" t="s">
+        <v>136</v>
+      </c>
+      <c r="B82" s="1" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="11" t="s">
+        <v>136</v>
+      </c>
+      <c r="B83" s="1" t="s">
+        <v>139</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:R1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:R2"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:P4"/>
     <mergeCell ref="E5:F5"/>
     <mergeCell ref="G5:J5"/>
     <mergeCell ref="C6:G6"/>
-    <mergeCell ref="H6:O6"/>
+    <mergeCell ref="H6:J6"/>
+    <mergeCell ref="D7:F7"/>
+    <mergeCell ref="G7:M7"/>
     <mergeCell ref="N7:R7"/>
-    <mergeCell ref="D8:F8"/>
-    <mergeCell ref="G8:O8"/>
+    <mergeCell ref="B8:F8"/>
+    <mergeCell ref="G8:J8"/>
+    <mergeCell ref="K8:N8"/>
     <mergeCell ref="D9:G9"/>
-    <mergeCell ref="J9:O9"/>
+    <mergeCell ref="J9:N9"/>
     <mergeCell ref="E11:G11"/>
     <mergeCell ref="H11:J11"/>
     <mergeCell ref="C12:E12"/>
     <mergeCell ref="F12:J12"/>
     <mergeCell ref="D13:G13"/>
     <mergeCell ref="H13:K13"/>
     <mergeCell ref="B14:G14"/>
     <mergeCell ref="H14:I14"/>
     <mergeCell ref="B15:D15"/>
     <mergeCell ref="H15:J15"/>
+    <mergeCell ref="K15:Q15"/>
     <mergeCell ref="F17:J17"/>
     <mergeCell ref="E18:F18"/>
-    <mergeCell ref="G18:M18"/>
+    <mergeCell ref="G18:I18"/>
     <mergeCell ref="D19:E19"/>
-    <mergeCell ref="F19:O19"/>
+    <mergeCell ref="F19:N19"/>
     <mergeCell ref="E20:I20"/>
-    <mergeCell ref="J20:N20"/>
+    <mergeCell ref="J20:M20"/>
     <mergeCell ref="D21:H21"/>
-    <mergeCell ref="I21:O21"/>
+    <mergeCell ref="I21:N21"/>
     <mergeCell ref="B23:G23"/>
     <mergeCell ref="H23:L23"/>
-    <mergeCell ref="F24:N24"/>
+    <mergeCell ref="F24:M24"/>
     <mergeCell ref="B25:C25"/>
-    <mergeCell ref="F26:K26"/>
     <mergeCell ref="B27:G27"/>
     <mergeCell ref="H27:J27"/>
-    <mergeCell ref="D29:J29"/>
-[...1 lines deleted...]
-    <mergeCell ref="F30:G30"/>
+    <mergeCell ref="J28:N28"/>
+    <mergeCell ref="D29:N29"/>
+    <mergeCell ref="O29:Q29"/>
+    <mergeCell ref="E30:H30"/>
     <mergeCell ref="D31:E31"/>
-    <mergeCell ref="F31:N31"/>
+    <mergeCell ref="F31:M31"/>
     <mergeCell ref="F32:J32"/>
+    <mergeCell ref="K32:Q32"/>
     <mergeCell ref="C33:E33"/>
     <mergeCell ref="F33:I33"/>
-    <mergeCell ref="J33:O33"/>
+    <mergeCell ref="J33:N33"/>
     <mergeCell ref="A35:R35"/>
     <mergeCell ref="A36:R36"/>
     <mergeCell ref="A37:R37"/>
     <mergeCell ref="A38:R38"/>
     <mergeCell ref="A39:R39"/>
     <mergeCell ref="A40:R40"/>
     <mergeCell ref="A41:R41"/>
     <mergeCell ref="A42:R42"/>
     <mergeCell ref="A43:R43"/>
     <mergeCell ref="A44:R44"/>
     <mergeCell ref="A45:R45"/>
     <mergeCell ref="A46:R46"/>
     <mergeCell ref="A47:R47"/>
     <mergeCell ref="A48:R48"/>
     <mergeCell ref="A49:R49"/>
     <mergeCell ref="A50:R50"/>
     <mergeCell ref="A51:R51"/>
     <mergeCell ref="A52:R52"/>
     <mergeCell ref="A53:R53"/>
     <mergeCell ref="A54:R54"/>
     <mergeCell ref="A55:R55"/>
     <mergeCell ref="A56:R56"/>
     <mergeCell ref="A57:R57"/>
     <mergeCell ref="A58:R58"/>
     <mergeCell ref="A59:R59"/>
     <mergeCell ref="A60:R60"/>
     <mergeCell ref="A61:R61"/>
     <mergeCell ref="A62:R62"/>
     <mergeCell ref="A63:R63"/>
     <mergeCell ref="A64:R64"/>
     <mergeCell ref="A65:R65"/>
     <mergeCell ref="A66:R66"/>
     <mergeCell ref="A67:R67"/>
     <mergeCell ref="A68:R68"/>
     <mergeCell ref="A69:R69"/>
     <mergeCell ref="A70:R70"/>
     <mergeCell ref="A71:R71"/>
     <mergeCell ref="A72:R72"/>
+    <mergeCell ref="A73:R73"/>
     <mergeCell ref="A74:R74"/>
+    <mergeCell ref="A75:R75"/>
+    <mergeCell ref="A76:R76"/>
+    <mergeCell ref="A78:R78"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>