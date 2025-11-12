--- v0 (2025-10-19)
+++ v1 (2025-11-12)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R8eceb7d6b5224803" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rf4231928b48247ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R52a128eca5994e97"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R03bddf38305c4ffc"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="59">
   <si>
     <t>Rotavirus Infection: Recommended vaccinations</t>
   </si>
   <si>
     <t>Weeks</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
@@ -166,51 +166,51 @@
   <si>
     <t>ROTA (6 )</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
     <t>1: Two or three doses depending on the vaccine used (3rd dose only for pentavalent rotavirus vaccines). Age limit of vaccination either 24 weeks of age (monovalent rotavirus vaccine) or 32 weeks of age (pentavalent rotavirus vaccine)</t>
   </si>
   <si>
     <t>2: 3rd dose only for pentavalent rotavirus vaccines</t>
   </si>
   <si>
     <t>3: Recommended only. Vaccination not funded by the National Health system or health insurance.</t>
   </si>
   <si>
     <t>4: Two or three doses depending on the vaccine used (3rd dose only for pentavalent rotavirus vaccines)</t>
   </si>
   <si>
     <t>5: Additional information can be found at: https://www.sanidad.gob.es/areas/promocionPrevencion/vacunaciones/comoTrabajamos/docs/Rotavirus_Recomendaciones2024.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">6: 3rd dose only indicated when a pentavalent rotavirus vaccine is used. </t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-19 at 19:39.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-11-12 at 07:58.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -265,51 +265,51 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R52a128eca5994e97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rf5b19c989eb546fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R6c0ec69b4ce24b1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R03bddf38305c4ffc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rfd7e58f8aaee49fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R2cd3dcb2d4264c3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H48"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>