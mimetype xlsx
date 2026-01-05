--- v1 (2025-11-12)
+++ v2 (2026-01-05)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rf4231928b48247ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rb24c1346590d46c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R03bddf38305c4ffc"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R70f454c454084492"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="59">
   <si>
     <t>Rotavirus Infection: Recommended vaccinations</t>
   </si>
   <si>
     <t>Weeks</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
@@ -166,51 +166,51 @@
   <si>
     <t>ROTA (6 )</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
     <t>1: Two or three doses depending on the vaccine used (3rd dose only for pentavalent rotavirus vaccines). Age limit of vaccination either 24 weeks of age (monovalent rotavirus vaccine) or 32 weeks of age (pentavalent rotavirus vaccine)</t>
   </si>
   <si>
     <t>2: 3rd dose only for pentavalent rotavirus vaccines</t>
   </si>
   <si>
     <t>3: Recommended only. Vaccination not funded by the National Health system or health insurance.</t>
   </si>
   <si>
     <t>4: Two or three doses depending on the vaccine used (3rd dose only for pentavalent rotavirus vaccines)</t>
   </si>
   <si>
     <t>5: Additional information can be found at: https://www.sanidad.gob.es/areas/promocionPrevencion/vacunaciones/comoTrabajamos/docs/Rotavirus_Recomendaciones2024.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">6: 3rd dose only indicated when a pentavalent rotavirus vaccine is used. </t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-11-12 at 07:58.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-01-05 at 18:02.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -265,51 +265,51 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R03bddf38305c4ffc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rfd7e58f8aaee49fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R2cd3dcb2d4264c3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R70f454c454084492" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R7ce348a4b9c84d83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R01dd04221dc24616" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H48"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>