--- v0 (2025-11-05)
+++ v1 (2025-12-24)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R28ce8ae00b7a4a19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R4e61fc9b608840b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rb771a5c67d954e1c"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R7c48fd94a0274148"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="41">
   <si>
     <t>Rabies: Recommended vaccinations</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>&gt;= 18</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
     <t xml:space="preserve">Belgium  </t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
@@ -112,51 +112,51 @@
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
     <t>1: 5 doses post-exposure, 3 doses pre-exposure</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-11-05 at 05:01.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-12-24 at 13:37.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -208,51 +208,51 @@
   <cellXfs count="10">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rb771a5c67d954e1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R116c1fa9d19842e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rb3d48ac353b24392" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R7c48fd94a0274148" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Re954079cf33c4925" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R88cb5249344d4cac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:B43"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3" t="s">
         <v>1</v>