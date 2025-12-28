--- v0 (2025-10-20)
+++ v1 (2025-12-28)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R17d3d9f093de4eb6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R084bc4af36cc410e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rdc6a2e99834a4b35"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R18c84a4fcb6d4ba0"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="63" uniqueCount="63">
   <si>
     <t>Tick-Borne Encephalitis: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
@@ -178,51 +178,51 @@
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
     <t xml:space="preserve">1: Primary immunisation with 3 doses (0/1-3month/5-12 months). Booster after 3 years and every 5 years until age of 60 years. Then booster every 3 years. </t>
   </si>
   <si>
     <t>2: 3 doses, re-vaccination every 5 years. Recommended only. Vaccination not funded by the National Health system.</t>
   </si>
   <si>
     <t>3: 3 doses, re-vaccination every 3 years. Recommended only. Vaccination not funded by the National Health system.</t>
   </si>
   <si>
     <t>4: TBE vaccination for to those living permanently on the island of Åland</t>
   </si>
   <si>
     <t>5: Children from endemic areas</t>
   </si>
   <si>
     <t>6: Children aged three years: three doses. Additional doses self-paid</t>
   </si>
   <si>
     <t>7: Individuals aged 49 years: three doses. Additional doses self-paid</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-20 at 22:56.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-12-28 at 09:49.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -277,51 +277,51 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rdc6a2e99834a4b35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R70dda0ce4f0e4c86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rb698d9b5a7bd4007" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R18c84a4fcb6d4ba0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R1bfb642df6f344ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R8cb63a200c814d7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K49"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
     <col min="8" max="8" width="13.17" customWidth="1" style="1"/>
     <col min="9" max="9" width="13.17" customWidth="1" style="1"/>
     <col min="10" max="10" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>