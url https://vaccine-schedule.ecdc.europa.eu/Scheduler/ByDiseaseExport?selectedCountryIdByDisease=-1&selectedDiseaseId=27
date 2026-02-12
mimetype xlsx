--- v1 (2025-12-28)
+++ v2 (2026-02-12)
@@ -1,90 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R084bc4af36cc410e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rdc88ded2d9b44da7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R18c84a4fcb6d4ba0"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R8eb900c9f7fb49dd"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="63" uniqueCount="63">
   <si>
     <t>Tick-Borne Encephalitis: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>13</t>
-[...7 lines deleted...]
-  <si>
     <t>3</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>49</t>
-[...5 lines deleted...]
-    <t>&gt;= 60</t>
+    <t>26</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>&gt;= 65</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
     <t>TBE (1 )</t>
   </si>
   <si>
     <t xml:space="preserve">Belgium  </t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
     <t>Czechia</t>
   </si>
   <si>
     <t>TBE (2 )</t>
   </si>
@@ -115,114 +112,118 @@
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
     <t>TBE (5 )</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
+    <t>TBE</t>
+  </si>
+  <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>TBE (6 )</t>
   </si>
   <si>
     <t>TBE (7 )</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
-    <t xml:space="preserve">1: Primary immunisation with 3 doses (0/1-3month/5-12 months). Booster after 3 years and every 5 years until age of 60 years. Then booster every 3 years. </t>
-[...8 lines deleted...]
-    <t>4: TBE vaccination for to those living permanently on the island of Åland</t>
+    <t>1: Primary immunisation with 3 doses (0/1-3month/5-12 or 9-12 months depending on vaccine used). First booster 3 years after primary immunisation and afterwards additional booster doses every 5 years up to the age of 60. 60 years and above booster doses every 3 years.
+More information: https://www.sozialministerium.gv.at/impfplan (p. 25ff)</t>
+  </si>
+  <si>
+    <t>2: 3 doses, the first revaccination after 3 years, then every 5 years.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3: Individuals age of 50 and older - 3 doses, re-vaccination every 3 years, from 50+/60+ (depends on the vaccine used).  Vaccination covered by the National Health system.</t>
+  </si>
+  <si>
+    <t>4: TBE vaccination for specific areas in Finland.</t>
   </si>
   <si>
     <t>5: Children from endemic areas</t>
   </si>
   <si>
-    <t>6: Children aged three years: three doses. Additional doses self-paid</t>
-[...5 lines deleted...]
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-12-28 at 09:49.</t>
+    <t>6: Children from 1 year of age: three doses. Additional doses self-paid</t>
+  </si>
+  <si>
+    <t>7: Three doses are funded for individuals aged 45 years during 2026 (and in persons who have not yet been vaccinated according to the immunization program such as persons who turned 49 years of age in 2019 or later). Additional doses self-paid.</t>
+  </si>
+  <si>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-12 at 02:43.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -277,698 +278,658 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R18c84a4fcb6d4ba0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R1bfb642df6f344ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R8cb63a200c814d7d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R8eb900c9f7fb49dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R003d18776ba84a00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R75b081af79f94edd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K49"/>
+  <dimension ref="A1:J49"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
     <col min="8" max="8" width="13.17" customWidth="1" style="1"/>
     <col min="9" max="9" width="13.17" customWidth="1" style="1"/>
-    <col min="10" max="10" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="K1" s="2" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="1"/>
+      <c r="C2" s="3" t="s">
+        <v>2</v>
+      </c>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
-      <c r="F2" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
-      <c r="K2" s="1"/>
     </row>
     <row r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="K3" s="3" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="C4" s="5" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="E4" s="1"/>
+      <c r="F4" s="1"/>
+      <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
-      <c r="K4" s="1"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="4" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B9" s="5" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
-      <c r="G9" s="1"/>
-      <c r="H9" s="1"/>
+      <c r="H9" s="5" t="s">
+        <v>20</v>
+      </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
-      <c r="K9" s="5" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="10">
       <c r="A10" s="4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="4" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C12" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="F12" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D12" s="1"/>
+      <c r="E12" s="1"/>
+      <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
-      <c r="K12" s="1"/>
     </row>
     <row r="13">
       <c r="A13" s="4" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="4" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="4" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="4" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="4" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="4" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="B20" s="6" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="C20" s="1"/>
       <c r="D20" s="1"/>
       <c r="E20" s="1"/>
-      <c r="F20" s="1"/>
-[...1 lines deleted...]
-      <c r="H20" s="1"/>
     </row>
     <row r="21">
       <c r="A21" s="4" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H22" s="5" t="s">
         <v>36</v>
       </c>
+      <c r="I22" s="1"/>
     </row>
     <row r="23">
       <c r="A23" s="4" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="4" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="4" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="4" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="4" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="4" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="4" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="4" t="s">
         <v>45</v>
       </c>
-      <c r="F31" s="5" t="s">
+      <c r="B31" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="I31" s="5" t="s">
+      <c r="G31" s="5" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="4" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="4" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>50</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>50</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>50</v>
       </c>
       <c r="E35" s="4" t="s">
         <v>50</v>
       </c>
       <c r="F35" s="4" t="s">
         <v>50</v>
       </c>
       <c r="G35" s="4" t="s">
         <v>50</v>
       </c>
       <c r="H35" s="4" t="s">
         <v>50</v>
       </c>
       <c r="I35" s="4" t="s">
         <v>50</v>
       </c>
       <c r="J35" s="4" t="s">
         <v>50</v>
       </c>
-      <c r="K35" s="4" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="36">
       <c r="A36" s="7" t="s">
         <v>51</v>
       </c>
       <c r="B36" s="7" t="s">
         <v>51</v>
       </c>
       <c r="C36" s="7" t="s">
         <v>51</v>
       </c>
       <c r="D36" s="7" t="s">
         <v>51</v>
       </c>
       <c r="E36" s="7" t="s">
         <v>51</v>
       </c>
       <c r="F36" s="7" t="s">
         <v>51</v>
       </c>
       <c r="G36" s="7" t="s">
         <v>51</v>
       </c>
       <c r="H36" s="7" t="s">
         <v>51</v>
       </c>
       <c r="I36" s="7" t="s">
         <v>51</v>
       </c>
       <c r="J36" s="7" t="s">
         <v>51</v>
       </c>
-      <c r="K36" s="7" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="37">
       <c r="A37" s="7" t="s">
         <v>52</v>
       </c>
       <c r="B37" s="7" t="s">
         <v>52</v>
       </c>
       <c r="C37" s="7" t="s">
         <v>52</v>
       </c>
       <c r="D37" s="7" t="s">
         <v>52</v>
       </c>
       <c r="E37" s="7" t="s">
         <v>52</v>
       </c>
       <c r="F37" s="7" t="s">
         <v>52</v>
       </c>
       <c r="G37" s="7" t="s">
         <v>52</v>
       </c>
       <c r="H37" s="7" t="s">
         <v>52</v>
       </c>
       <c r="I37" s="7" t="s">
         <v>52</v>
       </c>
       <c r="J37" s="7" t="s">
         <v>52</v>
       </c>
-      <c r="K37" s="7" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="38">
       <c r="A38" s="7" t="s">
         <v>53</v>
       </c>
       <c r="B38" s="7" t="s">
         <v>53</v>
       </c>
       <c r="C38" s="7" t="s">
         <v>53</v>
       </c>
       <c r="D38" s="7" t="s">
         <v>53</v>
       </c>
       <c r="E38" s="7" t="s">
         <v>53</v>
       </c>
       <c r="F38" s="7" t="s">
         <v>53</v>
       </c>
       <c r="G38" s="7" t="s">
         <v>53</v>
       </c>
       <c r="H38" s="7" t="s">
         <v>53</v>
       </c>
       <c r="I38" s="7" t="s">
         <v>53</v>
       </c>
       <c r="J38" s="7" t="s">
         <v>53</v>
       </c>
-      <c r="K38" s="7" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="39">
       <c r="A39" s="7" t="s">
         <v>54</v>
       </c>
       <c r="B39" s="7" t="s">
         <v>54</v>
       </c>
       <c r="C39" s="7" t="s">
         <v>54</v>
       </c>
       <c r="D39" s="7" t="s">
         <v>54</v>
       </c>
       <c r="E39" s="7" t="s">
         <v>54</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>54</v>
       </c>
       <c r="G39" s="7" t="s">
         <v>54</v>
       </c>
       <c r="H39" s="7" t="s">
         <v>54</v>
       </c>
       <c r="I39" s="7" t="s">
         <v>54</v>
       </c>
       <c r="J39" s="7" t="s">
         <v>54</v>
       </c>
-      <c r="K39" s="7" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="40">
       <c r="A40" s="7" t="s">
         <v>55</v>
       </c>
       <c r="B40" s="7" t="s">
         <v>55</v>
       </c>
       <c r="C40" s="7" t="s">
         <v>55</v>
       </c>
       <c r="D40" s="7" t="s">
         <v>55</v>
       </c>
       <c r="E40" s="7" t="s">
         <v>55</v>
       </c>
       <c r="F40" s="7" t="s">
         <v>55</v>
       </c>
       <c r="G40" s="7" t="s">
         <v>55</v>
       </c>
       <c r="H40" s="7" t="s">
         <v>55</v>
       </c>
       <c r="I40" s="7" t="s">
         <v>55</v>
       </c>
       <c r="J40" s="7" t="s">
         <v>55</v>
       </c>
-      <c r="K40" s="7" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="41">
       <c r="A41" s="7" t="s">
         <v>56</v>
       </c>
       <c r="B41" s="7" t="s">
         <v>56</v>
       </c>
       <c r="C41" s="7" t="s">
         <v>56</v>
       </c>
       <c r="D41" s="7" t="s">
         <v>56</v>
       </c>
       <c r="E41" s="7" t="s">
         <v>56</v>
       </c>
       <c r="F41" s="7" t="s">
         <v>56</v>
       </c>
       <c r="G41" s="7" t="s">
         <v>56</v>
       </c>
       <c r="H41" s="7" t="s">
         <v>56</v>
       </c>
       <c r="I41" s="7" t="s">
         <v>56</v>
       </c>
       <c r="J41" s="7" t="s">
         <v>56</v>
       </c>
-      <c r="K41" s="7" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="42">
       <c r="A42" s="7" t="s">
         <v>57</v>
       </c>
       <c r="B42" s="7" t="s">
         <v>57</v>
       </c>
       <c r="C42" s="7" t="s">
         <v>57</v>
       </c>
       <c r="D42" s="7" t="s">
         <v>57</v>
       </c>
       <c r="E42" s="7" t="s">
         <v>57</v>
       </c>
       <c r="F42" s="7" t="s">
         <v>57</v>
       </c>
       <c r="G42" s="7" t="s">
         <v>57</v>
       </c>
       <c r="H42" s="7" t="s">
         <v>57</v>
       </c>
       <c r="I42" s="7" t="s">
         <v>57</v>
       </c>
       <c r="J42" s="7" t="s">
         <v>57</v>
       </c>
-      <c r="K42" s="7" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="44">
       <c r="A44" s="1" t="s">
         <v>58</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>58</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>58</v>
       </c>
       <c r="D44" s="1" t="s">
         <v>58</v>
       </c>
       <c r="E44" s="1" t="s">
         <v>58</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>58</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H44" s="1" t="s">
         <v>58</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>58</v>
       </c>
       <c r="J44" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="K44" s="1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="47">
       <c r="A47" s="8" t="s">
         <v>59</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="9" t="s">
         <v>59</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="10" t="s">
         <v>59</v>
       </c>
       <c r="B49" s="1" t="s">
         <v>62</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:K1"/>
+    <mergeCell ref="A1:J1"/>
     <mergeCell ref="A2:A3"/>
-    <mergeCell ref="B2:E2"/>
-[...13 lines deleted...]
-    <mergeCell ref="A44:K44"/>
+    <mergeCell ref="C2:J2"/>
+    <mergeCell ref="D4:J4"/>
+    <mergeCell ref="B9:F9"/>
+    <mergeCell ref="H9:J9"/>
+    <mergeCell ref="C12:J12"/>
+    <mergeCell ref="B20:E20"/>
+    <mergeCell ref="H22:I22"/>
+    <mergeCell ref="A35:J35"/>
+    <mergeCell ref="A36:J36"/>
+    <mergeCell ref="A37:J37"/>
+    <mergeCell ref="A38:J38"/>
+    <mergeCell ref="A39:J39"/>
+    <mergeCell ref="A40:J40"/>
+    <mergeCell ref="A41:J41"/>
+    <mergeCell ref="A42:J42"/>
+    <mergeCell ref="A44:J44"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>