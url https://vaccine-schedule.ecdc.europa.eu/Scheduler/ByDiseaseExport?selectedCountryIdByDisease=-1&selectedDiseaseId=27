--- v2 (2026-02-12)
+++ v3 (2026-03-30)
@@ -1,72 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rdc88ded2d9b44da7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R15e5aba171774956" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R8eb900c9f7fb49dd"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R5754950012b54aba"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="63" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="67" uniqueCount="67">
   <si>
     <t>Tick-Borne Encephalitis: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
     <t>3</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>18</t>
+    <t>17</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>&gt;= 65</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
     <t>TBE (1 )</t>
   </si>
   <si>
     <t xml:space="preserve">Belgium  </t>
   </si>
@@ -139,91 +145,97 @@
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
+    <t>TBE (6 )</t>
+  </si>
+  <si>
     <t>Slovenia</t>
   </si>
   <si>
-    <t>TBE (6 )</t>
-[...1 lines deleted...]
-  <si>
     <t>TBE (7 )</t>
+  </si>
+  <si>
+    <t>TBE (8 )</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
     <t>1: Primary immunisation with 3 doses (0/1-3month/5-12 or 9-12 months depending on vaccine used). First booster 3 years after primary immunisation and afterwards additional booster doses every 5 years up to the age of 60. 60 years and above booster doses every 3 years.
 More information: https://www.sozialministerium.gv.at/impfplan (p. 25ff)</t>
   </si>
   <si>
     <t>2: 3 doses, the first revaccination after 3 years, then every 5 years.</t>
   </si>
   <si>
     <t xml:space="preserve">3: Individuals age of 50 and older - 3 doses, re-vaccination every 3 years, from 50+/60+ (depends on the vaccine used).  Vaccination covered by the National Health system.</t>
   </si>
   <si>
     <t>4: TBE vaccination for specific areas in Finland.</t>
   </si>
   <si>
     <t>5: Children from endemic areas</t>
   </si>
   <si>
-    <t>6: Children from 1 year of age: three doses. Additional doses self-paid</t>
-[...5 lines deleted...]
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-12 at 02:43.</t>
+    <t xml:space="preserve">6: Generally recommended to children with no legislative support.This period is an indication and subsequent doses can be administered differently, if the starting dose was administered differently than from the original recommended age.  </t>
+  </si>
+  <si>
+    <t>7: Children from 1 year of age: three doses. Additional doses self-paid</t>
+  </si>
+  <si>
+    <t>8: Three doses are funded for individuals aged 45 years during 2026 (and in persons who have not yet been vaccinated according to the immunization program such as persons who turned 49 years of age in 2019 or later). Additional doses self-paid.</t>
+  </si>
+  <si>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-03-30 at 02:37.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -278,658 +290,781 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R8eb900c9f7fb49dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R003d18776ba84a00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R75b081af79f94edd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R5754950012b54aba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R8fe477a6433e44e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rb33e8cca13c14c7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J49"/>
+  <dimension ref="A1:L50"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
     <col min="8" max="8" width="13.17" customWidth="1" style="1"/>
     <col min="9" max="9" width="13.17" customWidth="1" style="1"/>
+    <col min="10" max="10" width="13.17" customWidth="1" style="1"/>
+    <col min="11" max="11" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>0</v>
       </c>
+      <c r="K1" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="L1" s="2" t="s">
+        <v>0</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="3" t="s">
+      <c r="C2" s="1"/>
+      <c r="D2" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
+      <c r="K2" s="1"/>
+      <c r="L2" s="1"/>
     </row>
     <row r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>11</v>
       </c>
+      <c r="K3" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="L3" s="3" t="s">
+        <v>13</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
-        <v>12</v>
-[...5 lines deleted...]
-      <c r="F4" s="1"/>
+        <v>14</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>15</v>
+      </c>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
+      <c r="K4" s="1"/>
+      <c r="L4" s="1"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="4" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="4" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
-      <c r="H9" s="5" t="s">
-[...3 lines deleted...]
-      <c r="J9" s="1"/>
+      <c r="G9" s="1"/>
+      <c r="H9" s="1"/>
+      <c r="J9" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K9" s="1"/>
+      <c r="L9" s="1"/>
     </row>
     <row r="10">
       <c r="A10" s="4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="4" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="4" t="s">
-        <v>23</v>
-[...5 lines deleted...]
-      <c r="E12" s="1"/>
+        <v>25</v>
+      </c>
+      <c r="E12" s="6" t="s">
+        <v>26</v>
+      </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
+      <c r="K12" s="1"/>
+      <c r="L12" s="1"/>
     </row>
     <row r="13">
       <c r="A13" s="4" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="4" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="4" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="4" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="4" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="4" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="4" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="4" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B20" s="6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="C20" s="1"/>
       <c r="D20" s="1"/>
       <c r="E20" s="1"/>
+      <c r="F20" s="1"/>
+      <c r="G20" s="1"/>
     </row>
     <row r="21">
       <c r="A21" s="4" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="4" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-      <c r="I22" s="1"/>
+        <v>37</v>
+      </c>
+      <c r="J22" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="K22" s="1"/>
     </row>
     <row r="23">
       <c r="A23" s="4" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="4" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="4" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="4" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="4" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="4" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="4" t="s">
-        <v>44</v>
+        <v>46</v>
+      </c>
+      <c r="B30" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C30" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D30" s="5" t="s">
+        <v>47</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="4" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>47</v>
+        <v>49</v>
+      </c>
+      <c r="I31" s="5" t="s">
+        <v>50</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="4" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="4" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="4" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="F35" s="4" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="G35" s="4" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="H35" s="4" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="I35" s="4" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="J35" s="4" t="s">
-        <v>50</v>
+        <v>53</v>
+      </c>
+      <c r="K35" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="L35" s="4" t="s">
+        <v>53</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="7" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B36" s="7" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="C36" s="7" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="D36" s="7" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="E36" s="7" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="F36" s="7" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="G36" s="7" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="H36" s="7" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="I36" s="7" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="J36" s="7" t="s">
-        <v>51</v>
+        <v>54</v>
+      </c>
+      <c r="K36" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="L36" s="7" t="s">
+        <v>54</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="7" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B37" s="7" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="C37" s="7" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="D37" s="7" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="E37" s="7" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="F37" s="7" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="G37" s="7" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="H37" s="7" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="I37" s="7" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="J37" s="7" t="s">
-        <v>52</v>
+        <v>55</v>
+      </c>
+      <c r="K37" s="7" t="s">
+        <v>55</v>
+      </c>
+      <c r="L37" s="7" t="s">
+        <v>55</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="7" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="B38" s="7" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="C38" s="7" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="D38" s="7" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="E38" s="7" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="F38" s="7" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="G38" s="7" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="H38" s="7" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="I38" s="7" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="J38" s="7" t="s">
-        <v>53</v>
+        <v>56</v>
+      </c>
+      <c r="K38" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="L38" s="7" t="s">
+        <v>56</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="7" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="B39" s="7" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="F39" s="7" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="G39" s="7" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="H39" s="7" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="I39" s="7" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="J39" s="7" t="s">
-        <v>54</v>
+        <v>57</v>
+      </c>
+      <c r="K39" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="L39" s="7" t="s">
+        <v>57</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="7" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B40" s="7" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="C40" s="7" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="D40" s="7" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="E40" s="7" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="F40" s="7" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="G40" s="7" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="H40" s="7" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="I40" s="7" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="J40" s="7" t="s">
-        <v>55</v>
+        <v>58</v>
+      </c>
+      <c r="K40" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="L40" s="7" t="s">
+        <v>58</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="7" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="B41" s="7" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="C41" s="7" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="D41" s="7" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="E41" s="7" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="F41" s="7" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="G41" s="7" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="H41" s="7" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="I41" s="7" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="J41" s="7" t="s">
-        <v>56</v>
+        <v>59</v>
+      </c>
+      <c r="K41" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="L41" s="7" t="s">
+        <v>59</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="7" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="B42" s="7" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="C42" s="7" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="D42" s="7" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="E42" s="7" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="F42" s="7" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="G42" s="7" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="H42" s="7" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="I42" s="7" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="J42" s="7" t="s">
-        <v>57</v>
-[...39 lines deleted...]
-        <v>60</v>
+        <v>60</v>
+      </c>
+      <c r="K42" s="7" t="s">
+        <v>60</v>
+      </c>
+      <c r="L42" s="7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B43" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C43" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="D43" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E43" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="F43" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="G43" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="H43" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="I43" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="J43" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="K43" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="L43" s="7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="C45" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="D45" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="E45" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="F45" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H45" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="I45" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="J45" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="K45" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="L45" s="1" t="s">
+        <v>62</v>
       </c>
     </row>
     <row r="48">
-      <c r="A48" s="9" t="s">
-        <v>59</v>
+      <c r="A48" s="8" t="s">
+        <v>63</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
     </row>
     <row r="49">
-      <c r="A49" s="10" t="s">
-        <v>59</v>
+      <c r="A49" s="9" t="s">
+        <v>63</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="10" t="s">
+        <v>63</v>
+      </c>
+      <c r="B50" s="1" t="s">
+        <v>66</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:J1"/>
+    <mergeCell ref="A1:L1"/>
     <mergeCell ref="A2:A3"/>
-    <mergeCell ref="C2:J2"/>
-[...14 lines deleted...]
-    <mergeCell ref="A44:J44"/>
+    <mergeCell ref="B2:C2"/>
+    <mergeCell ref="D2:L2"/>
+    <mergeCell ref="F4:L4"/>
+    <mergeCell ref="B9:H9"/>
+    <mergeCell ref="J9:L9"/>
+    <mergeCell ref="E12:L12"/>
+    <mergeCell ref="B20:G20"/>
+    <mergeCell ref="J22:K22"/>
+    <mergeCell ref="A35:L35"/>
+    <mergeCell ref="A36:L36"/>
+    <mergeCell ref="A37:L37"/>
+    <mergeCell ref="A38:L38"/>
+    <mergeCell ref="A39:L39"/>
+    <mergeCell ref="A40:L40"/>
+    <mergeCell ref="A41:L41"/>
+    <mergeCell ref="A42:L42"/>
+    <mergeCell ref="A43:L43"/>
+    <mergeCell ref="A45:L45"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>