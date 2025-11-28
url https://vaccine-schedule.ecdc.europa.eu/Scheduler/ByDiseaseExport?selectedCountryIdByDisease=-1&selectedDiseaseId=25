--- v0 (2025-10-27)
+++ v1 (2025-11-28)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Re360debd69964227" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rc8341ea79f924a78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Refe9710f74f54dab"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R59731512acd94e2f"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="129" uniqueCount="129">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Weeks</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
@@ -82,51 +82,51 @@
   <si>
     <t>59</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>&gt;= 76</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
     <t>PCV15</t>
   </si>
   <si>
-    <t>PCV15 or 20 and PPSV23</t>
+    <t>PCV15+PPSV23 or PCV20+PPSV23</t>
   </si>
   <si>
     <t xml:space="preserve">Belgium  </t>
   </si>
   <si>
     <t>PCV13 or PCV15</t>
   </si>
   <si>
     <t>PCV20</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
     <t>PCV10 or PCV15</t>
   </si>
   <si>
     <t>PCV10 or PCV15 (1 )</t>
   </si>
   <si>
     <t>PCV10 or PCV15 (2 )</t>
   </si>
   <si>
     <t>PCV13</t>
   </si>
@@ -378,51 +378,51 @@
 Not funded (NF) for other risk groups.</t>
   </si>
   <si>
     <t>19: https://www.ockovaniechrani.sk/#/ockovaci-kalendar</t>
   </si>
   <si>
     <t>20: Vaccination is also mandatory for persons placed in social service facilities. Vaccination is recommended for persons under medical supervision, regardless of age, with serious chronic diseases of the respiratory tract, cardiovascular system, metabolic, renal and immune disorders, persons with functional or anatomical asplenia prior to splenectomy, and persons 59 years of age and older. https://www.uvzsr.sk/web/uvz/povinne-a-odporucane-ockovanie-podla-dosiahnuteho-veku-a-rizika-nakazy-v-slovenskej-republike-na-rok-2016</t>
   </si>
   <si>
     <t xml:space="preserve">21: More information: https://www.sanidad.gob.es/areas/promocionPrevencion/vacunaciones/calendario/docs/CalendarioVacunacion_Todalavida.pdf </t>
   </si>
   <si>
     <t>22: PPSV or sequential schedule (PCV+PPSV) depend on pathology and available vaccines. 
 </t>
   </si>
   <si>
     <t>23: PCV is recommended in some regions.</t>
   </si>
   <si>
     <t>24: More information: https://www.folkhalsomyndigheten.se/publikationer-och-material/publikationsarkiv/r/rekommendationer-om-pneumokockvaccination-/</t>
   </si>
   <si>
     <t>25: https://www.folkhalsomyndigheten.se/smittskydd-beredskap/vaccinationer/nationella-vaccinationsprogram/program-for-riskgrupper/</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-27 at 23:44.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-11-28 at 18:17.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -477,51 +477,51 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Refe9710f74f54dab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R31ad990e415c48c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R740d41c2742a49d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R59731512acd94e2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R0bec245b610e43a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rc9da00245e19455a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:W67"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
     <col min="8" max="8" width="13.17" customWidth="1" style="1"/>
     <col min="9" max="9" width="13.17" customWidth="1" style="1"/>
     <col min="10" max="10" width="13.17" customWidth="1" style="1"/>
     <col min="11" max="11" width="13.17" customWidth="1" style="1"/>
     <col min="12" max="12" width="13.17" customWidth="1" style="1"/>
     <col min="13" max="13" width="13.17" customWidth="1" style="1"/>
     <col min="14" max="14" width="13.17" customWidth="1" style="1"/>
     <col min="15" max="15" width="13.17" customWidth="1" style="1"/>
@@ -698,51 +698,51 @@
       <c r="U3" s="3" t="s">
         <v>21</v>
       </c>
       <c r="V3" s="3" t="s">
         <v>22</v>
       </c>
       <c r="W3" s="3" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>25</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>25</v>
       </c>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
-      <c r="S4" s="5" t="s">
+      <c r="S4" s="6" t="s">
         <v>26</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E5" s="5" t="s">
         <v>28</v>
       </c>
       <c r="J5" s="5" t="s">
         <v>28</v>
       </c>
       <c r="P5" s="6" t="s">
         <v>29</v>
       </c>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>