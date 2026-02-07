--- v1 (2025-11-28)
+++ v2 (2026-02-07)
@@ -1,428 +1,485 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rc8341ea79f924a78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R4158960c819a444a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R59731512acd94e2f"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rdeb462c759484f6e"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="129" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="148" uniqueCount="148">
   <si>
     <t>Pneumococcal Disease: Recommended vaccinations</t>
   </si>
   <si>
     <t>Weeks</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>2-17</t>
+    <t>17</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>75</t>
-[...2 lines deleted...]
-    <t>&gt;= 76</t>
+    <t>&gt;= 75</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
+    <t>PCV15 (1 )</t>
+  </si>
+  <si>
     <t>PCV15</t>
   </si>
   <si>
-    <t>PCV15+PPSV23 or PCV20+PPSV23</t>
+    <t>PCV21 (2 )</t>
   </si>
   <si>
     <t xml:space="preserve">Belgium  </t>
   </si>
   <si>
+    <t>PCV13 or PCV20 (3 )</t>
+  </si>
+  <si>
+    <t>PCV20</t>
+  </si>
+  <si>
+    <t>PCV20 or PCV21</t>
+  </si>
+  <si>
+    <t>Bulgaria</t>
+  </si>
+  <si>
+    <t>PCV (4 )</t>
+  </si>
+  <si>
+    <t>PCV (5 )</t>
+  </si>
+  <si>
+    <t>PCV13 (6 )</t>
+  </si>
+  <si>
+    <t>Croatia</t>
+  </si>
+  <si>
+    <t>PCV10 or PCV13</t>
+  </si>
+  <si>
+    <t>PCV15+PPSV23 (7 )</t>
+  </si>
+  <si>
+    <t>Cyprus</t>
+  </si>
+  <si>
+    <t>PCV15 or PCV20</t>
+  </si>
+  <si>
+    <t>PCV15 or PCV20 (8 )</t>
+  </si>
+  <si>
+    <t>Czechia</t>
+  </si>
+  <si>
+    <t>PCV</t>
+  </si>
+  <si>
+    <t>PCV (9 )</t>
+  </si>
+  <si>
+    <t>PCV20 or PCV21 (10 )</t>
+  </si>
+  <si>
+    <t>Denmark</t>
+  </si>
+  <si>
+    <t>Estonia</t>
+  </si>
+  <si>
+    <t>PCV13/PCV15 + PPSV23 or PCV20 (11 )</t>
+  </si>
+  <si>
+    <t>PCV13 or PCV15 or PCV20 or PPSV23</t>
+  </si>
+  <si>
+    <t>Finland</t>
+  </si>
+  <si>
+    <t>PCV10</t>
+  </si>
+  <si>
+    <t>PCV20 (12 )</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
     <t>PCV13 or PCV15</t>
   </si>
   <si>
-    <t>PCV20</t>
-[...11 lines deleted...]
-    <t>PCV10 or PCV15 (2 )</t>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>PCV13/15+PPSV23</t>
+  </si>
+  <si>
+    <t>Greece</t>
+  </si>
+  <si>
+    <t>PCV15 or PCV20 (13 )</t>
+  </si>
+  <si>
+    <t>Hungary</t>
+  </si>
+  <si>
+    <t>PCV15+PPSV23 or PCV20</t>
+  </si>
+  <si>
+    <t>Iceland</t>
+  </si>
+  <si>
+    <t>PCV15+PPSV23 or PCV20 (14 )</t>
+  </si>
+  <si>
+    <t>PCV20 or PPSV23 (14 )</t>
+  </si>
+  <si>
+    <t>Ireland</t>
+  </si>
+  <si>
+    <t>PPSV23 (15 )</t>
+  </si>
+  <si>
+    <t>Italy</t>
   </si>
   <si>
     <t>PCV13</t>
   </si>
   <si>
-    <t>Croatia</t>
-[...17 lines deleted...]
-    <t>Czechia</t>
+    <t>PCV13+PPSV23</t>
+  </si>
+  <si>
+    <t>PCV13+PPSV23 (16 )</t>
+  </si>
+  <si>
+    <t>Latvia</t>
+  </si>
+  <si>
+    <t>PCV13 or PCV15 (17 )</t>
   </si>
   <si>
     <t>PCV13 or PCV15 or PCV20</t>
   </si>
   <si>
-    <t>PCV or PPSV23 (5 )</t>
-[...41 lines deleted...]
-    <t>Iceland</t>
+    <t>Liechtenstein</t>
+  </si>
+  <si>
+    <t>Lithuania</t>
+  </si>
+  <si>
+    <t>PCV15 (18 )</t>
+  </si>
+  <si>
+    <t>PCV20 (19 )</t>
+  </si>
+  <si>
+    <t>Luxembourg</t>
+  </si>
+  <si>
+    <t>PCV (20 )</t>
+  </si>
+  <si>
+    <t>PCV (21 )</t>
+  </si>
+  <si>
+    <t>PCV20 (22 )</t>
+  </si>
+  <si>
+    <t>PCV20 (23 )</t>
+  </si>
+  <si>
+    <t>Malta</t>
+  </si>
+  <si>
+    <t>PCV20 (24 )</t>
+  </si>
+  <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
+    <t>PCV20 (25 )</t>
+  </si>
+  <si>
+    <t>Norway</t>
+  </si>
+  <si>
+    <t>PCV20 or PCV21 and PPSV23 (26 )</t>
+  </si>
+  <si>
+    <t>PCV20 or PCV21 and PPSV23</t>
+  </si>
+  <si>
+    <t>Poland</t>
+  </si>
+  <si>
+    <t>Portugal</t>
+  </si>
+  <si>
+    <t>PCV20 (27 )</t>
+  </si>
+  <si>
+    <t>PPSV23 (28 )</t>
+  </si>
+  <si>
+    <t>PCV20+PPSV23 (28 )</t>
+  </si>
+  <si>
+    <t>Romania</t>
   </si>
   <si>
     <t>PCV13/PCV15 + PPSV23 or PCV20</t>
   </si>
   <si>
-    <t>PCV20 or PPSV23</t>
-[...79 lines deleted...]
-  <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>PCV10 or PCV13 or PCV15</t>
   </si>
   <si>
-    <t>PCV10 or PCV13 or PCV15 (19 )</t>
-[...2 lines deleted...]
-    <t>PCV (20 )</t>
+    <t>PCV10 or PCV13 or PCV15 (29 )</t>
+  </si>
+  <si>
+    <t>PCV (30 )</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
-    <t>PCV13 or PCV15 or PCV20 (21 )</t>
-[...5 lines deleted...]
-    <t>PCV13/15+PPSV23 (23 )</t>
+    <t>PCV13 or PCV15 or PCV20 (31 )</t>
+  </si>
+  <si>
+    <t>PCV13/15+PPSV23 (32 )</t>
+  </si>
+  <si>
+    <t>PCV13/15+PPSV23 (33 )</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
-    <t>PCV20 or PPSV23 (24 )</t>
-[...2 lines deleted...]
-    <t>PPSV23 (25 )</t>
+    <t>PCV20 or PPSV23 (34 )</t>
+  </si>
+  <si>
+    <t>PPSV23 (35 )</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
-    <t>1: 3-dose schedule, divided as 2 doses for primary immunization from the 6th and 14th weeks (around 3 months) postpartum and one dose for reimmunization from 12 months postpartum.</t>
-[...63 lines deleted...]
-    <t>22: PPSV or sequential schedule (PCV+PPSV) depend on pathology and available vaccines. 
+    <t>1: Vaccination with PCV15 as soon as possible after the age of 6 weeks, and no later than the age of 3 months. Second dose is given 8 weeks after the first dose, and third dose at the age of 11–15 months (at the earliest 6 months after the second dose). For children without specific indications, vaccination is not recommended after the age of 5.
+More information: https://impfen.gv.at/impfungen/pneumokokken or https://www.sozialministerium.gv.at/impfplan (p. 93ff)</t>
+  </si>
+  <si>
+    <t>2: Vaccination recommended and free of charge for people aged 60 and over and for certain high-risk individuals aged 18 and over. Persons aged 60 years and older who have previously been vaccinated with another pneumococcal vaccine should receive a single dose of PCV21 after approximately 1 year for broader serotype coverage. Even if they have previously been vaccinated sequentially (PCV13/PCV15/PCV20 followed by PPV23), a single booster dose of PCV21 should be given, with the recommended interval being at least 1 year (for PCV13/15 followed by PPV23) and no more than 6 years (PCV20 followed by PPV23) after the last dose. More information: https://www.sozialministerium.gv.at/impfplan (p. 95ff)</t>
+  </si>
+  <si>
+    <t>3: PCV20 is recommended but not implemented in the free routine vaccination programs. For infants, free vaccination with PCV13 (2-4-12m) is offered by the federated entities</t>
+  </si>
+  <si>
+    <t>4: Routine vaccination begins at 6 weeks of age. Second dose is given at 14 weeks of age. For children born to mothers vaccinated against pertussis during pregnancy, mandatory immunization against pneumococcal infections is carried out from two months of age. Subsequent immunization is administered no earlier than 8 weeks after the first dose, respectively from four months of age.</t>
+  </si>
+  <si>
+    <t>5: Not earlier than 6 months after the previous dose.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6: For people over 65 years of age  influenza and pneumococcal vaccines and administration are free of charge and  funded according to the National programme.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7: PPSV23 alone  is also an option depending on the medical conditions.  </t>
+  </si>
+  <si>
+    <t>8: When PCV20 is used, the recommended schedule consists of 3 primary doses + 1 booster dose (3+1).</t>
+  </si>
+  <si>
+    <t>9: Third dose if PCV20 used.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10: PCV20 or PCV21. Vaccination covered from the National Health system for individuals of age 65 and older,  and for individuals with impaired/absent splenic function (hyposplenism or asplenia), or with an indicated or previously performed splenectomy; individuals who have undergone autologous or allogeneic hematopoietic stem cell transplantation; individuals with severe primary or secondary immunodeficiencies requiring follow-up care at a specialized center; individuals with a history of IMO or IPO. Also covered for individuals in long-term care hospitals, in nursing homes for seniors, in residential facilities for persons with disabilities or in facilities with a special care regime, provided that these individuals suffer from chronic non-specific respiratory diseases, chronic diseases of the heart, blood vessels, or kidneys, or from diabetes treated with insulin.The vaccination is recommended also for people 18+ with risk factors. For details see: https://www.vakcinace.eu/doporuceni-a-stanoviska/doporuceni-cvs-cls-jep-pro-ockovani-dospelych-proti-pneumokokovym-onemocnenim</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11: Risk groups list is published here: https://terviseamet.ee/sites/default/files/documents/2024-07/pneumo-_ja_meningokokk-nakkuse_korge_riskiga_riskiruhmad.pdf   </t>
+  </si>
+  <si>
+    <t>12: for more information on pneumococcal vaccination and target groups refer to https://thl.fi/aiheet/infektiotaudit-ja-rokotukset/rokotteet-a-o/pneumokokkirokotteet/riskiryhmien-pneumokokkirokotukset</t>
+  </si>
+  <si>
+    <t>13: When PCV20 is selected, the recommended schedule consists of 3 primary doses + 1 booster dose (3+1).</t>
+  </si>
+  <si>
+    <t>14: Recommendation without funding. Details https://island.is/en/bolusetning-gegn-pneumokokkum</t>
+  </si>
+  <si>
+    <t>15: Please refer to https://www.hse.ie/eng/health/immunisation/pubinfo/adult/pneumo/#Who%20should%20be%20vaccinated%20with%20PPV23%20Pneumococcal%20vaccine? for a full listing of people in at-risk groups</t>
+  </si>
+  <si>
+    <t>16: one dose of PCV13 at 65 years and one dose PPSV after at least 8 weeks</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17: https://www.vm.gov.lv/lv/media/11925/download?attachment </t>
+  </si>
+  <si>
+    <t>18: Can be administered concomitantly with MMR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19: Vaccination is recommended for unvaccinated children and adults younger than 65 years of age with underlying conditions. </t>
+  </si>
+  <si>
+    <t>20: For premature infants (born before 33 weeks) or with a birthweight &lt;1500g, a 3+1 schedule is recommended</t>
+  </si>
+  <si>
+    <t xml:space="preserve">21: For those not previously vaccinated with an increased risk of severe disease. </t>
+  </si>
+  <si>
+    <t>22: for those at increased risk of complications or severe disease</t>
+  </si>
+  <si>
+    <t xml:space="preserve">23: For people aged 65 years of age, update to the pneumococcal recommendations based on prior vaccination. please refer to the full recommendation available here: https://sante.public.lu/dam-assets/fr/espace-professionnel/recommandations/conseil-maladies-infectieuses/infection-pneumocoques/csmi-recommandation-vaccination-pcv-personnes-agees-ou-a-risque.pdf </t>
+  </si>
+  <si>
+    <t>24: PCV20 is also recommended for children with specific medical conditions instead of PCV 10. If PCV 10 was already administered as a full course, then a single PCV20 booster dose is offered.</t>
+  </si>
+  <si>
+    <t>25: PCV20 is offered to 60 year old individuals and to people above 60 years of age (five years after their previous invitation for PPV23). In some circumstances, it can also be prescribed to medical high risk groups below 60 years of age by the attending medical doctor and reimbursed by the health insurer. (https://lci.rivm.nl/factsheets/pneumokokkenvaccinatie)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">26: Fully funded for patients with HIV infections, stem cell transplantations and for anatomical or functional asplenia. Partly funded when turning 65 years. Not funded (NF) for other risk groups. More information: https://www.fhi.no/en/va/vaccines-for-adults/vaccines-in-the-adult-immunisation-programme/vaccines-in-the-adult-immunisation-programme/pneumococcal-vaccine-information-for-the-public/ </t>
+  </si>
+  <si>
+    <t>27: PCV20 recommended at 2, 4 and 12 months of age. More information available at: https://www.dgs.pt/ficheiros-de-upload-2013/19-doenca-pneumococica-pdf.aspx</t>
+  </si>
+  <si>
+    <t>28: More information on which groups have free access to the vaccination available at: https://www.dgs.pt/ficheiros-de-upload-2013/19-doenca-pneumococica-pdf.aspx</t>
+  </si>
+  <si>
+    <t>29: https://www.ockovaniechrani.sk/#/ockovaci-kalendar</t>
+  </si>
+  <si>
+    <t>30: Vaccination is also mandatory for persons placed in social service facilities. Vaccination is recommended for persons under medical supervision, regardless of age, with serious chronic diseases of the respiratory tract, cardiovascular system, metabolic, renal and immune disorders, persons with functional or anatomical asplenia prior to splenectomy, and persons 59 years of age and older. https://www.uvzsr.sk/web/uvz/povinne-a-odporucane-ockovanie-podla-dosiahnuteho-veku-a-rizika-nakazy-v-slovenskej-republike-na-rok-2016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">31: More information: https://www.sanidad.gob.es/areas/promocionPrevencion/vacunaciones/calendario/docs/CalendarioVacunacion_Todalavida.pdf </t>
+  </si>
+  <si>
+    <t>32: PPSV or sequential schedule (PCV+PPSV) depend on pathology and available vaccines. 
 </t>
   </si>
   <si>
-    <t>23: PCV is recommended in some regions.</t>
-[...8 lines deleted...]
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-11-28 at 18:17.</t>
+    <t>33: PCV is recommended in some regions.</t>
+  </si>
+  <si>
+    <t>34: More information: https://www.folkhalsomyndigheten.se/publikationer-och-material/publikationsarkiv/r/rekommendationer-om-pneumokockvaccination-/</t>
+  </si>
+  <si>
+    <t>35: https://www.folkhalsomyndigheten.se/smittskydd-beredskap/vaccinationer/nationella-vaccinationsprogram/program-for-riskgrupper/</t>
+  </si>
+  <si>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-07 at 12:26.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -477,56 +534,56 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R59731512acd94e2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R0bec245b610e43a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rc9da00245e19455a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rdeb462c759484f6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rc676f63982494062" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R6cd9862ac2d74585" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:W67"/>
+  <dimension ref="A1:W77"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
     <col min="8" max="8" width="13.17" customWidth="1" style="1"/>
     <col min="9" max="9" width="13.17" customWidth="1" style="1"/>
     <col min="10" max="10" width="13.17" customWidth="1" style="1"/>
     <col min="11" max="11" width="13.17" customWidth="1" style="1"/>
     <col min="12" max="12" width="13.17" customWidth="1" style="1"/>
     <col min="13" max="13" width="13.17" customWidth="1" style="1"/>
     <col min="14" max="14" width="13.17" customWidth="1" style="1"/>
     <col min="15" max="15" width="13.17" customWidth="1" style="1"/>
     <col min="16" max="16" width="13.17" customWidth="1" style="1"/>
     <col min="17" max="17" width="13.17" customWidth="1" style="1"/>
     <col min="18" max="18" width="13.17" customWidth="1" style="1"/>
     <col min="19" max="19" width="13.17" customWidth="1" style="1"/>
     <col min="20" max="20" width="13.17" customWidth="1" style="1"/>
@@ -656,2863 +713,3566 @@
       <c r="G3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K3" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="M3" s="3" t="s">
         <v>14</v>
       </c>
       <c r="N3" s="3" t="s">
         <v>15</v>
       </c>
       <c r="O3" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="P3" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="P3" s="3" t="s">
+      <c r="Q3" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="Q3" s="3" t="s">
+      <c r="R3" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="R3" s="3" t="s">
+      <c r="S3" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="S3" s="3" t="s">
+      <c r="T3" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="T3" s="3" t="s">
+      <c r="U3" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="U3" s="3" t="s">
+      <c r="V3" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="V3" s="3" t="s">
+      <c r="W3" s="3" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B4" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="D4" s="5" t="s">
+      <c r="C4" s="1"/>
+      <c r="D4" s="1"/>
+      <c r="E4" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="F4" s="5" t="s">
+      <c r="F4" s="1"/>
+      <c r="I4" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="J4" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
-      <c r="S4" s="6" t="s">
+      <c r="Q4" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="T4" s="1"/>
+      <c r="R4" s="1"/>
+      <c r="S4" s="1"/>
+      <c r="T4" s="5" t="s">
+        <v>26</v>
+      </c>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="s">
         <v>27</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E5" s="5" t="s">
         <v>28</v>
       </c>
       <c r="J5" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="P5" s="6" t="s">
+      <c r="Q5" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
-      <c r="U5" s="5" t="s">
-[...2 lines deleted...]
-      <c r="V5" s="1"/>
+      <c r="U5" s="1"/>
+      <c r="V5" s="5" t="s">
+        <v>30</v>
+      </c>
       <c r="W5" s="1"/>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="B6" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="D6" s="5" t="s">
+      <c r="C6" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" s="5" t="s">
         <v>32</v>
       </c>
       <c r="J6" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="P6" s="6" t="s">
+      <c r="V6" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="Q6" s="1"/>
-[...6 lines deleted...]
-      <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7">
       <c r="A7" s="4" t="s">
         <v>35</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>36</v>
       </c>
       <c r="E7" s="5" t="s">
         <v>36</v>
       </c>
       <c r="J7" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="P7" s="6" t="s">
+      <c r="Q7" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8">
       <c r="A8" s="4" t="s">
         <v>38</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>39</v>
       </c>
       <c r="F8" s="5" t="s">
         <v>39</v>
       </c>
       <c r="J8" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
-      <c r="P8" s="6" t="s">
+      <c r="Q8" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
-      <c r="U8" s="5" t="s">
+      <c r="U8" s="1"/>
+      <c r="V8" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9">
       <c r="A9" s="4" t="s">
         <v>41</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>42</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>42</v>
       </c>
       <c r="E9" s="1"/>
-      <c r="F9" s="5" t="s">
+      <c r="G9" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="K9" s="5" t="s">
         <v>42</v>
-      </c>
-[...2 lines deleted...]
-        <v>29</v>
       </c>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
-      <c r="P9" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q9" s="1"/>
+      <c r="Q9" s="6" t="s">
+        <v>44</v>
+      </c>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
-      <c r="U9" s="5" t="s">
-[...2 lines deleted...]
-      <c r="V9" s="1"/>
+      <c r="U9" s="1"/>
+      <c r="V9" s="5" t="s">
+        <v>30</v>
+      </c>
       <c r="W9" s="1"/>
     </row>
     <row r="10">
       <c r="A10" s="4" t="s">
         <v>45</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="F10" s="5" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="4" t="s">
         <v>46</v>
       </c>
-      <c r="P11" s="6" t="s">
+      <c r="Q11" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="Q11" s="1"/>
       <c r="R11" s="1"/>
       <c r="S11" s="1"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
-      <c r="V11" s="5" t="s">
+      <c r="V11" s="1"/>
+      <c r="W11" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="W11" s="1"/>
     </row>
     <row r="12">
       <c r="A12" s="4" t="s">
         <v>49</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="F12" s="5" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="P12" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="Q12" s="1"/>
+      <c r="Q12" s="6" t="s">
+        <v>51</v>
+      </c>
       <c r="R12" s="1"/>
       <c r="S12" s="1"/>
       <c r="T12" s="1"/>
+      <c r="U12" s="1"/>
     </row>
     <row r="13">
       <c r="A13" s="4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="P13" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="Q13" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="Q13" s="1"/>
       <c r="R13" s="1"/>
       <c r="S13" s="1"/>
       <c r="T13" s="1"/>
-      <c r="U13" s="5" t="s">
+      <c r="U13" s="1"/>
+      <c r="V13" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14">
       <c r="A14" s="4" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="O14" s="6" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="P14" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P14" s="1"/>
+      <c r="Q14" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
-      <c r="S14" s="5" t="s">
+      <c r="S14" s="1"/>
+      <c r="T14" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15">
       <c r="A15" s="4" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>39</v>
       </c>
       <c r="E15" s="5" t="s">
         <v>39</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="P15" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="Q15" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
-      <c r="U15" s="5" t="s">
+      <c r="U15" s="1"/>
+      <c r="V15" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16">
       <c r="A16" s="4" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E16" s="5" t="s">
         <v>25</v>
       </c>
       <c r="J16" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="P16" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q16" s="1"/>
+      <c r="Q16" s="6" t="s">
+        <v>59</v>
+      </c>
       <c r="R16" s="1"/>
       <c r="S16" s="1"/>
       <c r="T16" s="1"/>
-      <c r="U16" s="5" t="s">
+      <c r="U16" s="1"/>
+      <c r="V16" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17">
       <c r="A17" s="4" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>25</v>
       </c>
       <c r="F17" s="5" t="s">
         <v>25</v>
       </c>
       <c r="J17" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="P17" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q17" s="1"/>
+      <c r="Q17" s="6" t="s">
+        <v>61</v>
+      </c>
       <c r="R17" s="1"/>
       <c r="S17" s="1"/>
-      <c r="T17" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="T17" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18">
       <c r="A18" s="4" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="G18" s="5" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="O18" s="6" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19">
       <c r="A19" s="4" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>34</v>
-[...4 lines deleted...]
-      <c r="Q19" s="1"/>
+        <v>66</v>
+      </c>
+      <c r="Q19" s="6" t="s">
+        <v>67</v>
+      </c>
       <c r="R19" s="1"/>
       <c r="S19" s="1"/>
       <c r="T19" s="1"/>
-      <c r="U19" s="5" t="s">
-[...2 lines deleted...]
-      <c r="V19" s="1"/>
+      <c r="U19" s="1"/>
+      <c r="V19" s="5" t="s">
+        <v>68</v>
+      </c>
       <c r="W19" s="1"/>
     </row>
     <row r="20">
       <c r="A20" s="4" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>25</v>
+        <v>70</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>25</v>
+        <v>53</v>
       </c>
       <c r="K20" s="1"/>
       <c r="L20" s="1"/>
       <c r="M20" s="1"/>
-      <c r="P20" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q20" s="1"/>
+      <c r="Q20" s="6" t="s">
+        <v>71</v>
+      </c>
       <c r="R20" s="1"/>
       <c r="S20" s="1"/>
       <c r="T20" s="1"/>
-      <c r="U20" s="5" t="s">
-[...2 lines deleted...]
-      <c r="V20" s="1"/>
+      <c r="U20" s="1"/>
+      <c r="V20" s="5" t="s">
+        <v>71</v>
+      </c>
       <c r="W20" s="1"/>
     </row>
     <row r="21">
       <c r="A21" s="4" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="P21" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="Q21" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="Q21" s="1"/>
       <c r="R21" s="1"/>
       <c r="S21" s="1"/>
       <c r="T21" s="1"/>
-      <c r="U21" s="5" t="s">
+      <c r="U21" s="1"/>
+      <c r="V21" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22">
       <c r="A22" s="4" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E22" s="5" t="s">
         <v>25</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="K22" s="1"/>
       <c r="L22" s="1"/>
       <c r="M22" s="1"/>
-      <c r="P22" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="O22" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="P22" s="1"/>
       <c r="Q22" s="1"/>
       <c r="R22" s="1"/>
       <c r="S22" s="1"/>
       <c r="T22" s="1"/>
+      <c r="U22" s="1"/>
       <c r="V22" s="5" t="s">
         <v>29</v>
       </c>
       <c r="W22" s="1"/>
     </row>
     <row r="23">
       <c r="A23" s="4" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>70</v>
+        <v>36</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>70</v>
+        <v>36</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>70</v>
+        <v>36</v>
       </c>
       <c r="M23" s="6" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="N23" s="1"/>
       <c r="O23" s="1"/>
-      <c r="P23" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q23" s="1"/>
+      <c r="P23" s="1"/>
+      <c r="Q23" s="6" t="s">
+        <v>79</v>
+      </c>
       <c r="R23" s="1"/>
       <c r="S23" s="1"/>
       <c r="T23" s="1"/>
-      <c r="U23" s="5" t="s">
-[...2 lines deleted...]
-      <c r="V23" s="1"/>
+      <c r="U23" s="1"/>
+      <c r="V23" s="5" t="s">
+        <v>80</v>
+      </c>
       <c r="W23" s="1"/>
     </row>
     <row r="24">
       <c r="A24" s="4" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="Q24" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="R24" s="1"/>
+      <c r="S24" s="1"/>
+      <c r="T24" s="1"/>
+      <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25">
       <c r="A25" s="4" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="D25" s="5" t="s">
         <v>25</v>
       </c>
       <c r="F25" s="5" t="s">
         <v>25</v>
       </c>
       <c r="J25" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="P25" s="6" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="T25" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26">
       <c r="A26" s="4" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
       <c r="F26" s="5" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>34</v>
-[...4 lines deleted...]
-      <c r="Q26" s="1"/>
+        <v>66</v>
+      </c>
+      <c r="Q26" s="6" t="s">
+        <v>86</v>
+      </c>
       <c r="R26" s="1"/>
       <c r="S26" s="1"/>
       <c r="T26" s="1"/>
-      <c r="U26" s="5" t="s">
-[...2 lines deleted...]
-      <c r="V26" s="1"/>
+      <c r="U26" s="1"/>
+      <c r="V26" s="5" t="s">
+        <v>87</v>
+      </c>
       <c r="W26" s="1"/>
     </row>
     <row r="27">
       <c r="A27" s="4" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>36</v>
+        <v>50</v>
       </c>
       <c r="L27" s="1"/>
       <c r="M27" s="1"/>
-      <c r="Q27" s="6" t="s">
-[...2 lines deleted...]
-      <c r="R27" s="1"/>
+      <c r="R27" s="6" t="s">
+        <v>67</v>
+      </c>
       <c r="S27" s="1"/>
       <c r="T27" s="1"/>
-      <c r="U27" s="5" t="s">
-[...2 lines deleted...]
-      <c r="V27" s="1"/>
+      <c r="U27" s="1"/>
+      <c r="V27" s="5" t="s">
+        <v>67</v>
+      </c>
       <c r="W27" s="1"/>
     </row>
     <row r="28">
       <c r="A28" s="4" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>29</v>
+        <v>90</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>29</v>
+        <v>90</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      <c r="Q28" s="1"/>
+        <v>90</v>
+      </c>
+      <c r="O28" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="P28" s="1"/>
+      <c r="Q28" s="6" t="s">
+        <v>92</v>
+      </c>
       <c r="R28" s="1"/>
       <c r="S28" s="1"/>
       <c r="T28" s="1"/>
-      <c r="U28" s="5" t="s">
-[...2 lines deleted...]
-      <c r="V28" s="1"/>
+      <c r="U28" s="1"/>
+      <c r="V28" s="6" t="s">
+        <v>91</v>
+      </c>
       <c r="W28" s="1"/>
     </row>
     <row r="29">
       <c r="A29" s="4" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>34</v>
-[...4 lines deleted...]
-      <c r="Q29" s="1"/>
+        <v>66</v>
+      </c>
+      <c r="Q29" s="6" t="s">
+        <v>94</v>
+      </c>
       <c r="R29" s="1"/>
       <c r="S29" s="1"/>
       <c r="T29" s="1"/>
-      <c r="U29" s="5" t="s">
+      <c r="U29" s="1"/>
+      <c r="V29" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30">
       <c r="A30" s="4" t="s">
-        <v>86</v>
+        <v>95</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>87</v>
+        <v>96</v>
       </c>
       <c r="F30" s="5" t="s">
-        <v>87</v>
+        <v>96</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>88</v>
-[...4 lines deleted...]
-      <c r="S30" s="1"/>
+        <v>97</v>
+      </c>
+      <c r="S30" s="5" t="s">
+        <v>98</v>
+      </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31">
       <c r="A31" s="4" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>29</v>
       </c>
       <c r="F31" s="5" t="s">
         <v>29</v>
       </c>
       <c r="G31" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I31" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J31" s="1"/>
       <c r="K31" s="1"/>
       <c r="L31" s="1"/>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
-      <c r="P31" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q31" s="1"/>
+      <c r="Q31" s="6" t="s">
+        <v>29</v>
+      </c>
       <c r="R31" s="1"/>
       <c r="S31" s="1"/>
       <c r="T31" s="1"/>
-      <c r="U31" s="5" t="s">
-[...2 lines deleted...]
-      <c r="V31" s="1"/>
+      <c r="U31" s="1"/>
+      <c r="V31" s="5" t="s">
+        <v>29</v>
+      </c>
       <c r="W31" s="1"/>
     </row>
     <row r="32">
       <c r="A32" s="4" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>42</v>
+        <v>71</v>
       </c>
       <c r="I32" s="5" t="s">
-        <v>42</v>
-[...4 lines deleted...]
-      <c r="Q32" s="1"/>
+        <v>71</v>
+      </c>
+      <c r="Q32" s="6" t="s">
+        <v>102</v>
+      </c>
       <c r="R32" s="1"/>
       <c r="S32" s="1"/>
       <c r="T32" s="1"/>
-      <c r="U32" s="5" t="s">
-[...2 lines deleted...]
-      <c r="V32" s="1"/>
+      <c r="U32" s="1"/>
+      <c r="V32" s="5" t="s">
+        <v>103</v>
+      </c>
       <c r="W32" s="1"/>
     </row>
     <row r="33">
       <c r="A33" s="4" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="D33" s="5" t="s">
         <v>25</v>
       </c>
       <c r="F33" s="5" t="s">
         <v>25</v>
       </c>
       <c r="J33" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="P33" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q33" s="1"/>
+      <c r="Q33" s="6" t="s">
+        <v>105</v>
+      </c>
       <c r="R33" s="1"/>
       <c r="S33" s="1"/>
       <c r="T33" s="1"/>
-      <c r="V33" s="5" t="s">
-[...2 lines deleted...]
-      <c r="W33" s="1"/>
+      <c r="U33" s="1"/>
+      <c r="W33" s="5" t="s">
+        <v>106</v>
+      </c>
     </row>
     <row r="35">
       <c r="A35" s="4" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="F35" s="4" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="G35" s="4" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="H35" s="4" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="I35" s="4" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="J35" s="4" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="K35" s="4" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="L35" s="4" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="M35" s="4" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="N35" s="4" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="O35" s="4" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="P35" s="4" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="Q35" s="4" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="R35" s="4" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="S35" s="4" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="T35" s="4" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="U35" s="4" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="V35" s="4" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="W35" s="4" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="B36" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="C36" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="D36" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="E36" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="F36" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="G36" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="H36" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="I36" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="J36" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="K36" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="L36" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="M36" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="N36" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="O36" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="P36" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="Q36" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="R36" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="S36" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="T36" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="U36" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="V36" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="W36" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="B37" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="C37" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="D37" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="E37" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="F37" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="G37" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="H37" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="I37" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="J37" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="K37" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="L37" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="M37" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="N37" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="O37" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="P37" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="Q37" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="R37" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="S37" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="T37" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="U37" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="V37" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="W37" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="B38" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="C38" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="D38" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="E38" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="F38" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="G38" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="H38" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="I38" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="J38" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="K38" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="L38" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="M38" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="N38" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="O38" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="P38" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="Q38" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="R38" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="S38" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="T38" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="U38" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="V38" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="W38" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="B39" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="F39" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="G39" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="H39" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="I39" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="J39" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="K39" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="L39" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="M39" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="N39" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="O39" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="P39" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="Q39" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="R39" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="S39" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="T39" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="U39" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="V39" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="W39" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="B40" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="C40" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="D40" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="E40" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="F40" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="G40" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="H40" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="I40" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="J40" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="K40" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="L40" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="M40" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="N40" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="O40" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="P40" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="Q40" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="R40" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="S40" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="T40" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="U40" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="V40" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="W40" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="B41" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="C41" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="D41" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="E41" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="F41" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="G41" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="H41" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="I41" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="J41" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="K41" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="L41" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="M41" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="N41" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="O41" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="P41" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="Q41" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="R41" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="S41" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="T41" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="U41" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="V41" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="W41" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="B42" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="C42" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="D42" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="E42" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="F42" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="G42" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="H42" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="I42" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="J42" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="K42" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="L42" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="M42" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="N42" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="O42" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="P42" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="Q42" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="R42" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="S42" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="T42" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="U42" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="V42" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="W42" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="B43" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="C43" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="D43" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="F43" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="G43" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="H43" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="I43" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="J43" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="K43" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="L43" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="M43" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="N43" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="O43" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="P43" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="Q43" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="R43" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="S43" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="T43" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="U43" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="V43" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="W43" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="B44" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="C44" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="D44" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="E44" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="F44" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="G44" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="H44" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="I44" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="J44" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="K44" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="L44" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="M44" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="N44" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="O44" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="P44" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="Q44" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="R44" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="S44" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="T44" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="U44" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="V44" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="W44" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="B45" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="C45" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="D45" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="E45" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="F45" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="G45" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="H45" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="I45" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="J45" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="K45" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="L45" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="M45" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="N45" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="O45" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="P45" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="Q45" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="R45" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="S45" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="T45" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="U45" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="V45" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="W45" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="B46" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="C46" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="D46" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="E46" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="F46" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="G46" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="H46" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="I46" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="J46" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="K46" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="L46" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="M46" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="N46" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="O46" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="P46" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="Q46" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="R46" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="S46" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="T46" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="U46" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="V46" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="W46" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="B47" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="C47" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="D47" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="E47" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="F47" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="G47" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="H47" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="I47" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="J47" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="K47" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="L47" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="M47" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="N47" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="O47" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="P47" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="Q47" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="R47" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="S47" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="T47" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="U47" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="V47" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="W47" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="B48" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="C48" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="D48" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="E48" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="F48" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="G48" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="H48" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="I48" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="J48" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="K48" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="L48" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="M48" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="N48" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="O48" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="P48" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="Q48" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="R48" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="S48" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="T48" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="U48" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="V48" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="W48" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="B49" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="C49" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="D49" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="E49" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="F49" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="G49" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="H49" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="I49" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="J49" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="K49" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="L49" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="M49" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="N49" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="O49" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="P49" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="Q49" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="R49" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="S49" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="T49" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="U49" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="V49" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="W49" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="B50" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="C50" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="D50" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="E50" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="F50" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="G50" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="H50" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="I50" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="J50" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="K50" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="L50" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="M50" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="N50" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="O50" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="P50" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="Q50" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="R50" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="S50" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="T50" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="U50" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="V50" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="W50" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="B51" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="C51" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="D51" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="E51" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="F51" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="G51" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="H51" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="I51" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="J51" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="K51" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="L51" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="M51" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="N51" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="O51" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="P51" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="Q51" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="R51" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="S51" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="T51" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="U51" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="V51" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="W51" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="B52" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="C52" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="D52" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="E52" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="F52" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="G52" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="H52" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="I52" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="J52" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="K52" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="L52" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="M52" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="N52" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="O52" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="P52" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="Q52" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="R52" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="S52" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="T52" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="U52" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="V52" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="W52" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="B53" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="C53" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="D53" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="E53" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="F53" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="G53" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="H53" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="I53" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="J53" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="K53" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="L53" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="M53" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="N53" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="O53" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="P53" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="Q53" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="R53" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="S53" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="T53" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="U53" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="V53" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="W53" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="B54" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="C54" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="D54" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="E54" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="F54" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="G54" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="H54" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="I54" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="J54" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="K54" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="L54" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="M54" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="N54" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="O54" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="P54" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="Q54" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="R54" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="S54" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="T54" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="U54" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="V54" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="W54" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="B55" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="C55" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="D55" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="E55" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="F55" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="G55" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="H55" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="I55" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="J55" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="K55" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="L55" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="M55" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="N55" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="O55" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="P55" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="Q55" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="R55" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="S55" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="T55" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="U55" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="V55" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="W55" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="B56" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="C56" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="D56" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="E56" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="F56" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="G56" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="H56" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="I56" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="J56" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="K56" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="L56" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="M56" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="N56" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="O56" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="P56" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="Q56" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="R56" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="S56" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="T56" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="U56" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="V56" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="W56" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="B57" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="C57" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="D57" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="E57" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="F57" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="G57" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="H57" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="I57" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="J57" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="K57" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="L57" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="M57" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="N57" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="O57" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="P57" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="Q57" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="R57" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="S57" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="T57" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="U57" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="V57" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="W57" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="7" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="B58" s="7" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="C58" s="7" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="D58" s="7" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="E58" s="7" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="F58" s="7" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="G58" s="7" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="H58" s="7" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="I58" s="7" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="J58" s="7" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="K58" s="7" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="L58" s="7" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="M58" s="7" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="N58" s="7" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="O58" s="7" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="P58" s="7" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="Q58" s="7" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="R58" s="7" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="S58" s="7" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="T58" s="7" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="U58" s="7" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="V58" s="7" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="W58" s="7" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="7" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="B59" s="7" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="C59" s="7" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="D59" s="7" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="E59" s="7" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="F59" s="7" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="G59" s="7" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="H59" s="7" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="I59" s="7" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="J59" s="7" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="K59" s="7" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="L59" s="7" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="M59" s="7" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="N59" s="7" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="O59" s="7" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="P59" s="7" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="Q59" s="7" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="R59" s="7" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="S59" s="7" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="T59" s="7" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="U59" s="7" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="V59" s="7" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="W59" s="7" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="7" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="B60" s="7" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="C60" s="7" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="D60" s="7" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="E60" s="7" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="F60" s="7" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="G60" s="7" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="H60" s="7" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="I60" s="7" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="J60" s="7" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="K60" s="7" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="L60" s="7" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="M60" s="7" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="N60" s="7" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="O60" s="7" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="P60" s="7" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="Q60" s="7" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="R60" s="7" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="S60" s="7" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="T60" s="7" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="U60" s="7" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="V60" s="7" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="W60" s="7" t="s">
-        <v>123</v>
+        <v>132</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="B61" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="C61" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="D61" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="E61" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="F61" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="G61" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="H61" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="I61" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="J61" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="K61" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="L61" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="M61" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="N61" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="O61" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="P61" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="Q61" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="R61" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="S61" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="T61" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="U61" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="V61" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="W61" s="7" t="s">
+        <v>133</v>
       </c>
     </row>
     <row r="62">
-      <c r="A62" s="1" t="s">
-[...66 lines deleted...]
-        <v>124</v>
+      <c r="A62" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="B62" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="C62" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="D62" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="E62" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="F62" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="G62" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="H62" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="I62" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="J62" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="K62" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="L62" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="M62" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="N62" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="O62" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="P62" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="Q62" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="R62" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="S62" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="T62" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="U62" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="V62" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="W62" s="7" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="7" t="s">
+        <v>135</v>
+      </c>
+      <c r="B63" s="7" t="s">
+        <v>135</v>
+      </c>
+      <c r="C63" s="7" t="s">
+        <v>135</v>
+      </c>
+      <c r="D63" s="7" t="s">
+        <v>135</v>
+      </c>
+      <c r="E63" s="7" t="s">
+        <v>135</v>
+      </c>
+      <c r="F63" s="7" t="s">
+        <v>135</v>
+      </c>
+      <c r="G63" s="7" t="s">
+        <v>135</v>
+      </c>
+      <c r="H63" s="7" t="s">
+        <v>135</v>
+      </c>
+      <c r="I63" s="7" t="s">
+        <v>135</v>
+      </c>
+      <c r="J63" s="7" t="s">
+        <v>135</v>
+      </c>
+      <c r="K63" s="7" t="s">
+        <v>135</v>
+      </c>
+      <c r="L63" s="7" t="s">
+        <v>135</v>
+      </c>
+      <c r="M63" s="7" t="s">
+        <v>135</v>
+      </c>
+      <c r="N63" s="7" t="s">
+        <v>135</v>
+      </c>
+      <c r="O63" s="7" t="s">
+        <v>135</v>
+      </c>
+      <c r="P63" s="7" t="s">
+        <v>135</v>
+      </c>
+      <c r="Q63" s="7" t="s">
+        <v>135</v>
+      </c>
+      <c r="R63" s="7" t="s">
+        <v>135</v>
+      </c>
+      <c r="S63" s="7" t="s">
+        <v>135</v>
+      </c>
+      <c r="T63" s="7" t="s">
+        <v>135</v>
+      </c>
+      <c r="U63" s="7" t="s">
+        <v>135</v>
+      </c>
+      <c r="V63" s="7" t="s">
+        <v>135</v>
+      </c>
+      <c r="W63" s="7" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="7" t="s">
+        <v>136</v>
+      </c>
+      <c r="B64" s="7" t="s">
+        <v>136</v>
+      </c>
+      <c r="C64" s="7" t="s">
+        <v>136</v>
+      </c>
+      <c r="D64" s="7" t="s">
+        <v>136</v>
+      </c>
+      <c r="E64" s="7" t="s">
+        <v>136</v>
+      </c>
+      <c r="F64" s="7" t="s">
+        <v>136</v>
+      </c>
+      <c r="G64" s="7" t="s">
+        <v>136</v>
+      </c>
+      <c r="H64" s="7" t="s">
+        <v>136</v>
+      </c>
+      <c r="I64" s="7" t="s">
+        <v>136</v>
+      </c>
+      <c r="J64" s="7" t="s">
+        <v>136</v>
+      </c>
+      <c r="K64" s="7" t="s">
+        <v>136</v>
+      </c>
+      <c r="L64" s="7" t="s">
+        <v>136</v>
+      </c>
+      <c r="M64" s="7" t="s">
+        <v>136</v>
+      </c>
+      <c r="N64" s="7" t="s">
+        <v>136</v>
+      </c>
+      <c r="O64" s="7" t="s">
+        <v>136</v>
+      </c>
+      <c r="P64" s="7" t="s">
+        <v>136</v>
+      </c>
+      <c r="Q64" s="7" t="s">
+        <v>136</v>
+      </c>
+      <c r="R64" s="7" t="s">
+        <v>136</v>
+      </c>
+      <c r="S64" s="7" t="s">
+        <v>136</v>
+      </c>
+      <c r="T64" s="7" t="s">
+        <v>136</v>
+      </c>
+      <c r="U64" s="7" t="s">
+        <v>136</v>
+      </c>
+      <c r="V64" s="7" t="s">
+        <v>136</v>
+      </c>
+      <c r="W64" s="7" t="s">
+        <v>136</v>
       </c>
     </row>
     <row r="65">
-      <c r="A65" s="8" t="s">
-[...3 lines deleted...]
-        <v>126</v>
+      <c r="A65" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="B65" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="C65" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="D65" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="E65" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="F65" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="G65" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="H65" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="I65" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="J65" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="K65" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="L65" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="M65" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="N65" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="O65" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="P65" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="Q65" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="R65" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="S65" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="T65" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="U65" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="V65" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="W65" s="7" t="s">
+        <v>137</v>
       </c>
     </row>
     <row r="66">
-      <c r="A66" s="9" t="s">
-[...3 lines deleted...]
-        <v>127</v>
+      <c r="A66" s="7" t="s">
+        <v>138</v>
+      </c>
+      <c r="B66" s="7" t="s">
+        <v>138</v>
+      </c>
+      <c r="C66" s="7" t="s">
+        <v>138</v>
+      </c>
+      <c r="D66" s="7" t="s">
+        <v>138</v>
+      </c>
+      <c r="E66" s="7" t="s">
+        <v>138</v>
+      </c>
+      <c r="F66" s="7" t="s">
+        <v>138</v>
+      </c>
+      <c r="G66" s="7" t="s">
+        <v>138</v>
+      </c>
+      <c r="H66" s="7" t="s">
+        <v>138</v>
+      </c>
+      <c r="I66" s="7" t="s">
+        <v>138</v>
+      </c>
+      <c r="J66" s="7" t="s">
+        <v>138</v>
+      </c>
+      <c r="K66" s="7" t="s">
+        <v>138</v>
+      </c>
+      <c r="L66" s="7" t="s">
+        <v>138</v>
+      </c>
+      <c r="M66" s="7" t="s">
+        <v>138</v>
+      </c>
+      <c r="N66" s="7" t="s">
+        <v>138</v>
+      </c>
+      <c r="O66" s="7" t="s">
+        <v>138</v>
+      </c>
+      <c r="P66" s="7" t="s">
+        <v>138</v>
+      </c>
+      <c r="Q66" s="7" t="s">
+        <v>138</v>
+      </c>
+      <c r="R66" s="7" t="s">
+        <v>138</v>
+      </c>
+      <c r="S66" s="7" t="s">
+        <v>138</v>
+      </c>
+      <c r="T66" s="7" t="s">
+        <v>138</v>
+      </c>
+      <c r="U66" s="7" t="s">
+        <v>138</v>
+      </c>
+      <c r="V66" s="7" t="s">
+        <v>138</v>
+      </c>
+      <c r="W66" s="7" t="s">
+        <v>138</v>
       </c>
     </row>
     <row r="67">
-      <c r="A67" s="10" t="s">
-[...3 lines deleted...]
-        <v>128</v>
+      <c r="A67" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="B67" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="C67" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="D67" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="E67" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="F67" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="G67" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="H67" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="I67" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="J67" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="K67" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="L67" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="M67" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="N67" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="O67" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="P67" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="Q67" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="R67" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="S67" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="T67" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="U67" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="V67" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="W67" s="7" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="B68" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="C68" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="D68" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="E68" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="F68" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="G68" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="H68" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="I68" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="J68" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="K68" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="L68" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="M68" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="N68" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="O68" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="P68" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="Q68" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="R68" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="S68" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="T68" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="U68" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="V68" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="W68" s="7" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="B69" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="C69" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="D69" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="E69" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="F69" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="G69" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="H69" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="I69" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="J69" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="K69" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="L69" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="M69" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="N69" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="O69" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="P69" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="Q69" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="R69" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="S69" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="T69" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="U69" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="V69" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="W69" s="7" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="B70" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="C70" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="D70" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="E70" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="F70" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="G70" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="H70" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="I70" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="J70" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="K70" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="L70" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="M70" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="N70" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="O70" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="P70" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="Q70" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="R70" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="S70" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="T70" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="U70" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="V70" s="7" t="s">
+        <v>142</v>
+      </c>
+      <c r="W70" s="7" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="E72" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="F72" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="H72" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="I72" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="J72" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="K72" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="L72" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="M72" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="N72" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="O72" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="P72" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="Q72" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="R72" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="S72" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="T72" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="U72" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="V72" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="W72" s="1" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="8" t="s">
+        <v>144</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="9" t="s">
+        <v>144</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="10" t="s">
+        <v>144</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>147</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:W1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="C2:N2"/>
     <mergeCell ref="O2:W2"/>
-    <mergeCell ref="J4:L4"/>
-[...5 lines deleted...]
-    <mergeCell ref="P7:W7"/>
+    <mergeCell ref="B4:D4"/>
+    <mergeCell ref="E4:F4"/>
+    <mergeCell ref="I4:L4"/>
+    <mergeCell ref="Q4:S4"/>
+    <mergeCell ref="T4:W4"/>
+    <mergeCell ref="Q5:U5"/>
+    <mergeCell ref="V5:W5"/>
+    <mergeCell ref="V6:W6"/>
+    <mergeCell ref="Q7:W7"/>
     <mergeCell ref="J8:M8"/>
-    <mergeCell ref="P8:T8"/>
-    <mergeCell ref="U8:W8"/>
+    <mergeCell ref="Q8:U8"/>
+    <mergeCell ref="V8:W8"/>
     <mergeCell ref="D9:E9"/>
-    <mergeCell ref="F9:G9"/>
     <mergeCell ref="K9:M9"/>
-    <mergeCell ref="P9:T9"/>
-[...13 lines deleted...]
-    <mergeCell ref="U17:W17"/>
+    <mergeCell ref="Q9:U9"/>
+    <mergeCell ref="V9:W9"/>
+    <mergeCell ref="Q11:V11"/>
+    <mergeCell ref="Q12:U12"/>
+    <mergeCell ref="Q13:U13"/>
+    <mergeCell ref="V13:W13"/>
+    <mergeCell ref="O14:P14"/>
+    <mergeCell ref="Q14:S14"/>
+    <mergeCell ref="T14:W14"/>
+    <mergeCell ref="Q15:U15"/>
+    <mergeCell ref="V15:W15"/>
+    <mergeCell ref="Q16:U16"/>
+    <mergeCell ref="V16:W16"/>
+    <mergeCell ref="Q17:S17"/>
+    <mergeCell ref="T17:W17"/>
     <mergeCell ref="O18:W18"/>
-    <mergeCell ref="P19:T19"/>
-    <mergeCell ref="U19:W19"/>
+    <mergeCell ref="Q19:U19"/>
+    <mergeCell ref="V19:W19"/>
     <mergeCell ref="J20:M20"/>
-    <mergeCell ref="P20:T20"/>
-[...2 lines deleted...]
-    <mergeCell ref="U21:W21"/>
+    <mergeCell ref="Q20:U20"/>
+    <mergeCell ref="V20:W20"/>
+    <mergeCell ref="Q21:U21"/>
+    <mergeCell ref="V21:W21"/>
     <mergeCell ref="J22:M22"/>
-    <mergeCell ref="P22:T22"/>
+    <mergeCell ref="O22:U22"/>
     <mergeCell ref="V22:W22"/>
-    <mergeCell ref="M23:O23"/>
-[...6 lines deleted...]
-    <mergeCell ref="U26:W26"/>
+    <mergeCell ref="M23:P23"/>
+    <mergeCell ref="Q23:U23"/>
+    <mergeCell ref="V23:W23"/>
+    <mergeCell ref="Q24:W24"/>
+    <mergeCell ref="T25:W25"/>
+    <mergeCell ref="Q26:U26"/>
+    <mergeCell ref="V26:W26"/>
     <mergeCell ref="K27:M27"/>
-    <mergeCell ref="Q27:T27"/>
-[...5 lines deleted...]
-    <mergeCell ref="R30:W30"/>
+    <mergeCell ref="R27:U27"/>
+    <mergeCell ref="V27:W27"/>
+    <mergeCell ref="O28:P28"/>
+    <mergeCell ref="Q28:U28"/>
+    <mergeCell ref="V28:W28"/>
+    <mergeCell ref="Q29:U29"/>
+    <mergeCell ref="V29:W29"/>
+    <mergeCell ref="S30:W30"/>
     <mergeCell ref="I31:N31"/>
-    <mergeCell ref="P31:T31"/>
-[...4 lines deleted...]
-    <mergeCell ref="V33:W33"/>
+    <mergeCell ref="Q31:U31"/>
+    <mergeCell ref="V31:W31"/>
+    <mergeCell ref="Q32:U32"/>
+    <mergeCell ref="V32:W32"/>
+    <mergeCell ref="Q33:U33"/>
     <mergeCell ref="A35:W35"/>
     <mergeCell ref="A36:W36"/>
     <mergeCell ref="A37:W37"/>
     <mergeCell ref="A38:W38"/>
     <mergeCell ref="A39:W39"/>
     <mergeCell ref="A40:W40"/>
     <mergeCell ref="A41:W41"/>
     <mergeCell ref="A42:W42"/>
     <mergeCell ref="A43:W43"/>
     <mergeCell ref="A44:W44"/>
     <mergeCell ref="A45:W45"/>
     <mergeCell ref="A46:W46"/>
     <mergeCell ref="A47:W47"/>
     <mergeCell ref="A48:W48"/>
     <mergeCell ref="A49:W49"/>
     <mergeCell ref="A50:W50"/>
     <mergeCell ref="A51:W51"/>
     <mergeCell ref="A52:W52"/>
     <mergeCell ref="A53:W53"/>
     <mergeCell ref="A54:W54"/>
     <mergeCell ref="A55:W55"/>
     <mergeCell ref="A56:W56"/>
     <mergeCell ref="A57:W57"/>
     <mergeCell ref="A58:W58"/>
     <mergeCell ref="A59:W59"/>
     <mergeCell ref="A60:W60"/>
+    <mergeCell ref="A61:W61"/>
     <mergeCell ref="A62:W62"/>
+    <mergeCell ref="A63:W63"/>
+    <mergeCell ref="A64:W64"/>
+    <mergeCell ref="A65:W65"/>
+    <mergeCell ref="A66:W66"/>
+    <mergeCell ref="A67:W67"/>
+    <mergeCell ref="A68:W68"/>
+    <mergeCell ref="A69:W69"/>
+    <mergeCell ref="A70:W70"/>
+    <mergeCell ref="A72:W72"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>