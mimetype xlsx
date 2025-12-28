--- v0 (2025-10-19)
+++ v1 (2025-12-28)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R1e361eb98eb8405b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R571071034d864366" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R1b71bfc060c242c8"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R60911ada59254a34"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="147" uniqueCount="147">
   <si>
     <t>Tetanus: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
@@ -433,51 +433,51 @@
   </si>
   <si>
     <t>33: Adult Td booster at ages 25, 45 and 65, thereafter every 10 years.
 Tdap vaccination recommended during pregnancy between 20 to 36 weeks of gestation
 </t>
   </si>
   <si>
     <t>34: Subsequent Td boosters every 15 years</t>
   </si>
   <si>
     <t>35: Td booster every 10 years</t>
   </si>
   <si>
     <t>36: Repeat for pregnant women starting from week 27 of the pregnancy (preferably at week 27 or 28)</t>
   </si>
   <si>
     <t xml:space="preserve">37: One dose at around 65 years of age if primary course completed. For additional information on catch-up vaccinations prior to 65 years of age, refer to specific recommendations available at https://www.sanidad.gob.es/profesionales/saludPublica/prevPromocion/vacunaciones/comoTrabajamos/difteria-tetanos-tosferina.htm  </t>
   </si>
   <si>
     <t xml:space="preserve">38: Given to 8-9 grade students. </t>
   </si>
   <si>
     <t>39: For adults above 18 years, dT Booster doses are recommended every 20 years (not funded by the National Health system)</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-19 at 15:10.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-12-28 at 15:28.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -535,51 +535,51 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R1b71bfc060c242c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rfbe439614be7434b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R8b8128445f554674" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R60911ada59254a34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R5b7c64eeff494058" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R50c514c5fa0b4691" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:AQ81"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
     <col min="8" max="8" width="13.17" customWidth="1" style="1"/>
     <col min="9" max="9" width="13.17" customWidth="1" style="1"/>
     <col min="10" max="10" width="13.17" customWidth="1" style="1"/>
     <col min="11" max="11" width="13.17" customWidth="1" style="1"/>
     <col min="12" max="12" width="13.17" customWidth="1" style="1"/>
     <col min="13" max="13" width="13.17" customWidth="1" style="1"/>
     <col min="14" max="14" width="13.17" customWidth="1" style="1"/>
     <col min="15" max="15" width="13.17" customWidth="1" style="1"/>