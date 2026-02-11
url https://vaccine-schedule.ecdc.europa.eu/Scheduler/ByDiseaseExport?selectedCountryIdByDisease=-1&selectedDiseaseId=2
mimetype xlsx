--- v1 (2025-12-28)
+++ v2 (2026-02-11)
@@ -1,77 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R571071034d864366" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R3f39c081fa1b4c08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R60911ada59254a34"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R8d47ce1b50b8491c"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="147" uniqueCount="147">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="163" uniqueCount="163">
   <si>
     <t>Tetanus: Recommended vaccinations</t>
   </si>
   <si>
+    <t>Weeks</t>
+  </si>
+  <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
+    <t>6</t>
+  </si>
+  <si>
     <t>2</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>6</t>
-[...1 lines deleted...]
-  <si>
     <t>8</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>19-20</t>
@@ -88,396 +91,440 @@
   <si>
     <t>17</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>61</t>
-[...1 lines deleted...]
-  <si>
     <t>64</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>&gt;= 66</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
+    <t>TT (1 )</t>
+  </si>
+  <si>
+    <t>TT (2 )</t>
+  </si>
+  <si>
+    <t>TT (3 )</t>
+  </si>
+  <si>
+    <t>TT (4 )</t>
+  </si>
+  <si>
+    <t>TT (5 )</t>
+  </si>
+  <si>
+    <t>TT (6 )</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belgium  </t>
+  </si>
+  <si>
     <t>TT</t>
   </si>
   <si>
-    <t>TT (1 )</t>
-[...11 lines deleted...]
-    <t>TT (4 )</t>
+    <t>TT (7 )</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
-    <t>TT (5 )</t>
-[...2 lines deleted...]
-    <t>TT (6 )</t>
+    <t>TT (8 )</t>
+  </si>
+  <si>
+    <t>TT (9 )</t>
+  </si>
+  <si>
+    <t>TT (10 )</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
-    <t>TT (7 )</t>
-[...2 lines deleted...]
-    <t>TT (8 )</t>
+    <t>TT (11 )</t>
+  </si>
+  <si>
+    <t>TT (12 )</t>
+  </si>
+  <si>
+    <t>TT (13 )</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
     <t>Czechia</t>
   </si>
   <si>
-    <t>TT (9 )</t>
-[...2 lines deleted...]
-    <t>TT (10 )</t>
+    <t>TT (14 )</t>
+  </si>
+  <si>
+    <t>TT (15 )</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
+    <t>TT (16 )</t>
+  </si>
+  <si>
     <t>Finland</t>
   </si>
   <si>
-    <t>TT (11 )</t>
-[...2 lines deleted...]
-    <t>TT (12 )</t>
+    <t>TT (17 )</t>
+  </si>
+  <si>
+    <t>TT (18 )</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
-    <t>TT (13 )</t>
-[...2 lines deleted...]
-    <t>TT (14 )</t>
+    <t>TT (19 )</t>
+  </si>
+  <si>
+    <t>TT (20 )</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>TT (15 )</t>
+    <t>TT (21 )</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
-    <t>TT (16 )</t>
+    <t>TT (22 )</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
-    <t>TT (17 )</t>
+    <t>TT (23 )</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
-    <t>TT (18 )</t>
+    <t>TT (24 )</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
-    <t>TT (19 )</t>
+    <t>TT (25 )</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
-    <t>TT (20 )</t>
+    <t>TT (26 )</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
-    <t>TT (21 )</t>
-[...2 lines deleted...]
-    <t>TT (22 )</t>
+    <t>TT (27 )</t>
+  </si>
+  <si>
+    <t>TT (28 )</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
-    <t>TT (23 )</t>
-[...2 lines deleted...]
-    <t>TT (24 )</t>
+    <t>TT (29 )</t>
+  </si>
+  <si>
+    <t>TT (30 )</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
-    <t>TT (25 )</t>
+    <t>TT (31 )</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
-    <t>TT (26 )</t>
-[...2 lines deleted...]
-    <t>TT (27 )</t>
+    <t>TT (32 )</t>
+  </si>
+  <si>
+    <t>TT (33 )</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
-    <t>TT (28 )</t>
-[...5 lines deleted...]
-    <t>TT (30 )</t>
+    <t>TT (34 )</t>
+  </si>
+  <si>
+    <t>TT (35 )</t>
+  </si>
+  <si>
+    <t>TT (36 )</t>
+  </si>
+  <si>
+    <t>TT (37 )</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
-    <t>TT (31 )</t>
+    <t>TT (38 )</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
-    <t>TT (32 )</t>
+    <t>TT (39 )</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
-    <t>TT (33 )</t>
+    <t>TT (40 )</t>
+  </si>
+  <si>
+    <t>TT (41 )</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
-    <t>TT (34 )</t>
+    <t>TT (42 )</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
-    <t>TT (35 )</t>
+    <t>TT (43 )</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
-    <t>TT (36 )</t>
-[...2 lines deleted...]
-    <t>TT (37 )</t>
+    <t>TT (44 )</t>
+  </si>
+  <si>
+    <t>TT (45 )</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
-    <t>TT (38 )</t>
-[...2 lines deleted...]
-    <t>TT (39 )</t>
+    <t>TT (46 )</t>
+  </si>
+  <si>
+    <t>TT (47 )</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
-    <t>1: Minimum interval of 6 month after second dose</t>
-[...65 lines deleted...]
-    <t xml:space="preserve">23: A lower dose of diphtheria toxoid (d) and whooping cough (ap) can also be used (dTap)
+    <t>1: Primary immunisation with a hexavalent vaccine as soon as possible after the age of 6 weeks (in any case by 3 months of age)</t>
+  </si>
+  <si>
+    <t>2: Second dose of a hexavalent vaccine should be given 2 months after the first dose</t>
+  </si>
+  <si>
+    <t>3: The third dose of the hexavalent vaccine should be given 6 months after the second dose, at the age of 10–12 months</t>
+  </si>
+  <si>
+    <t>4: The first booster dose with a tetravalent dTaP-IPV vaccine recommended at the age of 5 years</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5: The second booster of the tetravalent dTaP-IPV vaccine is recommended 5 years after the first booster, or latest between 13/14 years of age </t>
+  </si>
+  <si>
+    <t xml:space="preserve">6: After 15 years of age, booster vaccinations recommended with a  dTaP vaccine every 5 years. If there is no special indication for further polio vaccinations and two or more booster vaccinations against polio (with IPV) have been given after the basic immunisation, only diphtheria-tetanus-pertussis vaccinations are then given. </t>
+  </si>
+  <si>
+    <t>7: One dose of dTTaP every 10 years for adults after receiving the childhood immunisation schedule. Vaccination of expectant mothers during every pregnancy with a pertussis-containing vaccine in week 24 to week 32 of pregnancy. dTTaP boosters are funded for all pregnant women nationally. However, these booster doses are only offered for free in other adults in Flanders region.</t>
+  </si>
+  <si>
+    <t>8: Routine vaccination against diphtheria, tetanus, pertussis, poliomyelitis, Haemophilus influenzae type B infections, and viral hepatitis type B vaccination begins at 6 weeks of age. Second and third doses are given at week 10 and week 14. For children born to mothers vaccinated during pregnancy against pertussis, mandatory immunization against diphtheria, tetanus, pertussis, poliomyelitis, Haemophilus influenzae type B infections, and viral hepatitis type B is carried out from two months of age. Subsequent immunizations are administered no earlier than 4 weeks after the previous dose, at three and four months of age, respectively. For children born to mothers vaccinated during pregnancy against pertussis, mandatory immunization against diphtheria, tetanus, pertussis, poliomyelitis, Haemophilus influenzae type B infections, and viral hepatitis type B is carried out from two months of age. Subsequent immunizations are administered no earlier than 4 weeks after the previous dose, at three and four months of age, respectively.</t>
+  </si>
+  <si>
+    <t>9: Not earlier than 12 months after the 3rd dose</t>
+  </si>
+  <si>
+    <t>10: Subsequent Td booster every 10 years</t>
+  </si>
+  <si>
+    <t>11: Booster for children in 1st grade with DTaP-IPV or dTap-IPV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">12: dTap booster for children in the 4th grade of primary school </t>
+  </si>
+  <si>
+    <t xml:space="preserve">13: dTap booster given to students in grade 8 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">14: The first dose of hexavalent vaccine is given from the end of the 2nd month of life, at intervals of two months between the first and the second dose,  and the third dose given between the eleventh and thirteenth months of the child's age</t>
+  </si>
+  <si>
+    <t>15: Booster dose for person between 25th and 26th years of age; next booster dose every 10 - 15 years</t>
+  </si>
+  <si>
+    <t>16: Subsequent Td booster for adults every 10 years.</t>
+  </si>
+  <si>
+    <t>17: Thereafter Td booster every 10 years. (These polio recommendations are not linked to dT: with or without vaccination against poliomyelitis (IPV) in case of travel to endemic areas and when previous IPV dose was given more than 5 years before).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18: Then every 10 years. </t>
+  </si>
+  <si>
+    <t>19: dTacp-IPV or dTT-IPV if last dTacp-IPV received in the previous 5 years</t>
+  </si>
+  <si>
+    <t>20: dTT-IPV every 10 years from 65 years of age</t>
+  </si>
+  <si>
+    <t xml:space="preserve">21: Booster doses every 10 years, catch-up for those unvaccinated. The first due Td 10-yearly booster dose should be with a Tdacp vaccine. Subsequent booster doses are to be done with Td vaccines. </t>
+  </si>
+  <si>
+    <t>22: Booster dose 18- 25 y with Tdap or Tdap-IPV, followed by Td or Tdap every 10 y.</t>
+  </si>
+  <si>
+    <t>23: School-based vaccination in 6th grade (mandatory)</t>
+  </si>
+  <si>
+    <t>24: Td vaccine to be repeated every 10 years in case of wound injury or travel to diphtheria endemic countries. The use of a dTap vaccine is recommended to increase immunity against pertussis in the community.</t>
+  </si>
+  <si>
+    <t>25: Tdap - Vaccination for pregnant women between 16-36 weeks gestation.</t>
+  </si>
+  <si>
+    <t>26: Tdap is recommended every 10 years from age 19, and also for pregnant women in the third trimester (ideally 28 weeks)</t>
+  </si>
+  <si>
+    <t>27: Six-year-old children may be vaccinated with vaccinations for 7-year-old children, if the child is beginning to study in an educational institution.</t>
+  </si>
+  <si>
+    <t>28: Subsequent Td boosters every 10 years. For some risk-groups boosters are more frequently recommended.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">29: A lower dose of diphtheria toxoid (d) and whooping cough (ap) can also be used (dTap)
 The pertussis booster provided between the ages of 4 and 7 years should be administered no later than school entry. </t>
   </si>
   <si>
-    <t>24: Booster at 25 years (dTap), 45 years (dT) and 65 years (dT), and then every 10 years (dT)</t>
-[...49 lines deleted...]
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-12-28 at 15:28.</t>
+    <t>30: Booster at 25 years (dTap), 45 years (dT) and 65 years (dT), and then every 10 years (dT)</t>
+  </si>
+  <si>
+    <t>31: Subsequent booster doses every 5-10 years</t>
+  </si>
+  <si>
+    <t>32: For premature infants (born before 33 weeks) or with a birthweight &lt;1500g, a 3+1 schedule is recommended</t>
+  </si>
+  <si>
+    <t>33: Subsequent Tdacp-IPV booster every 10 years</t>
+  </si>
+  <si>
+    <t xml:space="preserve">34: This additional vaccination is recommended only for infants at 2 months of age whose mothers were not vaccinated during pregnancy, and in specific circumstances. In all other cases, infants born to mothers vaccinated during pregnancy (at 22 weeks gestation) receive a two-dose primary series at 3 and 5 months of age. </t>
+  </si>
+  <si>
+    <t>35: starting cohort 2021</t>
+  </si>
+  <si>
+    <t>36: starting cohort 2016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">37: Recommended for pregnant women from the 22nd weeks of  pregnancy until delivery (in every pregnancy)</t>
+  </si>
+  <si>
+    <t>38: Revaccination every 10 years</t>
+  </si>
+  <si>
+    <t>39: Should not be given earlier than 5 years after the previous dose</t>
+  </si>
+  <si>
+    <t>40: Adult Td booster at ages 25 and 45. More information available at: https://www.dgs.pt/ficheiros-de-upload-2013/38-tetano-pdf.aspx
+Tdap vaccination is also recommended during pregnancy between 20 to 36 weeks of gestation. More information available at: https://www.dgs.pt/ficheiros-de-upload-2013/39-tosse-convulsa-pdf.aspx</t>
+  </si>
+  <si>
+    <t>41: Adult Td booster at 65 years of age, thereafter every 10 years. More information available at: https://www.dgs.pt/ficheiros-de-upload-2013/38-tetano-pdf.aspx</t>
+  </si>
+  <si>
+    <t>42: Subsequent Td boosters every 15 years</t>
+  </si>
+  <si>
+    <t>43: Td booster every 10 years</t>
+  </si>
+  <si>
+    <t>44: Repeat for pregnant women starting at week 27 of pregnancy (preferably at week 27 or 28). Catch-up vaccination is also offered to susceptible individuals in this age group. Additional information available at: https://www.sanidad.gob.es/areas/promocionPrevencion/vacunaciones/calendario/docs/CalendarioVacunacion_Todalavida.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">45: One dose at around 65 years of age if primary course completed. For additional information on catch-up vaccinations prior to 65 years of age, refer to specific recommendations available at https://www.sanidad.gob.es/profesionales/saludPublica/prevPromocion/vacunaciones/comoTrabajamos/difteria-tetanos-tosferina.htm  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">46: Given to 8-9 grade students. </t>
+  </si>
+  <si>
+    <t>47: For adults above 18 years, dT Booster doses are recommended every 20 years (not funded by the National Health system)</t>
+  </si>
+  <si>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-11 at 19:44.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -535,56 +582,56 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R60911ada59254a34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R5b7c64eeff494058" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R50c514c5fa0b4691" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R8d47ce1b50b8491c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R730e154fac59417a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rffd700ff7bf94bcc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AQ81"/>
+  <dimension ref="A1:AQ89"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
     <col min="8" max="8" width="13.17" customWidth="1" style="1"/>
     <col min="9" max="9" width="13.17" customWidth="1" style="1"/>
     <col min="10" max="10" width="13.17" customWidth="1" style="1"/>
     <col min="11" max="11" width="13.17" customWidth="1" style="1"/>
     <col min="12" max="12" width="13.17" customWidth="1" style="1"/>
     <col min="13" max="13" width="13.17" customWidth="1" style="1"/>
     <col min="14" max="14" width="13.17" customWidth="1" style="1"/>
     <col min="15" max="15" width="13.17" customWidth="1" style="1"/>
     <col min="16" max="16" width="13.17" customWidth="1" style="1"/>
     <col min="17" max="17" width="13.17" customWidth="1" style="1"/>
     <col min="18" max="18" width="13.17" customWidth="1" style="1"/>
     <col min="19" max="19" width="13.17" customWidth="1" style="1"/>
     <col min="20" max="20" width="13.17" customWidth="1" style="1"/>
@@ -726,6694 +773,7749 @@
       </c>
       <c r="AL1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="AM1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="AN1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="AO1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="AP1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="AQ1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="1"/>
+      <c r="C2" s="3" t="s">
+        <v>2</v>
+      </c>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
-      <c r="P2" s="3" t="s">
-[...2 lines deleted...]
-      <c r="Q2" s="1"/>
+      <c r="P2" s="1"/>
+      <c r="Q2" s="3" t="s">
+        <v>3</v>
+      </c>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
       <c r="AA2" s="1"/>
       <c r="AB2" s="1"/>
       <c r="AC2" s="1"/>
       <c r="AD2" s="1"/>
       <c r="AE2" s="1"/>
       <c r="AF2" s="1"/>
       <c r="AG2" s="1"/>
       <c r="AH2" s="1"/>
       <c r="AI2" s="1"/>
       <c r="AJ2" s="1"/>
       <c r="AK2" s="1"/>
       <c r="AL2" s="1"/>
       <c r="AM2" s="1"/>
       <c r="AN2" s="1"/>
       <c r="AO2" s="1"/>
       <c r="AP2" s="1"/>
       <c r="AQ2" s="1"/>
     </row>
     <row r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="3" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C3" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="D3" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="E3" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="F3" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="G3" s="3" t="s">
         <v>4</v>
-      </c>
-[...10 lines deleted...]
-        <v>8</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="J3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="K3" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="M3" s="3" t="s">
         <v>14</v>
       </c>
       <c r="N3" s="3" t="s">
         <v>15</v>
       </c>
       <c r="O3" s="3" t="s">
         <v>16</v>
       </c>
       <c r="P3" s="3" t="s">
-        <v>3</v>
+        <v>17</v>
       </c>
       <c r="Q3" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="R3" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="S3" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="T3" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="U3" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="R3" s="3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="V3" s="3" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="W3" s="3" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="X3" s="3" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="Y3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="Z3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="AA3" s="3" t="s">
         <v>12</v>
       </c>
       <c r="AB3" s="3" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="AC3" s="3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="AD3" s="3" t="s">
         <v>14</v>
       </c>
       <c r="AE3" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="AF3" s="3" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="AG3" s="3" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="AH3" s="3" t="s">
         <v>22</v>
       </c>
       <c r="AI3" s="3" t="s">
         <v>23</v>
       </c>
       <c r="AJ3" s="3" t="s">
         <v>24</v>
       </c>
       <c r="AK3" s="3" t="s">
         <v>25</v>
       </c>
       <c r="AL3" s="3" t="s">
         <v>26</v>
       </c>
       <c r="AM3" s="3" t="s">
         <v>27</v>
       </c>
       <c r="AN3" s="3" t="s">
         <v>28</v>
       </c>
       <c r="AO3" s="3" t="s">
         <v>29</v>
       </c>
       <c r="AP3" s="3" t="s">
         <v>30</v>
       </c>
       <c r="AQ3" s="3" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
         <v>32</v>
       </c>
-      <c r="C4" s="5" t="s">
+      <c r="B4" s="5" t="s">
         <v>33</v>
       </c>
+      <c r="C4" s="1"/>
       <c r="D4" s="5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E4" s="1"/>
       <c r="I4" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="J4" s="1"/>
-      <c r="U4" s="5" t="s">
-[...3 lines deleted...]
-      <c r="W4" s="1"/>
+      <c r="T4" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="Y4" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="Z4" s="1"/>
+      <c r="AA4" s="1"/>
+      <c r="AB4" s="1"/>
+      <c r="AC4" s="1"/>
       <c r="AD4" s="5" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="AE4" s="1"/>
       <c r="AF4" s="1"/>
       <c r="AG4" s="1"/>
       <c r="AH4" s="1"/>
       <c r="AI4" s="1"/>
       <c r="AJ4" s="1"/>
       <c r="AK4" s="1"/>
       <c r="AL4" s="1"/>
       <c r="AM4" s="1"/>
-      <c r="AN4" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AN4" s="1"/>
       <c r="AO4" s="1"/>
       <c r="AP4" s="1"/>
       <c r="AQ4" s="1"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>33</v>
-[...11 lines deleted...]
-      <c r="AC5" s="1"/>
+        <v>40</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="M5" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="T5" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="U5" s="1"/>
+      <c r="AC5" s="5" t="s">
+        <v>40</v>
+      </c>
       <c r="AD5" s="1"/>
-      <c r="AF5" s="5" t="s">
-[...2 lines deleted...]
-      <c r="AG5" s="1"/>
+      <c r="AE5" s="1"/>
+      <c r="AG5" s="5" t="s">
+        <v>41</v>
+      </c>
       <c r="AH5" s="1"/>
       <c r="AI5" s="1"/>
       <c r="AJ5" s="1"/>
       <c r="AK5" s="1"/>
       <c r="AL5" s="1"/>
       <c r="AM5" s="1"/>
       <c r="AN5" s="1"/>
       <c r="AO5" s="1"/>
       <c r="AP5" s="1"/>
       <c r="AQ5" s="1"/>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>33</v>
-[...16 lines deleted...]
-      <c r="AJ6" s="1"/>
+        <v>40</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="N6" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="U6" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="AA6" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="AF6" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="AJ6" s="5" t="s">
+        <v>45</v>
+      </c>
       <c r="AK6" s="1"/>
       <c r="AL6" s="1"/>
       <c r="AM6" s="1"/>
       <c r="AN6" s="1"/>
       <c r="AO6" s="1"/>
       <c r="AP6" s="1"/>
       <c r="AQ6" s="1"/>
     </row>
     <row r="7">
       <c r="A7" s="4" t="s">
-        <v>42</v>
-[...13 lines deleted...]
-      <c r="M7" s="1"/>
+        <v>46</v>
+      </c>
+      <c r="C7" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="G7" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="M7" s="5" t="s">
+        <v>40</v>
+      </c>
       <c r="N7" s="1"/>
-      <c r="T7" s="5" t="s">
-[...6 lines deleted...]
-        <v>33</v>
+      <c r="O7" s="1"/>
+      <c r="U7" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="Y7" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="AC7" s="5" t="s">
+        <v>49</v>
       </c>
       <c r="AH7" s="6" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>40</v>
+      </c>
+      <c r="AI7" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="AN7" s="5" t="s">
+        <v>40</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="C8" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D8" s="1"/>
+      <c r="E8" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="F8" s="1"/>
+      <c r="G8" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="H8" s="1"/>
+      <c r="O8" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="P8" s="1"/>
+      <c r="S8" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="T8" s="1"/>
+      <c r="U8" s="1"/>
+      <c r="Z8" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="AA8" s="1"/>
+      <c r="AJ8" s="5" t="s">
         <v>45</v>
-      </c>
-[...26 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="4" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>47</v>
-[...7 lines deleted...]
-      <c r="J9" s="1"/>
+        <v>52</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="J9" s="5" t="s">
+        <v>40</v>
+      </c>
       <c r="K9" s="1"/>
-      <c r="S9" s="5" t="s">
-[...10 lines deleted...]
-      <c r="AG9" s="1"/>
+      <c r="L9" s="1"/>
+      <c r="T9" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="U9" s="1"/>
+      <c r="Y9" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z9" s="1"/>
+      <c r="AG9" s="5" t="s">
+        <v>53</v>
+      </c>
       <c r="AH9" s="1"/>
       <c r="AI9" s="1"/>
       <c r="AJ9" s="1"/>
       <c r="AK9" s="1"/>
       <c r="AL9" s="1"/>
-      <c r="AM9" s="5" t="s">
-[...2 lines deleted...]
-      <c r="AN9" s="1"/>
+      <c r="AM9" s="1"/>
+      <c r="AN9" s="5" t="s">
+        <v>40</v>
+      </c>
       <c r="AO9" s="1"/>
       <c r="AP9" s="1"/>
       <c r="AQ9" s="1"/>
     </row>
     <row r="10">
       <c r="A10" s="4" t="s">
-        <v>49</v>
-[...11 lines deleted...]
-        <v>33</v>
+        <v>54</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="F10" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K10" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="T10" s="5" t="s">
+        <v>40</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="4" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>55</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>33</v>
-[...17 lines deleted...]
-        <v>41</v>
+        <v>40</v>
+      </c>
+      <c r="E11" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="F11" s="1"/>
+      <c r="G11" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q11" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="U11" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="V11" s="1"/>
+      <c r="AD11" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="AE11" s="1"/>
+      <c r="AJ11" s="5" t="s">
+        <v>56</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="4" t="s">
-        <v>51</v>
-[...21 lines deleted...]
-        <v>33</v>
+        <v>57</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="F12" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K12" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="S12" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="AC12" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="AD12" s="1"/>
+      <c r="AJ12" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="AL12" s="5" t="s">
+        <v>40</v>
       </c>
       <c r="AP12" s="5" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="4" t="s">
-        <v>54</v>
-[...16 lines deleted...]
-      <c r="Z13" s="1"/>
+        <v>60</v>
+      </c>
+      <c r="C13" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="J13" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="U13" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z13" s="5" t="s">
+        <v>40</v>
+      </c>
       <c r="AA13" s="1"/>
-      <c r="AI13" s="5" t="s">
-[...3 lines deleted...]
-        <v>33</v>
+      <c r="AB13" s="1"/>
+      <c r="AJ13" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="AL13" s="5" t="s">
+        <v>40</v>
       </c>
       <c r="AP13" s="5" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="AQ13" s="1"/>
     </row>
     <row r="14">
       <c r="A14" s="4" t="s">
-        <v>57</v>
-[...16 lines deleted...]
-      <c r="K14" s="1"/>
+        <v>63</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E14" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="J14" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K14" s="6" t="s">
+        <v>40</v>
+      </c>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
-      <c r="S14" s="5" t="s">
-[...6 lines deleted...]
-      <c r="X14" s="1"/>
+      <c r="S14" s="1"/>
+      <c r="T14" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="U14" s="1"/>
+      <c r="X14" s="5" t="s">
+        <v>40</v>
+      </c>
       <c r="Y14" s="1"/>
       <c r="Z14" s="1"/>
       <c r="AA14" s="1"/>
       <c r="AB14" s="1"/>
       <c r="AC14" s="1"/>
       <c r="AD14" s="1"/>
-      <c r="AF14" s="5" t="s">
-[...2 lines deleted...]
-      <c r="AG14" s="1"/>
+      <c r="AE14" s="1"/>
+      <c r="AF14" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="AG14" s="5" t="s">
+        <v>64</v>
+      </c>
       <c r="AH14" s="1"/>
       <c r="AI14" s="1"/>
       <c r="AJ14" s="1"/>
       <c r="AK14" s="1"/>
       <c r="AL14" s="1"/>
       <c r="AM14" s="1"/>
       <c r="AN14" s="1"/>
       <c r="AO14" s="1"/>
       <c r="AP14" s="1"/>
       <c r="AQ14" s="1"/>
     </row>
     <row r="15">
       <c r="A15" s="4" t="s">
-        <v>59</v>
-[...16 lines deleted...]
-      <c r="M15" s="1"/>
+        <v>65</v>
+      </c>
+      <c r="C15" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E15" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="G15" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K15" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="M15" s="5" t="s">
+        <v>40</v>
+      </c>
       <c r="N15" s="1"/>
-      <c r="O15" s="6" t="s">
-[...2 lines deleted...]
-      <c r="P15" s="1"/>
+      <c r="O15" s="1"/>
+      <c r="P15" s="6" t="s">
+        <v>40</v>
+      </c>
       <c r="Q15" s="1"/>
-      <c r="R15" s="5" t="s">
-[...2 lines deleted...]
-      <c r="S15" s="1"/>
+      <c r="R15" s="1"/>
+      <c r="S15" s="5" t="s">
+        <v>40</v>
+      </c>
       <c r="T15" s="1"/>
-      <c r="U15" s="6" t="s">
-[...2 lines deleted...]
-      <c r="V15" s="1"/>
+      <c r="U15" s="1"/>
+      <c r="V15" s="6" t="s">
+        <v>40</v>
+      </c>
       <c r="W15" s="1"/>
       <c r="X15" s="1"/>
-      <c r="Y15" s="5" t="s">
-[...6 lines deleted...]
-      <c r="AB15" s="1"/>
+      <c r="Y15" s="1"/>
+      <c r="Z15" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="AA15" s="1"/>
+      <c r="AB15" s="6" t="s">
+        <v>40</v>
+      </c>
       <c r="AC15" s="1"/>
       <c r="AD15" s="1"/>
-      <c r="AE15" s="1"/>
-      <c r="AF15" s="1"/>
       <c r="AG15" s="5" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="AH15" s="1"/>
       <c r="AI15" s="1"/>
       <c r="AJ15" s="1"/>
       <c r="AK15" s="1"/>
       <c r="AL15" s="1"/>
       <c r="AM15" s="1"/>
       <c r="AN15" s="1"/>
       <c r="AO15" s="1"/>
       <c r="AP15" s="1"/>
       <c r="AQ15" s="1"/>
     </row>
     <row r="16">
       <c r="A16" s="4" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>67</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>33</v>
-[...10 lines deleted...]
-      <c r="Z16" s="1"/>
+        <v>40</v>
+      </c>
+      <c r="E16" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="O16" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="U16" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="Z16" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="AA16" s="1"/>
     </row>
     <row r="17">
       <c r="A17" s="4" t="s">
-        <v>63</v>
-[...14 lines deleted...]
-        <v>64</v>
+        <v>69</v>
+      </c>
+      <c r="D17" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="F17" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K17" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="S17" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="AC17" s="5" t="s">
+        <v>70</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="4" t="s">
-        <v>65</v>
-[...21 lines deleted...]
-      <c r="AG18" s="1"/>
+        <v>71</v>
+      </c>
+      <c r="C18" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="G18" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="L18" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="S18" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="T18" s="1"/>
+      <c r="AA18" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="AB18" s="1"/>
+      <c r="AG18" s="7" t="s">
+        <v>72</v>
+      </c>
       <c r="AH18" s="1"/>
       <c r="AI18" s="1"/>
       <c r="AJ18" s="1"/>
       <c r="AK18" s="1"/>
+      <c r="AL18" s="1"/>
     </row>
     <row r="19">
       <c r="A19" s="4" t="s">
-        <v>67</v>
-[...19 lines deleted...]
-      <c r="AH19" s="1"/>
+        <v>73</v>
+      </c>
+      <c r="C19" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E19" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="I19" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="T19" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="AA19" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="AH19" s="5" t="s">
+        <v>74</v>
+      </c>
       <c r="AI19" s="1"/>
       <c r="AJ19" s="1"/>
       <c r="AK19" s="1"/>
       <c r="AL19" s="1"/>
       <c r="AM19" s="1"/>
       <c r="AN19" s="1"/>
       <c r="AO19" s="1"/>
       <c r="AP19" s="1"/>
       <c r="AQ19" s="1"/>
     </row>
     <row r="20">
       <c r="A20" s="4" t="s">
-        <v>69</v>
-[...13 lines deleted...]
-      <c r="K20" s="1"/>
+        <v>75</v>
+      </c>
+      <c r="C20" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E20" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="G20" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K20" s="5" t="s">
+        <v>40</v>
+      </c>
       <c r="L20" s="1"/>
-      <c r="U20" s="5" t="s">
-[...8 lines deleted...]
-      <c r="AJ20" s="1"/>
+      <c r="M20" s="1"/>
+      <c r="V20" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="AC20" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="AJ20" s="5" t="s">
+        <v>77</v>
+      </c>
       <c r="AK20" s="1"/>
       <c r="AL20" s="1"/>
       <c r="AM20" s="1"/>
       <c r="AN20" s="1"/>
       <c r="AO20" s="1"/>
       <c r="AP20" s="1"/>
       <c r="AQ20" s="1"/>
     </row>
     <row r="21">
       <c r="A21" s="4" t="s">
-        <v>72</v>
-[...13 lines deleted...]
-      <c r="S21" s="1"/>
+        <v>78</v>
+      </c>
+      <c r="C21" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E21" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K21" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="S21" s="5" t="s">
+        <v>79</v>
+      </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
-      <c r="V21" s="6" t="s">
-[...2 lines deleted...]
-      <c r="W21" s="1"/>
+      <c r="V21" s="1"/>
+      <c r="W21" s="6" t="s">
+        <v>40</v>
+      </c>
       <c r="X21" s="1"/>
-      <c r="Y21" s="5" t="s">
-[...2 lines deleted...]
-      <c r="Z21" s="1"/>
+      <c r="Y21" s="1"/>
+      <c r="Z21" s="5" t="s">
+        <v>40</v>
+      </c>
       <c r="AA21" s="1"/>
       <c r="AB21" s="1"/>
       <c r="AC21" s="1"/>
-      <c r="AI21" s="5" t="s">
-[...3 lines deleted...]
-        <v>74</v>
+      <c r="AD21" s="1"/>
+      <c r="AJ21" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="AL21" s="5" t="s">
+        <v>80</v>
       </c>
       <c r="AP21" s="5" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="AQ21" s="1"/>
     </row>
     <row r="22">
       <c r="A22" s="4" t="s">
-        <v>75</v>
-[...20 lines deleted...]
-      <c r="AD22" s="1"/>
+        <v>81</v>
+      </c>
+      <c r="C22" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E22" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="G22" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="O22" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="U22" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="V22" s="1"/>
+      <c r="AD22" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="AE22" s="1"/>
     </row>
     <row r="23">
       <c r="A23" s="4" t="s">
-        <v>77</v>
-[...20 lines deleted...]
-      <c r="AD23" s="1"/>
+        <v>83</v>
+      </c>
+      <c r="C23" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D23" s="7" t="s">
+        <v>84</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="J23" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="T23" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="U23" s="1"/>
+      <c r="AD23" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="AE23" s="1"/>
     </row>
     <row r="24">
       <c r="A24" s="4" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>86</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>33</v>
-[...7 lines deleted...]
-      <c r="AC24" s="1"/>
+        <v>40</v>
+      </c>
+      <c r="E24" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="O24" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="AC24" s="5" t="s">
+        <v>40</v>
+      </c>
       <c r="AD24" s="1"/>
+      <c r="AE24" s="1"/>
     </row>
     <row r="25">
       <c r="A25" s="4" t="s">
-        <v>81</v>
-[...22 lines deleted...]
-      <c r="AG25" s="1"/>
+        <v>87</v>
+      </c>
+      <c r="C25" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="F25" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K25" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="T25" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="AC25" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="AG25" s="7" t="s">
+        <v>91</v>
+      </c>
       <c r="AH25" s="1"/>
       <c r="AI25" s="1"/>
       <c r="AJ25" s="1"/>
       <c r="AK25" s="1"/>
+      <c r="AL25" s="1"/>
     </row>
     <row r="26">
       <c r="A26" s="4" t="s">
-        <v>85</v>
-[...19 lines deleted...]
-      <c r="AJ26" s="1"/>
+        <v>92</v>
+      </c>
+      <c r="D26" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="F26" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K26" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="V26" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="AD26" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="AJ26" s="5" t="s">
+        <v>93</v>
+      </c>
       <c r="AK26" s="1"/>
       <c r="AL26" s="1"/>
       <c r="AM26" s="1"/>
       <c r="AN26" s="1"/>
       <c r="AO26" s="1"/>
       <c r="AP26" s="1"/>
       <c r="AQ26" s="1"/>
     </row>
     <row r="27">
       <c r="A27" s="4" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>94</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>33</v>
-[...17 lines deleted...]
-        <v>88</v>
+        <v>40</v>
+      </c>
+      <c r="D27" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E27" s="1"/>
+      <c r="F27" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="G27" s="1"/>
+      <c r="N27" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="O27" s="1"/>
+      <c r="U27" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="AC27" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="AH27" s="5" t="s">
+        <v>95</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="4" t="s">
-        <v>89</v>
-[...28 lines deleted...]
-      <c r="AP28" s="1"/>
+        <v>96</v>
+      </c>
+      <c r="C28" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E28" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="G28" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="O28" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="T28" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y28" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="AJ28" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="AL28" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="AP28" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="AQ28" s="1"/>
     </row>
     <row r="29">
       <c r="A29" s="4" t="s">
-        <v>91</v>
-[...14 lines deleted...]
-        <v>33</v>
+        <v>99</v>
+      </c>
+      <c r="C29" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E29" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="J29" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="U29" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="AC29" s="5" t="s">
+        <v>40</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="4" t="s">
-        <v>92</v>
-[...19 lines deleted...]
-      <c r="AK30" s="1"/>
+        <v>100</v>
+      </c>
+      <c r="C30" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E30" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="I30" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="T30" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="AA30" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="AK30" s="5" t="s">
+        <v>101</v>
+      </c>
       <c r="AL30" s="1"/>
       <c r="AM30" s="1"/>
       <c r="AN30" s="1"/>
       <c r="AO30" s="1"/>
       <c r="AP30" s="1"/>
       <c r="AQ30" s="1"/>
     </row>
     <row r="31">
       <c r="A31" s="4" t="s">
-        <v>94</v>
-[...10 lines deleted...]
-      <c r="J31" s="1"/>
+        <v>102</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="F31" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="J31" s="5" t="s">
+        <v>40</v>
+      </c>
       <c r="K31" s="1"/>
       <c r="L31" s="1"/>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
-      <c r="V31" s="5" t="s">
-[...5 lines deleted...]
-      <c r="AD31" s="1"/>
+      <c r="O31" s="1"/>
+      <c r="W31" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="AD31" s="5" t="s">
+        <v>40</v>
+      </c>
       <c r="AE31" s="1"/>
-      <c r="AI31" s="5" t="s">
-[...2 lines deleted...]
-      <c r="AJ31" s="1"/>
+      <c r="AF31" s="1"/>
+      <c r="AJ31" s="5" t="s">
+        <v>103</v>
+      </c>
       <c r="AK31" s="1"/>
       <c r="AL31" s="1"/>
       <c r="AM31" s="1"/>
       <c r="AN31" s="1"/>
       <c r="AO31" s="1"/>
       <c r="AP31" s="1"/>
       <c r="AQ31" s="1"/>
     </row>
     <row r="32">
       <c r="A32" s="4" t="s">
-        <v>96</v>
-[...19 lines deleted...]
-      <c r="AD32" s="1"/>
+        <v>104</v>
+      </c>
+      <c r="C32" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="J32" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="U32" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="AC32" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="AD32" s="7" t="s">
+        <v>105</v>
+      </c>
       <c r="AE32" s="1"/>
       <c r="AF32" s="1"/>
       <c r="AG32" s="1"/>
       <c r="AH32" s="1"/>
       <c r="AI32" s="1"/>
       <c r="AJ32" s="1"/>
       <c r="AK32" s="1"/>
       <c r="AL32" s="1"/>
       <c r="AM32" s="1"/>
       <c r="AN32" s="1"/>
       <c r="AO32" s="1"/>
       <c r="AP32" s="5" t="s">
-        <v>98</v>
+        <v>106</v>
       </c>
       <c r="AQ32" s="1"/>
     </row>
     <row r="33">
       <c r="A33" s="4" t="s">
-        <v>99</v>
-[...16 lines deleted...]
-      <c r="AC33" s="1"/>
+        <v>107</v>
+      </c>
+      <c r="D33" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="F33" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K33" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="T33" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="AC33" s="5" t="s">
+        <v>108</v>
+      </c>
       <c r="AD33" s="1"/>
-      <c r="AF33" s="7" t="s">
-        <v>101</v>
+      <c r="AE33" s="1"/>
+      <c r="AG33" s="7" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="F35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="G35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="H35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="I35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="J35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="K35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="L35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="M35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="N35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="O35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="P35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="Q35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="R35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="S35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="T35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="U35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="V35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="W35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="X35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="Y35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="Z35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="AA35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="AB35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="AC35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="AD35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="AE35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="AF35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="AG35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="AH35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="AI35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="AJ35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="AK35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="AL35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="AM35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="AN35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="AO35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="AP35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="AQ35" s="4" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="B36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="C36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="D36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="E36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="F36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="G36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="H36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="I36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="J36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="K36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="L36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="M36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="O36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="P36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="Q36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="R36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="S36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="T36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="U36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="V36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="W36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="X36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="Y36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="Z36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="AA36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="AB36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="AC36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="AD36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="AE36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="AF36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="AG36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="AH36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="AI36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="AJ36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="AK36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="AL36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="AM36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="AN36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="AO36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="AP36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="AQ36" s="8" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="B37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="C37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="D37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="E37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="F37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="G37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="H37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="I37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="J37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="K37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="L37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="M37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="O37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="P37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="Q37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="R37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="S37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="T37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="U37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="V37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="W37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="X37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="Y37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="Z37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="AA37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="AB37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="AC37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="AD37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="AE37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="AF37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="AG37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="AH37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="AI37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="AJ37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="AK37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="AL37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="AM37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="AN37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="AO37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="AP37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="AQ37" s="8" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="B38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="C38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="D38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="E38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="F38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="G38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="H38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="I38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="J38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="K38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="L38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="M38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="O38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="P38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="Q38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="R38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="S38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="T38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="U38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="V38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="W38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="X38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="Y38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="Z38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="AA38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="AB38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="AC38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="AD38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="AE38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="AF38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="AG38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="AH38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="AI38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="AJ38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="AK38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="AL38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="AM38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="AN38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="AO38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="AP38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="AQ38" s="8" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="B39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="C39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="D39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="E39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="F39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="G39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="H39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="I39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="J39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="K39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="L39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="M39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="O39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="P39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="Q39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="R39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="S39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="T39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="U39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="V39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="W39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="X39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="Y39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="Z39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="AA39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="AB39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="AC39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="AD39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="AE39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="AF39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="AG39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="AH39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="AI39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="AJ39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="AK39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="AL39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="AM39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="AN39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="AO39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="AP39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="AQ39" s="8" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="B40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="C40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="D40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="E40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="F40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="G40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="H40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="I40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="J40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="K40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="L40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="M40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="O40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="P40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="Q40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="R40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="S40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="T40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="U40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="V40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="W40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="X40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="Y40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="Z40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="AA40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="AB40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="AC40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="AD40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="AE40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="AF40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="AG40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="AH40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="AI40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="AJ40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="AK40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="AL40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="AM40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="AN40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="AO40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="AP40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="AQ40" s="8" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="B41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="C41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="D41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="E41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="F41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="G41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="H41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="I41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="J41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="K41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="L41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="M41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="N41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="O41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="P41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="Q41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="R41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="S41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="T41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="U41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="V41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="W41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="X41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="Y41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="Z41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="AA41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="AB41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="AC41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="AD41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="AE41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="AF41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="AG41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="AH41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="AI41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="AJ41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="AK41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="AL41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="AM41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="AN41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="AO41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="AP41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="AQ41" s="8" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="B42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="C42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="D42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="E42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="F42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="G42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="H42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="I42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="J42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="K42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="L42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="M42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="N42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="O42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="P42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="Q42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="R42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="S42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="T42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="U42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="V42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="W42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="X42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="Y42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="Z42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="AA42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="AB42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="AC42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="AD42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="AE42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="AF42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="AG42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="AH42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="AI42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="AJ42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="AK42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="AL42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="AM42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="AN42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="AO42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="AP42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="AQ42" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="B43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="C43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="D43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="E43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="F43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="G43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="H43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="I43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="J43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="K43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="L43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="M43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="N43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="O43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="P43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="Q43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="R43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="S43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="T43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="U43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="V43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="W43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="X43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="Y43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="Z43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="AA43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="AB43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="AC43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="AD43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="AE43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="AF43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="AG43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="AH43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="AI43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="AJ43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="AK43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="AL43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="AM43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="AN43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="AO43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="AP43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="AQ43" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="B44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="C44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="D44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="E44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="F44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="G44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="H44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="I44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="J44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="K44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="L44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="M44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="N44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="O44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="P44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="Q44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="R44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="S44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="T44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="U44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="V44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="W44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="X44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="Y44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="Z44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="AA44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="AB44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="AC44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="AD44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="AE44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="AF44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="AG44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="AH44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="AI44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="AJ44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="AK44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="AL44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="AM44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="AN44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="AO44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="AP44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="AQ44" s="8" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="B45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="C45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="D45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="E45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="F45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="G45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="H45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="I45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="J45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="K45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="L45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="M45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="N45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="O45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="P45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="Q45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="R45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="S45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="T45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="U45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="V45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="W45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="X45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="Y45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="Z45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="AA45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="AB45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="AC45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="AD45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="AE45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="AF45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="AG45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="AH45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="AI45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="AJ45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="AK45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="AL45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="AM45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="AN45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="AO45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="AP45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="AQ45" s="8" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="B46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="C46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="D46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="E46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="F46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="G46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="H46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="I46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="J46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="K46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="L46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="M46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="N46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="O46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="P46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="Q46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="R46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="S46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="T46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="U46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="V46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="W46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="X46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="Y46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="Z46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="AA46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="AB46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="AC46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="AD46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="AE46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="AF46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="AG46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="AH46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="AI46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="AJ46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="AK46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="AL46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="AM46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="AN46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="AO46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="AP46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="AQ46" s="8" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="B47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="C47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="D47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="E47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="F47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="G47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="H47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="I47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="J47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="K47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="L47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="M47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="N47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="O47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="P47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="Q47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="R47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="S47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="T47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="U47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="V47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="W47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="X47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="Y47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="Z47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="AA47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="AB47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="AC47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="AD47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="AE47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="AF47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="AG47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="AH47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="AI47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="AJ47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="AK47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="AL47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="AM47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="AN47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="AO47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="AP47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="AQ47" s="8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="B48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="C48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="D48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="E48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="F48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="G48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="H48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="I48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="J48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="K48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="L48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="M48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="N48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="O48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="P48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="Q48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="R48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="S48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="T48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="U48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="V48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="W48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="X48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="Y48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="Z48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="AA48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="AB48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="AC48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="AD48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="AE48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="AF48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="AG48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="AH48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="AI48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="AJ48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="AK48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="AL48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="AM48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="AN48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="AO48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="AP48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="AQ48" s="8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="B49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="C49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="D49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="E49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="F49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="G49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="H49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="I49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="J49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="K49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="L49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="M49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="N49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="O49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="P49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="Q49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="R49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="S49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="T49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="U49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="V49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="W49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="X49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="Y49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="Z49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="AA49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="AB49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="AC49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="AD49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="AE49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="AF49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="AG49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="AH49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="AI49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="AJ49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="AK49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="AL49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="AM49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="AN49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="AO49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="AP49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="AQ49" s="8" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="B50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="C50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="D50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="E50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="F50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="G50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="H50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="I50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="J50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="K50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="L50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="M50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="N50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="O50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="P50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="Q50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="R50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="S50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="T50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="U50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="V50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="W50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="X50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="Y50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="Z50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="AA50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="AB50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="AC50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="AD50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="AE50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="AF50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="AG50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="AH50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="AI50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="AJ50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="AK50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="AL50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="AM50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="AN50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="AO50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="AP50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="AQ50" s="8" t="s">
-        <v>117</v>
+        <v>125</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="B51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="C51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="D51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="E51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="F51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="G51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="H51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="I51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="J51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="K51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="L51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="M51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="N51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="O51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="P51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="Q51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="R51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="S51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="T51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="U51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="V51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="W51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="X51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="Y51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="Z51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="AA51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="AB51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="AC51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="AD51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="AE51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="AF51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="AG51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="AH51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="AI51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="AJ51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="AK51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="AL51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="AM51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="AN51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="AO51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="AP51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="AQ51" s="8" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="B52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="C52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="D52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="E52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="F52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="G52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="H52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="I52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="J52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="K52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="L52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="M52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="N52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="O52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="P52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="Q52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="R52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="S52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="T52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="U52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="V52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="W52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="X52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="Y52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="Z52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="AA52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="AB52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="AC52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="AD52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="AE52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="AF52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="AG52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="AH52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="AI52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="AJ52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="AK52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="AL52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="AM52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="AN52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="AO52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="AP52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="AQ52" s="8" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="B53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="C53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="D53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="E53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="F53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="G53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="H53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="I53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="J53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="K53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="L53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="M53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="N53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="O53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="P53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="Q53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="R53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="S53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="T53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="U53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="V53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="W53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="X53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="Y53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="Z53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="AA53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="AB53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="AC53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="AD53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="AE53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="AF53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="AG53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="AH53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="AI53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="AJ53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="AK53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="AL53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="AM53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="AN53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="AO53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="AP53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="AQ53" s="8" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="B54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="C54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="D54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="E54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="F54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="G54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="H54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="I54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="J54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="K54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="L54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="M54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="N54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="O54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="P54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="Q54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="R54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="S54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="T54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="U54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="V54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="W54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="X54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="Y54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="Z54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="AA54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="AB54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="AC54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="AD54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="AE54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="AF54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="AG54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="AH54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="AI54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="AJ54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="AK54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="AL54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="AM54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="AN54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="AO54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="AP54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="AQ54" s="8" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="B55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="C55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="D55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="E55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="F55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="G55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="H55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="I55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="J55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="K55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="L55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="M55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="N55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="O55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="P55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="Q55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="R55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="S55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="T55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="U55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="V55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="W55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="X55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="Y55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="Z55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="AA55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="AB55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="AC55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="AD55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="AE55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="AF55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="AG55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="AH55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="AI55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="AJ55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="AK55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="AL55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="AM55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="AN55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="AO55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="AP55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="AQ55" s="8" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="B56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="C56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="D56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="E56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="F56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="G56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="H56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="I56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="J56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="K56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="L56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="M56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="N56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="O56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="P56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="Q56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="R56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="S56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="T56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="U56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="V56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="W56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="X56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="Y56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="Z56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="AA56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="AB56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="AC56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="AD56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="AE56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="AF56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="AG56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="AH56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="AI56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="AJ56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="AK56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="AL56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="AM56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="AN56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="AO56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="AP56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="AQ56" s="8" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="B57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="C57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="D57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="E57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="F57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="G57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="H57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="I57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="J57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="K57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="L57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="M57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="N57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="O57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="P57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="Q57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="R57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="S57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="T57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="U57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="V57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="W57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="X57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="Y57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="Z57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="AA57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="AB57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="AC57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="AD57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="AE57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="AF57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="AG57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="AH57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="AI57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="AJ57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="AK57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="AL57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="AM57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="AN57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="AO57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="AP57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="AQ57" s="8" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="B58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="C58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="D58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="E58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="F58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="G58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="H58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="I58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="J58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="K58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="L58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="M58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="N58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="O58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="P58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="Q58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="R58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="S58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="T58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="U58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="V58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="W58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="X58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="Y58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="Z58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="AA58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="AB58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="AC58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="AD58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="AE58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="AF58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="AG58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="AH58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="AI58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="AJ58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="AK58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="AL58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="AM58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="AN58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="AO58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="AP58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="AQ58" s="8" t="s">
-        <v>125</v>
+        <v>133</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="B59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="C59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="D59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="E59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="F59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="G59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="H59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="I59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="J59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="K59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="L59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="M59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="N59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="O59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="P59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="Q59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="R59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="S59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="T59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="U59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="V59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="W59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="X59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="Y59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="Z59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="AA59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="AB59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="AC59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="AD59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="AE59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="AF59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="AG59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="AH59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="AI59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="AJ59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="AK59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="AL59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="AM59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="AN59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="AO59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="AP59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="AQ59" s="8" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="B60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="C60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="D60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="E60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="F60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="G60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="H60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="I60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="J60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="K60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="L60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="M60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="N60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="O60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="P60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="Q60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="R60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="S60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="T60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="U60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="V60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="W60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="X60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="Y60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="Z60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="AA60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="AB60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="AC60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="AD60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="AE60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="AF60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="AG60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="AH60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="AI60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="AJ60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="AK60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="AL60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="AM60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="AN60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="AO60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="AP60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="AQ60" s="8" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="B61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="C61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="D61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="E61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="F61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="G61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="H61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="I61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="J61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="K61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="L61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="M61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="N61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="O61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="P61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="Q61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="R61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="S61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="T61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="U61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="V61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="W61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="X61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="Y61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="Z61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="AA61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="AB61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="AC61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="AD61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="AE61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="AF61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="AG61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="AH61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="AI61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="AJ61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="AK61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="AL61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="AM61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="AN61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="AO61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="AP61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="AQ61" s="8" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="B62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="C62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="D62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="E62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="F62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="G62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="H62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="I62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="J62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="K62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="L62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="M62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="N62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="O62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="P62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="Q62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="R62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="S62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="T62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="U62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="V62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="W62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="X62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="Y62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="Z62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="AA62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="AB62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="AC62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="AD62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="AE62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="AF62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="AG62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="AH62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="AI62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="AJ62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="AK62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="AL62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="AM62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="AN62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="AO62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="AP62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="AQ62" s="8" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="B63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="C63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="D63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="E63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="F63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="G63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="H63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="I63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="J63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="K63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="L63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="M63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="N63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="O63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="P63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="Q63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="R63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="S63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="T63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="U63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="V63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="W63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="X63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="Y63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="Z63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="AA63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="AB63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="AC63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="AD63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="AE63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="AF63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="AG63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="AH63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="AI63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="AJ63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="AK63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="AL63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="AM63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="AN63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="AO63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="AP63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="AQ63" s="8" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="B64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="C64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="D64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="E64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="F64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="G64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="H64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="I64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="J64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="K64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="L64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="M64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="N64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="O64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="P64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="Q64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="R64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="S64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="T64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="U64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="V64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="W64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="X64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="Y64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="Z64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="AA64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="AB64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="AC64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="AD64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="AE64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="AF64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="AG64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="AH64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="AI64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="AJ64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="AK64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="AL64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="AM64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="AN64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="AO64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="AP64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="AQ64" s="8" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="B65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="C65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="D65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="E65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="F65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="G65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="H65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="I65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="J65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="K65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="L65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="M65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="N65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="O65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="P65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="Q65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="R65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="S65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="T65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="U65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="V65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="W65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="X65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="Y65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="Z65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="AA65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="AB65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="AC65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="AD65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="AE65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="AF65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="AG65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="AH65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="AI65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="AJ65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="AK65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="AL65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="AM65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="AN65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="AO65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="AP65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="AQ65" s="8" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="B66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="C66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="D66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="E66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="F66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="G66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="H66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="I66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="J66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="K66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="L66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="M66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="N66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="O66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="P66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="Q66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="R66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="S66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="T66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="U66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="V66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="W66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="X66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="Y66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="Z66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="AA66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="AB66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="AC66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="AD66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="AE66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="AF66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="AG66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="AH66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="AI66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="AJ66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="AK66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="AL66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="AM66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="AN66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="AO66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="AP66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="AQ66" s="8" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="B67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="C67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="D67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="E67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="F67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="G67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="H67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="I67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="J67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="K67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="L67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="M67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="N67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="O67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="P67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="Q67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="R67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="S67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="T67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="U67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="V67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="W67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="X67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="Y67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="Z67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="AA67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="AB67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="AC67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="AD67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="AE67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="AF67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="AG67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="AH67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="AI67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="AJ67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="AK67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="AL67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="AM67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="AN67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="AO67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="AP67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="AQ67" s="8" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="B68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="C68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="D68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="E68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="F68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="G68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="H68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="I68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="J68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="K68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="L68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="M68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="N68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="O68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="P68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="Q68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="R68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="S68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="T68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="U68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="V68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="W68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="X68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="Y68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="Z68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="AA68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="AB68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="AC68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="AD68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="AE68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="AF68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="AG68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="AH68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="AI68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="AJ68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="AK68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="AL68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="AM68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="AN68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="AO68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="AP68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="AQ68" s="8" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="B69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="C69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="D69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="E69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="F69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="G69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="H69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="I69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="J69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="K69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="L69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="M69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="N69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="O69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="P69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="Q69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="R69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="S69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="T69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="U69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="V69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="W69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="X69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="Y69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="Z69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="AA69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="AB69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="AC69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="AD69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="AE69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="AF69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="AG69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="AH69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="AI69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="AJ69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="AK69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="AL69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="AM69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="AN69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="AO69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="AP69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="AQ69" s="8" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="B70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="C70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="D70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="E70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="F70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="G70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="H70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="I70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="J70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="K70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="L70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="M70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="N70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="O70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="P70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="Q70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="R70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="S70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="T70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="U70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="V70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="W70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="X70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="Y70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="Z70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="AA70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="AB70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="AC70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="AD70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="AE70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="AF70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="AG70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="AH70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="AI70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="AJ70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="AK70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="AL70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="AM70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="AN70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="AO70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="AP70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="AQ70" s="8" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="B71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="C71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="D71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="E71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="F71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="G71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="H71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="I71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="J71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="K71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="L71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="M71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="N71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="O71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="P71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="Q71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="R71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="S71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="T71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="U71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="V71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="W71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="X71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="Y71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="Z71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="AA71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="AB71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="AC71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="AD71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="AE71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="AF71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="AG71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="AH71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="AI71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="AJ71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="AK71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="AL71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="AM71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="AN71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="AO71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="AP71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="AQ71" s="8" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="B72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="C72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="D72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="E72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="F72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="G72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="H72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="I72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="J72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="K72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="L72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="M72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="N72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="O72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="P72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="Q72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="R72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="S72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="T72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="U72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="V72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="W72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="X72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="Y72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="Z72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="AA72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="AB72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="AC72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="AD72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="AE72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="AF72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="AG72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="AH72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="AI72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="AJ72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="AK72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="AL72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="AM72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="AN72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="AO72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="AP72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="AQ72" s="8" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="B73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="C73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="D73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="E73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="F73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="G73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="H73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="I73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="J73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="K73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="L73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="M73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="N73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="O73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="P73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="Q73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="R73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="S73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="T73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="U73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="V73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="W73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="X73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="Y73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="Z73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="AA73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="AB73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="AC73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="AD73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="AE73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="AF73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="AG73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="AH73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="AI73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="AJ73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="AK73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="AL73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="AM73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="AN73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="AO73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="AP73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="AQ73" s="8" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="B74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="C74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="D74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="E74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="F74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="G74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="H74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="I74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="J74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="K74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="L74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="M74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="N74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="O74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="P74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="Q74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="R74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="S74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="T74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="U74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="V74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="W74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="X74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="Y74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="Z74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="AA74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="AB74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="AC74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="AD74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="AE74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="AF74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="AG74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="AH74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="AI74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="AJ74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="AK74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="AL74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="AM74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="AN74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="AO74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="AP74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="AQ74" s="8" t="s">
-        <v>141</v>
+        <v>149</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="B75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="C75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="D75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="E75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="F75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="G75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="H75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="I75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="J75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="K75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="L75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="M75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="N75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="O75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="P75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="Q75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="R75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="S75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="T75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="U75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="V75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="W75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="X75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="Z75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="AA75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="AC75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="AD75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="AE75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="AF75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="AG75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="AH75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="AI75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="AJ75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="AK75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="AL75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="AM75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="AN75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="AO75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="AP75" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="AQ75" s="8" t="s">
+        <v>150</v>
       </c>
     </row>
     <row r="76">
-      <c r="A76" s="1" t="s">
-[...126 lines deleted...]
-        <v>142</v>
+      <c r="A76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="B76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="C76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="D76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="E76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="F76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="G76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="H76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="I76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="J76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="K76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="L76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="M76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="N76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="O76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="P76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="Q76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="R76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="S76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="T76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="U76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="V76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="W76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="X76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="Y76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="Z76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="AA76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="AB76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="AC76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="AD76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="AE76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="AF76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="AG76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="AH76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="AI76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="AJ76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="AK76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="AL76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="AM76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="AN76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="AO76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="AP76" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="AQ76" s="8" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="B77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="C77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="D77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="E77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="F77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="G77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="H77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="I77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="J77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="K77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="L77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="M77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="N77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="O77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="P77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="Q77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="R77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="S77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="T77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="U77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="V77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="W77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="X77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="Y77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="Z77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="AA77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="AB77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="AC77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="AD77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="AE77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="AF77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="AG77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="AH77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="AI77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="AJ77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="AK77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="AL77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="AM77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="AN77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="AO77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="AP77" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="AQ77" s="8" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="B78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="C78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="D78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="E78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="F78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="G78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="H78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="I78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="J78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="K78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="L78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="M78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="N78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="O78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="P78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="Q78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="R78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="S78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="T78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="U78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="V78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="W78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="X78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="Y78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="Z78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="AA78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="AB78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="AC78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="AD78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="AE78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="AF78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="AG78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="AH78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="AI78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="AJ78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="AK78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="AL78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="AM78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="AN78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="AO78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="AP78" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="AQ78" s="8" t="s">
+        <v>153</v>
       </c>
     </row>
     <row r="79">
-      <c r="A79" s="9" t="s">
-[...3 lines deleted...]
-        <v>144</v>
+      <c r="A79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="B79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="C79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="D79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="E79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="F79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="G79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="H79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="I79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="J79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="K79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="L79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="M79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="N79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="O79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="P79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="Q79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="R79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="S79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="T79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="U79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="V79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="W79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="X79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="Y79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="Z79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="AA79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="AB79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="AC79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="AD79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="AE79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="AF79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="AG79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="AH79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="AI79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="AJ79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="AK79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="AL79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="AM79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="AN79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="AO79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="AP79" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="AQ79" s="8" t="s">
+        <v>154</v>
       </c>
     </row>
     <row r="80">
-      <c r="A80" s="10" t="s">
-[...3 lines deleted...]
-        <v>145</v>
+      <c r="A80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="B80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="C80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="D80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="E80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="F80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="G80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="H80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="I80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="J80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="K80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="L80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="M80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="N80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="O80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="P80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="Q80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="R80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="S80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="T80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="U80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="V80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="W80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="X80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="Y80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="Z80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="AA80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="AB80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="AC80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="AD80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="AE80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="AF80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="AG80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="AH80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="AI80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="AJ80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="AK80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="AL80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="AM80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="AN80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="AO80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="AP80" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="AQ80" s="8" t="s">
+        <v>155</v>
       </c>
     </row>
     <row r="81">
-      <c r="A81" s="11" t="s">
-[...3 lines deleted...]
-        <v>146</v>
+      <c r="A81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="B81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="C81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="D81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="E81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="F81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="G81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="H81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="I81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="J81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="K81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="L81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="M81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="N81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="O81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="P81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="Q81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="R81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="S81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="T81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="U81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="V81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="W81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="X81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="Y81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="Z81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="AA81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="AB81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="AC81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="AD81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="AE81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="AF81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="AG81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="AH81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="AI81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="AJ81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="AK81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="AL81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="AM81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="AN81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="AO81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="AP81" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="AQ81" s="8" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="B82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="C82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="D82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="E82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="F82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="G82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="H82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="I82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="J82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="K82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="L82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="M82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="N82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="O82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="P82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="Q82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="R82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="S82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="T82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="U82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="V82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="W82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="X82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="Y82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="Z82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="AA82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="AB82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="AC82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="AD82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="AE82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="AF82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="AG82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="AH82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="AI82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="AJ82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="AK82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="AL82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="AM82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="AN82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="AO82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="AP82" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="AQ82" s="8" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="B84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="C84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="D84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="E84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="F84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="H84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="I84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="J84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="K84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="L84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="M84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="N84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="O84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="P84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="Q84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="R84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="S84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="T84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="U84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="V84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="W84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="X84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="Y84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="Z84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="AA84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="AB84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="AC84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="AD84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="AE84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="AF84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="AG84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="AH84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="AI84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="AJ84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="AK84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="AL84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="AM84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="AN84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="AO84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="AP84" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="AQ84" s="1" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="9" t="s">
+        <v>159</v>
+      </c>
+      <c r="B87" s="1" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="10" t="s">
+        <v>159</v>
+      </c>
+      <c r="B88" s="1" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="11" t="s">
+        <v>159</v>
+      </c>
+      <c r="B89" s="1" t="s">
+        <v>162</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AQ1"/>
     <mergeCell ref="A2:A3"/>
-    <mergeCell ref="B2:O2"/>
-    <mergeCell ref="P2:AQ2"/>
+    <mergeCell ref="C2:P2"/>
+    <mergeCell ref="Q2:AQ2"/>
+    <mergeCell ref="B4:C4"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="I4:J4"/>
-    <mergeCell ref="U4:W4"/>
-[...22 lines deleted...]
-    <mergeCell ref="Y13:AA13"/>
+    <mergeCell ref="Y4:AC4"/>
+    <mergeCell ref="AD4:AQ4"/>
+    <mergeCell ref="T5:U5"/>
+    <mergeCell ref="AC5:AE5"/>
+    <mergeCell ref="AG5:AQ5"/>
+    <mergeCell ref="AJ6:AQ6"/>
+    <mergeCell ref="M7:O7"/>
+    <mergeCell ref="C8:D8"/>
+    <mergeCell ref="E8:F8"/>
+    <mergeCell ref="G8:H8"/>
+    <mergeCell ref="O8:P8"/>
+    <mergeCell ref="S8:U8"/>
+    <mergeCell ref="Z8:AA8"/>
+    <mergeCell ref="J9:L9"/>
+    <mergeCell ref="T9:U9"/>
+    <mergeCell ref="Y9:Z9"/>
+    <mergeCell ref="AG9:AM9"/>
+    <mergeCell ref="AN9:AQ9"/>
+    <mergeCell ref="E11:F11"/>
+    <mergeCell ref="U11:V11"/>
+    <mergeCell ref="AD11:AE11"/>
+    <mergeCell ref="AC12:AD12"/>
+    <mergeCell ref="Z13:AB13"/>
     <mergeCell ref="AP13:AQ13"/>
-    <mergeCell ref="J14:R14"/>
-[...8 lines deleted...]
-    <mergeCell ref="AA15:AF15"/>
+    <mergeCell ref="K14:S14"/>
+    <mergeCell ref="T14:U14"/>
+    <mergeCell ref="X14:AE14"/>
+    <mergeCell ref="AG14:AQ14"/>
+    <mergeCell ref="M15:O15"/>
+    <mergeCell ref="P15:R15"/>
+    <mergeCell ref="S15:U15"/>
+    <mergeCell ref="V15:Y15"/>
+    <mergeCell ref="Z15:AA15"/>
+    <mergeCell ref="AB15:AD15"/>
     <mergeCell ref="AG15:AQ15"/>
-    <mergeCell ref="Y16:Z16"/>
-[...8 lines deleted...]
-    <mergeCell ref="Y21:AC21"/>
+    <mergeCell ref="Z16:AA16"/>
+    <mergeCell ref="S18:T18"/>
+    <mergeCell ref="AA18:AB18"/>
+    <mergeCell ref="AG18:AL18"/>
+    <mergeCell ref="AH19:AQ19"/>
+    <mergeCell ref="K20:M20"/>
+    <mergeCell ref="AJ20:AQ20"/>
+    <mergeCell ref="S21:V21"/>
+    <mergeCell ref="W21:Y21"/>
+    <mergeCell ref="Z21:AD21"/>
     <mergeCell ref="AP21:AQ21"/>
-    <mergeCell ref="T22:U22"/>
-[...14 lines deleted...]
-    <mergeCell ref="AC32:AO32"/>
+    <mergeCell ref="U22:V22"/>
+    <mergeCell ref="AD22:AE22"/>
+    <mergeCell ref="T23:U23"/>
+    <mergeCell ref="AD23:AE23"/>
+    <mergeCell ref="AC24:AE24"/>
+    <mergeCell ref="AG25:AL25"/>
+    <mergeCell ref="AJ26:AQ26"/>
+    <mergeCell ref="D27:E27"/>
+    <mergeCell ref="F27:G27"/>
+    <mergeCell ref="N27:O27"/>
+    <mergeCell ref="AP28:AQ28"/>
+    <mergeCell ref="AK30:AQ30"/>
+    <mergeCell ref="J31:O31"/>
+    <mergeCell ref="AD31:AF31"/>
+    <mergeCell ref="AJ31:AQ31"/>
+    <mergeCell ref="AD32:AO32"/>
     <mergeCell ref="AP32:AQ32"/>
-    <mergeCell ref="AB33:AD33"/>
+    <mergeCell ref="AC33:AE33"/>
     <mergeCell ref="A35:AQ35"/>
     <mergeCell ref="A36:AQ36"/>
     <mergeCell ref="A37:AQ37"/>
     <mergeCell ref="A38:AQ38"/>
     <mergeCell ref="A39:AQ39"/>
     <mergeCell ref="A40:AQ40"/>
     <mergeCell ref="A41:AQ41"/>
     <mergeCell ref="A42:AQ42"/>
     <mergeCell ref="A43:AQ43"/>
     <mergeCell ref="A44:AQ44"/>
     <mergeCell ref="A45:AQ45"/>
     <mergeCell ref="A46:AQ46"/>
     <mergeCell ref="A47:AQ47"/>
     <mergeCell ref="A48:AQ48"/>
     <mergeCell ref="A49:AQ49"/>
     <mergeCell ref="A50:AQ50"/>
     <mergeCell ref="A51:AQ51"/>
     <mergeCell ref="A52:AQ52"/>
     <mergeCell ref="A53:AQ53"/>
     <mergeCell ref="A54:AQ54"/>
     <mergeCell ref="A55:AQ55"/>
     <mergeCell ref="A56:AQ56"/>
     <mergeCell ref="A57:AQ57"/>
     <mergeCell ref="A58:AQ58"/>
     <mergeCell ref="A59:AQ59"/>
     <mergeCell ref="A60:AQ60"/>
     <mergeCell ref="A61:AQ61"/>
     <mergeCell ref="A62:AQ62"/>
     <mergeCell ref="A63:AQ63"/>
     <mergeCell ref="A64:AQ64"/>
     <mergeCell ref="A65:AQ65"/>
     <mergeCell ref="A66:AQ66"/>
     <mergeCell ref="A67:AQ67"/>
     <mergeCell ref="A68:AQ68"/>
     <mergeCell ref="A69:AQ69"/>
     <mergeCell ref="A70:AQ70"/>
     <mergeCell ref="A71:AQ71"/>
     <mergeCell ref="A72:AQ72"/>
     <mergeCell ref="A73:AQ73"/>
     <mergeCell ref="A74:AQ74"/>
+    <mergeCell ref="A75:AQ75"/>
     <mergeCell ref="A76:AQ76"/>
+    <mergeCell ref="A77:AQ77"/>
+    <mergeCell ref="A78:AQ78"/>
+    <mergeCell ref="A79:AQ79"/>
+    <mergeCell ref="A80:AQ80"/>
+    <mergeCell ref="A81:AQ81"/>
+    <mergeCell ref="A82:AQ82"/>
+    <mergeCell ref="A84:AQ84"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>