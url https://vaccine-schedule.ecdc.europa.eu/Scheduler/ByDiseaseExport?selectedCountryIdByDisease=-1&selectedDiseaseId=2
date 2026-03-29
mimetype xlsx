--- v2 (2026-02-11)
+++ v3 (2026-03-29)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R3f39c081fa1b4c08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R30651aee3ae14ee2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R8d47ce1b50b8491c"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R57803800b6b24f8d"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="163" uniqueCount="163">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="161" uniqueCount="161">
   <si>
     <t>Tetanus: Recommended vaccinations</t>
   </si>
   <si>
     <t>Weeks</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
@@ -289,93 +289,90 @@
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>TT (34 )</t>
   </si>
   <si>
     <t>TT (35 )</t>
   </si>
   <si>
     <t>TT (36 )</t>
   </si>
   <si>
     <t>TT (37 )</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>TT (38 )</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
+    <t>Portugal</t>
+  </si>
+  <si>
     <t>TT (39 )</t>
   </si>
   <si>
-    <t>Portugal</t>
-[...1 lines deleted...]
-  <si>
     <t>TT (40 )</t>
   </si>
   <si>
+    <t>Romania</t>
+  </si>
+  <si>
+    <t>Slovakia</t>
+  </si>
+  <si>
     <t>TT (41 )</t>
   </si>
   <si>
-    <t>Romania</t>
-[...2 lines deleted...]
-    <t>Slovakia</t>
+    <t>Slovenia</t>
   </si>
   <si>
     <t>TT (42 )</t>
   </si>
   <si>
-    <t>Slovenia</t>
+    <t>Spain</t>
   </si>
   <si>
     <t>TT (43 )</t>
   </si>
   <si>
-    <t>Spain</t>
-[...1 lines deleted...]
-  <si>
     <t>TT (44 )</t>
   </si>
   <si>
+    <t>Sweden</t>
+  </si>
+  <si>
     <t>TT (45 )</t>
   </si>
   <si>
-    <t>Sweden</t>
-[...1 lines deleted...]
-  <si>
     <t>TT (46 )</t>
-  </si>
-[...1 lines deleted...]
-    <t>TT (47 )</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
     <t>1: Primary immunisation with a hexavalent vaccine as soon as possible after the age of 6 weeks (in any case by 3 months of age)</t>
   </si>
   <si>
     <t>2: Second dose of a hexavalent vaccine should be given 2 months after the first dose</t>
   </si>
   <si>
     <t>3: The third dose of the hexavalent vaccine should be given 6 months after the second dose, at the age of 10–12 months</t>
   </si>
   <si>
     <t>4: The first booster dose with a tetravalent dTaP-IPV vaccine recommended at the age of 5 years</t>
   </si>
   <si>
     <t xml:space="preserve">5: The second booster of the tetravalent dTaP-IPV vaccine is recommended 5 years after the first booster, or latest between 13/14 years of age </t>
   </si>
   <si>
     <t xml:space="preserve">6: After 15 years of age, booster vaccinations recommended with a  dTaP vaccine every 5 years. If there is no special indication for further polio vaccinations and two or more booster vaccinations against polio (with IPV) have been given after the basic immunisation, only diphtheria-tetanus-pertussis vaccinations are then given. </t>
   </si>
   <si>
     <t>7: One dose of dTTaP every 10 years for adults after receiving the childhood immunisation schedule. Vaccination of expectant mothers during every pregnancy with a pertussis-containing vaccine in week 24 to week 32 of pregnancy. dTTaP boosters are funded for all pregnant women nationally. However, these booster doses are only offered for free in other adults in Flanders region.</t>
   </si>
@@ -452,79 +449,76 @@
   <si>
     <t>31: Subsequent booster doses every 5-10 years</t>
   </si>
   <si>
     <t>32: For premature infants (born before 33 weeks) or with a birthweight &lt;1500g, a 3+1 schedule is recommended</t>
   </si>
   <si>
     <t>33: Subsequent Tdacp-IPV booster every 10 years</t>
   </si>
   <si>
     <t xml:space="preserve">34: This additional vaccination is recommended only for infants at 2 months of age whose mothers were not vaccinated during pregnancy, and in specific circumstances. In all other cases, infants born to mothers vaccinated during pregnancy (at 22 weeks gestation) receive a two-dose primary series at 3 and 5 months of age. </t>
   </si>
   <si>
     <t>35: starting cohort 2021</t>
   </si>
   <si>
     <t>36: starting cohort 2016</t>
   </si>
   <si>
     <t xml:space="preserve">37: Recommended for pregnant women from the 22nd weeks of  pregnancy until delivery (in every pregnancy)</t>
   </si>
   <si>
     <t>38: Revaccination every 10 years</t>
   </si>
   <si>
-    <t>39: Should not be given earlier than 5 years after the previous dose</t>
-[...2 lines deleted...]
-    <t>40: Adult Td booster at ages 25 and 45. More information available at: https://www.dgs.pt/ficheiros-de-upload-2013/38-tetano-pdf.aspx
+    <t>39: Adult Td booster at ages 25 and 45. More information available at: https://www.dgs.pt/ficheiros-de-upload-2013/38-tetano-pdf.aspx
 Tdap vaccination is also recommended during pregnancy between 20 to 36 weeks of gestation. More information available at: https://www.dgs.pt/ficheiros-de-upload-2013/39-tosse-convulsa-pdf.aspx</t>
   </si>
   <si>
-    <t>41: Adult Td booster at 65 years of age, thereafter every 10 years. More information available at: https://www.dgs.pt/ficheiros-de-upload-2013/38-tetano-pdf.aspx</t>
-[...20 lines deleted...]
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-11 at 19:44.</t>
+    <t>40: Adult Td booster at 65 years of age, thereafter every 10 years. More information available at: https://www.dgs.pt/ficheiros-de-upload-2013/38-tetano-pdf.aspx</t>
+  </si>
+  <si>
+    <t xml:space="preserve">41: Td booster at the age of 30 years and following dose every 15 years. </t>
+  </si>
+  <si>
+    <t>42: Td booster every 10 years</t>
+  </si>
+  <si>
+    <t>43: Repeat for pregnant women starting at week 27 of pregnancy (preferably at week 27 or 28). Catch-up vaccination is also offered to susceptible individuals in this age group. Additional information available at: https://www.sanidad.gob.es/areas/promocionPrevencion/vacunaciones/calendario/docs/CalendarioVacunacion_Todalavida.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">44: One dose at around 65 years of age if primary course completed. For additional information on catch-up vaccinations prior to 65 years of age, refer to specific recommendations available at https://www.sanidad.gob.es/profesionales/saludPublica/prevPromocion/vacunaciones/comoTrabajamos/difteria-tetanos-tosferina.htm  </t>
+  </si>
+  <si>
+    <t>45: Given to 8-9 grade students.</t>
+  </si>
+  <si>
+    <t>46: For adults above 18 years, dT booster doses are recommended every 20 years (not funded by the National Health system).</t>
+  </si>
+  <si>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-03-29 at 01:07.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -582,56 +576,56 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R8d47ce1b50b8491c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R730e154fac59417a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rffd700ff7bf94bcc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R57803800b6b24f8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rc951332f14dd4cf6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R2140fcd66a274d30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AQ89"/>
+  <dimension ref="A1:AQ88"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
     <col min="8" max="8" width="13.17" customWidth="1" style="1"/>
     <col min="9" max="9" width="13.17" customWidth="1" style="1"/>
     <col min="10" max="10" width="13.17" customWidth="1" style="1"/>
     <col min="11" max="11" width="13.17" customWidth="1" style="1"/>
     <col min="12" max="12" width="13.17" customWidth="1" style="1"/>
     <col min="13" max="13" width="13.17" customWidth="1" style="1"/>
     <col min="14" max="14" width="13.17" customWidth="1" style="1"/>
     <col min="15" max="15" width="13.17" customWidth="1" style="1"/>
     <col min="16" max="16" width="13.17" customWidth="1" style="1"/>
     <col min="17" max="17" width="13.17" customWidth="1" style="1"/>
     <col min="18" max="18" width="13.17" customWidth="1" style="1"/>
     <col min="19" max="19" width="13.17" customWidth="1" style="1"/>
     <col min="20" max="20" width="13.17" customWidth="1" style="1"/>
@@ -1743,6676 +1737,6555 @@
       <c r="A27" s="4" t="s">
         <v>94</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>40</v>
       </c>
       <c r="D27" s="5" t="s">
         <v>40</v>
       </c>
       <c r="E27" s="1"/>
       <c r="F27" s="5" t="s">
         <v>40</v>
       </c>
       <c r="G27" s="1"/>
       <c r="N27" s="5" t="s">
         <v>40</v>
       </c>
       <c r="O27" s="1"/>
       <c r="U27" s="5" t="s">
         <v>40</v>
       </c>
       <c r="AC27" s="5" t="s">
         <v>40</v>
       </c>
       <c r="AH27" s="5" t="s">
-        <v>95</v>
+        <v>40</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C28" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E28" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="G28" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="O28" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="T28" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y28" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="AJ28" s="5" t="s">
         <v>96</v>
       </c>
-      <c r="C28" s="5" t="s">
-[...17 lines deleted...]
-      <c r="AJ28" s="5" t="s">
+      <c r="AL28" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="AP28" s="5" t="s">
         <v>97</v>
-      </c>
-[...4 lines deleted...]
-        <v>98</v>
       </c>
       <c r="AQ28" s="1"/>
     </row>
     <row r="29">
       <c r="A29" s="4" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>40</v>
       </c>
       <c r="E29" s="5" t="s">
         <v>40</v>
       </c>
       <c r="J29" s="5" t="s">
         <v>40</v>
       </c>
       <c r="U29" s="5" t="s">
         <v>40</v>
       </c>
       <c r="AC29" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="C30" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E30" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="I30" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="T30" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="AA30" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="AK30" s="5" t="s">
         <v>100</v>
-      </c>
-[...16 lines deleted...]
-        <v>101</v>
       </c>
       <c r="AL30" s="1"/>
       <c r="AM30" s="1"/>
       <c r="AN30" s="1"/>
       <c r="AO30" s="1"/>
       <c r="AP30" s="1"/>
       <c r="AQ30" s="1"/>
     </row>
     <row r="31">
       <c r="A31" s="4" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>40</v>
       </c>
       <c r="F31" s="5" t="s">
         <v>40</v>
       </c>
       <c r="J31" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K31" s="1"/>
       <c r="L31" s="1"/>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
       <c r="O31" s="1"/>
       <c r="W31" s="5" t="s">
         <v>40</v>
       </c>
       <c r="AD31" s="5" t="s">
         <v>40</v>
       </c>
       <c r="AE31" s="1"/>
       <c r="AF31" s="1"/>
       <c r="AJ31" s="5" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="AK31" s="1"/>
       <c r="AL31" s="1"/>
       <c r="AM31" s="1"/>
       <c r="AN31" s="1"/>
       <c r="AO31" s="1"/>
       <c r="AP31" s="1"/>
       <c r="AQ31" s="1"/>
     </row>
     <row r="32">
       <c r="A32" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="C32" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="J32" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="U32" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="AC32" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="AD32" s="7" t="s">
         <v>104</v>
-      </c>
-[...16 lines deleted...]
-        <v>105</v>
       </c>
       <c r="AE32" s="1"/>
       <c r="AF32" s="1"/>
       <c r="AG32" s="1"/>
       <c r="AH32" s="1"/>
       <c r="AI32" s="1"/>
       <c r="AJ32" s="1"/>
       <c r="AK32" s="1"/>
       <c r="AL32" s="1"/>
       <c r="AM32" s="1"/>
       <c r="AN32" s="1"/>
       <c r="AO32" s="1"/>
       <c r="AP32" s="5" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="AQ32" s="1"/>
     </row>
     <row r="33">
       <c r="A33" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="D33" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="F33" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K33" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="T33" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="AC33" s="5" t="s">
         <v>107</v>
-      </c>
-[...13 lines deleted...]
-        <v>108</v>
       </c>
       <c r="AD33" s="1"/>
       <c r="AE33" s="1"/>
-      <c r="AG33" s="7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AG33" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="AH33" s="1"/>
+      <c r="AI33" s="1"/>
+      <c r="AJ33" s="1"/>
+      <c r="AK33" s="1"/>
+      <c r="AL33" s="1"/>
+      <c r="AM33" s="1"/>
+      <c r="AN33" s="1"/>
+      <c r="AO33" s="1"/>
+      <c r="AP33" s="1"/>
+      <c r="AQ33" s="1"/>
     </row>
     <row r="35">
       <c r="A35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="F35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="G35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="H35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="I35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="J35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="K35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="L35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="M35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="N35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="O35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="P35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="Q35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="R35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="S35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="T35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="U35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="V35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="W35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="X35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="Y35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="Z35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AA35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AB35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AC35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AD35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AE35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AF35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AG35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AH35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AI35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AJ35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AK35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AL35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AM35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AN35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AO35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AP35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="AQ35" s="4" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="C36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="D36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="E36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="F36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="G36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="H36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="I36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="J36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="K36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="L36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="M36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="O36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="P36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="Q36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="R36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="S36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="T36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="U36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="V36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="W36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="X36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="Y36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="Z36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AA36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AB36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AC36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AD36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AE36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AF36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AG36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AH36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AI36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AJ36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AK36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AL36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AM36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AN36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AO36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AP36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="AQ36" s="8" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="D37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="E37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="F37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="G37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="H37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="I37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="J37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="K37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="L37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="M37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="O37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="P37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="Q37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="R37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="S37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="T37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="U37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="V37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="W37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="X37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="Y37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="Z37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AA37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AB37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AC37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AD37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AE37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AF37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AG37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AH37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AI37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AJ37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AK37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AL37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AM37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AN37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AO37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AP37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="AQ37" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="D38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="E38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="F38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="G38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="H38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="I38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="J38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="K38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="L38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="M38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="O38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="P38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="Q38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="R38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="S38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="T38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="U38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="V38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="W38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="X38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="Y38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="Z38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="AA38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="AB38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="AC38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="AD38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="AE38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="AF38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="AG38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="AH38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="AI38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="AJ38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="AK38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="AL38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="AM38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="AN38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="AO38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="AP38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="AQ38" s="8" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="D39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="E39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="F39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="G39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="H39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="I39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="J39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="K39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="L39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="M39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="O39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="P39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="Q39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="R39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="S39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="T39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="U39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="V39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="W39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="X39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="Y39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="Z39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AA39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AB39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AC39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AD39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AE39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AF39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AG39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AH39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AI39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AJ39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AK39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AL39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AM39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AN39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AO39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AP39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="AQ39" s="8" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="C40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="D40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="E40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="F40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="G40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="H40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="I40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="J40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="K40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="L40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="M40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="O40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="P40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="Q40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="R40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="S40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="T40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="U40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="V40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="W40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="X40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="Y40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="Z40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AA40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AB40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AC40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AD40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AE40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AF40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AG40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AH40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AI40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AJ40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AK40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AL40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AM40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AN40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AO40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AP40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="AQ40" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="C41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="D41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="E41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="F41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="G41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="I41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="J41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="K41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="L41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="M41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="N41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="O41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="P41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="Q41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="R41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="S41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="T41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="U41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="V41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="W41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="X41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="Y41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="Z41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="AA41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="AB41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="AC41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="AD41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="AE41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="AF41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="AG41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="AH41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="AI41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="AJ41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="AK41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="AL41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="AM41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="AN41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="AO41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="AP41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="AQ41" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="B42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="C42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="D42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="E42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="F42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="G42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="H42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="I42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="J42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="K42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="L42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="M42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="N42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="O42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="P42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="Q42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="R42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="S42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="T42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="U42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="V42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="W42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="X42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="Y42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="Z42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="AA42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="AB42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="AC42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="AD42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="AE42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="AF42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="AG42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="AH42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="AI42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="AJ42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="AK42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="AL42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="AM42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="AN42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="AO42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="AP42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="AQ42" s="8" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="D43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="E43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="G43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="H43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="I43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="J43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="K43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="L43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="M43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="N43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="O43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="P43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="Q43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="R43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="S43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="T43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="U43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="V43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="W43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="X43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="Y43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="Z43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="AA43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="AB43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="AC43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="AD43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="AE43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="AF43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="AG43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="AH43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="AI43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="AJ43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="AK43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="AL43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="AM43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="AN43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="AO43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="AP43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="AQ43" s="8" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="C44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="D44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="E44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="F44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="G44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="H44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="I44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="J44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="K44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="L44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="M44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="N44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="O44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="P44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="Q44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="R44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="S44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="T44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="U44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="V44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="W44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="X44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="Y44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="Z44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="AA44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="AB44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="AC44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="AD44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="AE44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="AF44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="AG44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="AH44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="AI44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="AJ44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="AK44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="AL44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="AM44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="AN44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="AO44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="AP44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="AQ44" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="C45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="D45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="E45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="F45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="G45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="H45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="I45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="J45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="K45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="L45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="M45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="N45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="O45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="P45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="Q45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="R45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="S45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="T45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="U45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="V45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="W45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="X45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="Y45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="Z45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="AA45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="AB45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="AC45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="AD45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="AE45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="AF45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="AG45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="AH45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="AI45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="AJ45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="AK45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="AL45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="AM45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="AN45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="AO45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="AP45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="AQ45" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="D46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="E46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="G46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="H46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="I46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="J46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="K46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="L46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="M46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="N46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="O46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="P46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="Q46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="R46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="S46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="T46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="U46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="V46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="W46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="X46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="Y46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="Z46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AA46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AB46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AC46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AD46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AE46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AF46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AG46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AH46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AI46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AJ46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AK46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AL46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AM46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AN46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AO46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AP46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AQ46" s="8" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="H47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="I47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="J47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="K47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="L47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="M47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="N47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="O47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="P47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="Q47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="R47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="S47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="T47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="U47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="V47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="W47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="X47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="Y47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="Z47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AA47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AB47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AC47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AD47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AE47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AF47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AG47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AH47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AI47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AJ47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AK47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AL47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AM47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AN47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AO47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AP47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="AQ47" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="D48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="E48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="F48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="G48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="H48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="I48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="J48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="K48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="L48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="M48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="N48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="O48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="P48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="Q48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="R48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="S48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="T48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="U48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="V48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="W48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="X48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="Y48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="Z48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AA48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AB48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AC48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AD48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AE48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AF48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AG48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AH48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AI48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AJ48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AK48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AL48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AM48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AN48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AO48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AP48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="AQ48" s="8" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="C49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="D49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="E49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="F49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="G49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="I49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="J49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="K49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="L49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="M49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="N49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="O49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="P49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="Q49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="R49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="S49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="T49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="U49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="V49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="W49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="X49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="Y49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="Z49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="AA49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="AB49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="AC49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="AD49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="AE49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="AF49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="AG49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="AH49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="AI49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="AJ49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="AK49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="AL49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="AM49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="AN49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="AO49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="AP49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="AQ49" s="8" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="B50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="F50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="I50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="J50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="K50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="L50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="M50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="N50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="S50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="T50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="U50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="V50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="W50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="X50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Y50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Z50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="AA50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="AB50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="AC50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="AD50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="AE50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="AF50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="AG50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="AH50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="AI50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="AJ50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="AK50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="AL50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="AM50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="AN50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="AO50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="AP50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="AQ50" s="8" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="D51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="E51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="G51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="J51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="K51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="L51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="M51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="P51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="Q51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="S51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="T51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="U51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="V51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="W51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="X51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="Y51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="Z51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="AA51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="AB51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="AC51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="AD51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="AE51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="AF51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="AG51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="AH51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="AI51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="AJ51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="AK51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="AL51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="AM51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="AN51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="AO51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="AP51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="AQ51" s="8" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="C52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="D52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="E52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="G52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="H52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="I52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="L52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="M52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="N52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="O52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="P52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="Q52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="R52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="W52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="X52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="Y52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="Z52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="AA52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="AB52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="AC52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="AD52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="AE52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="AF52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="AG52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="AH52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="AI52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="AJ52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="AK52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="AL52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="AM52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="AN52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="AO52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="AP52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="AQ52" s="8" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="D53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="E53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="F53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="G53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="I53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="J53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="K53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="L53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="N53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="O53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="P53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="Q53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="R53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="S53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="T53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="U53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="V53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="W53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="X53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="Y53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="Z53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="AA53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="AB53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="AC53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="AD53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="AE53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="AF53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="AG53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="AH53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="AI53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="AJ53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="AK53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="AL53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="AM53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="AN53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="AO53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="AP53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="AQ53" s="8" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="C54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="D54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="E54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="G54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="H54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="I54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="J54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="K54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="L54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="M54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="N54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="O54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="P54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="Q54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="R54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="S54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="T54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="U54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="V54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="W54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="X54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="Y54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="Z54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="AA54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="AB54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="AC54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="AD54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="AE54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="AF54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="AG54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="AH54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="AI54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="AJ54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="AK54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="AL54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="AM54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="AN54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="AO54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="AP54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="AQ54" s="8" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="C55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="E55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="F55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="G55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="H55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="I55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="J55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="K55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="L55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="M55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="N55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="O55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="P55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="Q55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="R55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="S55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="T55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="U55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="V55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="W55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="X55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="Y55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="Z55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="AA55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="AB55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="AC55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="AD55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="AE55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="AF55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="AG55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="AH55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="AI55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="AJ55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="AK55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="AL55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="AM55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="AN55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="AO55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="AP55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="AQ55" s="8" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="C56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="D56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="E56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="F56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="G56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="H56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="I56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="J56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="K56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="L56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="M56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="N56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="O56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="P56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="Q56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="R56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="S56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="T56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="U56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="V56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="W56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="X56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="Y56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="Z56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="AA56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="AB56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="AC56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="AD56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="AE56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="AF56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="AG56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="AH56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="AI56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="AJ56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="AK56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="AL56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="AM56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="AN56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="AO56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="AP56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="AQ56" s="8" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="C57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="D57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="E57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="F57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="G57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="H57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="I57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="J57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="K57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="L57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="M57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="N57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="O57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="P57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="Q57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="R57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="S57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="T57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="U57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="V57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="W57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="X57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="Y57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="Z57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="AA57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="AB57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="AC57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="AD57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="AE57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="AF57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="AG57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="AH57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="AI57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="AJ57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="AK57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="AL57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="AM57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="AN57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="AO57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="AP57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="AQ57" s="8" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="E58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="F58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="G58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="H58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="I58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="J58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="K58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="L58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="M58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="N58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="O58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="P58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="Q58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="R58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="S58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="T58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="U58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="V58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="W58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="X58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="Y58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="Z58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="AA58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="AB58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="AC58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="AD58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="AE58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="AF58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="AG58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="AH58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="AI58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="AJ58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="AK58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="AL58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="AM58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="AN58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="AO58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="AP58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="AQ58" s="8" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="C59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="D59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="E59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="F59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="G59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="H59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="I59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="J59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="K59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="L59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="M59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="N59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="O59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="P59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="Q59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="R59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="S59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="T59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="U59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="V59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="W59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="X59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="Y59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="Z59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="AA59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="AB59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="AC59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="AD59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="AE59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="AF59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="AG59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="AH59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="AI59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="AJ59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="AK59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="AL59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="AM59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="AN59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="AO59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="AP59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="AQ59" s="8" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="D60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="E60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="F60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="G60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="H60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="I60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="J60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="K60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="L60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="M60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="N60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="O60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="P60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="Q60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="R60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="S60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="T60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="U60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="V60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="W60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="X60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="Y60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="Z60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="AA60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="AB60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="AC60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="AD60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="AE60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="AF60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="AG60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="AH60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="AI60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="AJ60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="AK60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="AL60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="AM60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="AN60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="AO60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="AP60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="AQ60" s="8" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="B61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="C61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="D61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="E61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="F61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="G61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="H61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="I61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="J61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="K61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="L61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="M61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="N61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="O61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="P61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="Q61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="R61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="S61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="T61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="U61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="V61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="W61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="X61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="Y61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="Z61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="AA61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="AB61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="AC61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="AD61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="AE61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="AF61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="AG61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="AH61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="AI61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="AJ61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="AK61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="AL61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="AM61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="AN61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="AO61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="AP61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="AQ61" s="8" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="C62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="D62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="E62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="F62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="G62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="H62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="I62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="J62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="K62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="L62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="M62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="N62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="O62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="P62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="Q62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="R62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="S62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="T62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="U62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="V62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="W62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="X62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="Y62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="Z62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="AA62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="AB62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="AC62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="AD62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="AE62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="AF62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="AG62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="AH62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="AI62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="AJ62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="AK62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="AL62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="AM62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="AN62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="AO62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="AP62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="AQ62" s="8" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="D63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="E63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="F63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="G63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="H63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="I63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="J63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="K63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="L63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="M63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="N63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="O63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="P63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="Q63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="R63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="S63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="T63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="U63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="V63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="W63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="X63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="Y63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="Z63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="AA63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="AB63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="AC63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="AD63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="AE63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="AF63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="AG63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="AH63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="AI63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="AJ63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="AK63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="AL63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="AM63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="AN63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="AO63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="AP63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="AQ63" s="8" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="C64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="D64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="E64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="F64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="G64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="H64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="I64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="J64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="K64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="L64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="M64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="N64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="O64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="P64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="Q64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="R64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="S64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="T64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="U64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="V64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="W64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="X64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="Y64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="Z64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="AA64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="AB64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="AC64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="AD64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="AE64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="AF64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="AG64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="AH64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="AI64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="AJ64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="AK64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="AL64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="AM64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="AN64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="AO64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="AP64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="AQ64" s="8" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="B65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="C65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="D65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="E65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="F65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="G65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="H65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="I65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="J65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="K65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="L65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="M65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="N65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="O65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="P65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="Q65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="R65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="S65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="T65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="U65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="V65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="W65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="X65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="Y65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="Z65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="AA65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="AB65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="AC65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="AD65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="AE65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="AF65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="AG65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="AH65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="AI65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="AJ65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="AK65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="AL65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="AM65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="AN65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="AO65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="AP65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="AQ65" s="8" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="C66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="D66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="E66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="F66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="G66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="H66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="I66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="J66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="K66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="L66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="M66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="N66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="O66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="P66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="Q66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="R66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="S66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="T66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="U66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="V66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="W66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="X66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="Y66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="Z66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AA66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AB66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AC66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AD66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AE66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AF66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AG66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AH66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AI66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AJ66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AK66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AL66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AM66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AN66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AO66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AP66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="AQ66" s="8" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="C67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="D67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="E67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="F67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="G67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="H67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="I67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="J67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="K67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="L67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="M67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="N67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="O67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="P67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="Q67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="R67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="S67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="T67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="U67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="V67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="W67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="X67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="Y67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="Z67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AA67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AB67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AC67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AD67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AE67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AF67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AG67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AH67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AI67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AJ67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AK67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AL67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AM67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AN67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AO67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AP67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="AQ67" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="B68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="C68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="D68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="E68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="F68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="G68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="H68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="I68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="J68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="K68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="L68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="M68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="N68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="O68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="P68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="Q68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="R68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="S68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="T68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="U68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="V68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="W68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="X68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="Y68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="Z68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="AA68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="AB68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="AC68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="AD68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="AE68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="AF68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="AG68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="AH68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="AI68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="AJ68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="AK68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="AL68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="AM68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="AN68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="AO68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="AP68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="AQ68" s="8" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="B69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="C69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="D69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="E69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="F69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="G69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="H69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="I69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="J69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="K69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="L69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="M69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="N69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="O69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="P69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="Q69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="R69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="S69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="T69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="U69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="V69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="W69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="X69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="Y69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="Z69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="AA69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="AB69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="AC69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="AD69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="AE69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="AF69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="AG69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="AH69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="AI69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="AJ69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="AK69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="AL69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="AM69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="AN69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="AO69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="AP69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="AQ69" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="B70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="C70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="D70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="E70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="F70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="G70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="H70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="I70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="J70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="K70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="L70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="M70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="N70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="O70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="P70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="Q70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="R70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="S70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="T70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="U70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="V70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="W70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="X70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="Y70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="Z70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AA70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AB70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AC70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AD70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AE70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AF70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AG70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AH70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AI70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AJ70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AK70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AL70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AM70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AN70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AO70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AP70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AQ70" s="8" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="B71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="C71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="D71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="E71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="F71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="G71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="H71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="I71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="J71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="K71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="L71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="M71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="N71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="O71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="P71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="Q71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="R71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="S71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="T71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="U71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="V71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="W71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="X71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="Y71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="Z71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AA71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AB71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AC71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AD71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AE71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AF71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AG71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AH71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AI71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AJ71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AK71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AL71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AM71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AN71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AO71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AP71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="AQ71" s="8" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="B72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="C72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="D72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="E72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="F72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="G72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="H72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="I72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="J72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="K72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="L72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="M72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="N72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="O72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="P72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="Q72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="R72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="S72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="T72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="U72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="V72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="W72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="X72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="Y72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="Z72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="AA72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="AB72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="AC72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="AD72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="AE72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="AF72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="AG72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="AH72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="AI72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="AJ72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="AK72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="AL72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="AM72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="AN72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="AO72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="AP72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="AQ72" s="8" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="C73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="D73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="E73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="F73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="G73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="H73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="I73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="J73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="K73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="L73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="M73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="N73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="O73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="P73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="Q73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="R73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="S73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="T73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="U73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="V73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="W73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="X73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="Y73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="Z73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="AA73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="AB73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="AC73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="AD73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="AE73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="AF73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="AG73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="AH73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="AI73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="AJ73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="AK73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="AL73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="AM73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="AN73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="AO73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="AP73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="AQ73" s="8" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="C74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="D74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="E74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="F74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="G74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="H74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="I74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="J74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="K74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="L74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="M74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="N74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="O74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="P74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="Q74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="R74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="S74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="T74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="U74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="V74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="W74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="X74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="Y74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="Z74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="AA74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="AB74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="AC74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="AD74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="AE74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="AF74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="AG74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="AH74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="AI74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="AJ74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="AK74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="AL74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="AM74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="AN74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="AO74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="AP74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="AQ74" s="8" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="B75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="C75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="D75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="E75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="F75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="G75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="H75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="I75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="J75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="K75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="L75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="M75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="N75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="O75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="P75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="Q75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="R75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="S75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="T75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="U75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="V75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="W75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="X75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="Y75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="Z75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="AA75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="AB75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="AC75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="AD75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="AE75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="AF75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="AG75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="AH75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="AI75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="AJ75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="AK75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="AL75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="AM75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="AN75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="AO75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="AP75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="AQ75" s="8" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="B76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="C76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="E76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="F76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="G76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="H76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="I76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="K76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="L76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="M76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="N76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="O76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="P76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="Q76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="R76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="S76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="T76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="U76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="V76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="W76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="X76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="Y76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="Z76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="AA76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="AB76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="AC76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="AD76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="AE76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="AF76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="AG76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="AH76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="AI76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="AJ76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="AK76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="AL76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="AM76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="AN76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="AO76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="AP76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="AQ76" s="8" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="C77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="D77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="E77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="F77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="G77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="H77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="I77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="J77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="K77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="L77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="M77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="N77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="O77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="P77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="Q77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="R77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="S77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="T77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="U77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="V77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="W77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="X77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="Y77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="Z77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="AA77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="AB77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="AC77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="AD77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="AE77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="AF77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="AG77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="AH77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="AI77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="AJ77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="AK77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="AL77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="AM77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="AN77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="AO77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="AP77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="AQ77" s="8" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="B78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="C78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="D78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="E78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="F78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="G78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="H78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="I78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="J78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="K78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="L78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="M78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="N78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="O78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="P78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="Q78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="R78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="S78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="T78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="U78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="V78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="W78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="X78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="Y78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="Z78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="AA78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="AB78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="AC78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="AD78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="AE78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="AF78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="AG78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="AH78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="AI78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="AJ78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="AK78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="AL78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="AM78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="AN78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="AO78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="AP78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="AQ78" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="C79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="E79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="G79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="H79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="I79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="J79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="K79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="L79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="M79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="N79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="O79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="P79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="Q79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="R79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="S79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="T79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="U79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="V79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="W79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="X79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="Y79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="Z79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="AA79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="AB79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="AC79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="AD79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="AE79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="AF79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="AG79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="AH79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="AI79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="AJ79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="AK79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="AL79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="AM79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="AN79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="AO79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="AP79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="AQ79" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="B80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="C80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="D80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="E80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="F80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="G80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="H80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="I80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="J80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="K80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="L80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="M80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="N80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="O80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="P80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="Q80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="R80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="S80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="T80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="U80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="V80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="W80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="X80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="Y80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="Z80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="AA80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="AB80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="AC80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="AD80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="AE80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="AF80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="AG80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="AH80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="AI80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="AJ80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="AK80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="AL80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="AM80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="AN80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="AO80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="AP80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="AQ80" s="8" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="B81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="C81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="D81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="E81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="F81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="G81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="H81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="I81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="J81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="K81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="L81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="M81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="N81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="O81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="P81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="Q81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="R81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="S81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="T81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="U81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="V81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="W81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="X81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="Y81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="Z81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="AA81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="AB81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="AC81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="AD81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="AE81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="AF81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="AG81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="AH81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="AI81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="AJ81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="AK81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="AL81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="AM81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="AN81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="AO81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="AP81" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="AQ81" s="8" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="B81" s="8" t="s">
+      <c r="B83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="C81" s="8" t="s">
+      <c r="C83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="D81" s="8" t="s">
+      <c r="D83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="E81" s="8" t="s">
+      <c r="E83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="F81" s="8" t="s">
+      <c r="F83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="G81" s="8" t="s">
+      <c r="G83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="H81" s="8" t="s">
+      <c r="H83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="I81" s="8" t="s">
+      <c r="I83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="J81" s="8" t="s">
+      <c r="J83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="K81" s="8" t="s">
+      <c r="K83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="L81" s="8" t="s">
+      <c r="L83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="M81" s="8" t="s">
+      <c r="M83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="N81" s="8" t="s">
+      <c r="N83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="O81" s="8" t="s">
+      <c r="O83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="P81" s="8" t="s">
+      <c r="P83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="Q81" s="8" t="s">
+      <c r="Q83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="R81" s="8" t="s">
+      <c r="R83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="S81" s="8" t="s">
+      <c r="S83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="T81" s="8" t="s">
+      <c r="T83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="U81" s="8" t="s">
+      <c r="U83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="V81" s="8" t="s">
+      <c r="V83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="W81" s="8" t="s">
+      <c r="W83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="X81" s="8" t="s">
+      <c r="X83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="Y81" s="8" t="s">
+      <c r="Y83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="Z81" s="8" t="s">
+      <c r="Z83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="AA81" s="8" t="s">
+      <c r="AA83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="AB81" s="8" t="s">
+      <c r="AB83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="AC81" s="8" t="s">
+      <c r="AC83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="AD81" s="8" t="s">
+      <c r="AD83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="AE81" s="8" t="s">
+      <c r="AE83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="AF81" s="8" t="s">
+      <c r="AF83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="AG81" s="8" t="s">
+      <c r="AG83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="AH81" s="8" t="s">
+      <c r="AH83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="AI81" s="8" t="s">
+      <c r="AI83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="AJ81" s="8" t="s">
+      <c r="AJ83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="AK81" s="8" t="s">
+      <c r="AK83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="AL81" s="8" t="s">
+      <c r="AL83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="AM81" s="8" t="s">
+      <c r="AM83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="AN81" s="8" t="s">
+      <c r="AN83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="AO81" s="8" t="s">
+      <c r="AO83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="AP81" s="8" t="s">
+      <c r="AP83" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="AQ81" s="8" t="s">
+      <c r="AQ83" s="1" t="s">
         <v>156</v>
       </c>
     </row>
-    <row r="82">
-      <c r="A82" s="8" t="s">
+    <row r="86">
+      <c r="A86" s="9" t="s">
         <v>157</v>
       </c>
-      <c r="B82" s="8" t="s">
-[...253 lines deleted...]
-      <c r="AQ84" s="1" t="s">
+      <c r="B86" s="1" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="87">
-      <c r="A87" s="9" t="s">
+      <c r="A87" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="B87" s="1" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="88">
-      <c r="A88" s="10" t="s">
-        <v>159</v>
+      <c r="A88" s="11" t="s">
+        <v>157</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>161</v>
-[...7 lines deleted...]
-        <v>162</v>
+        <v>160</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AQ1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="C2:P2"/>
     <mergeCell ref="Q2:AQ2"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="I4:J4"/>
     <mergeCell ref="Y4:AC4"/>
     <mergeCell ref="AD4:AQ4"/>
     <mergeCell ref="T5:U5"/>
     <mergeCell ref="AC5:AE5"/>
     <mergeCell ref="AG5:AQ5"/>
     <mergeCell ref="AJ6:AQ6"/>
     <mergeCell ref="M7:O7"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="E8:F8"/>
     <mergeCell ref="G8:H8"/>
     <mergeCell ref="O8:P8"/>
     <mergeCell ref="S8:U8"/>
     <mergeCell ref="Z8:AA8"/>
     <mergeCell ref="J9:L9"/>
@@ -8444,78 +8317,78 @@
     <mergeCell ref="AH19:AQ19"/>
     <mergeCell ref="K20:M20"/>
     <mergeCell ref="AJ20:AQ20"/>
     <mergeCell ref="S21:V21"/>
     <mergeCell ref="W21:Y21"/>
     <mergeCell ref="Z21:AD21"/>
     <mergeCell ref="AP21:AQ21"/>
     <mergeCell ref="U22:V22"/>
     <mergeCell ref="AD22:AE22"/>
     <mergeCell ref="T23:U23"/>
     <mergeCell ref="AD23:AE23"/>
     <mergeCell ref="AC24:AE24"/>
     <mergeCell ref="AG25:AL25"/>
     <mergeCell ref="AJ26:AQ26"/>
     <mergeCell ref="D27:E27"/>
     <mergeCell ref="F27:G27"/>
     <mergeCell ref="N27:O27"/>
     <mergeCell ref="AP28:AQ28"/>
     <mergeCell ref="AK30:AQ30"/>
     <mergeCell ref="J31:O31"/>
     <mergeCell ref="AD31:AF31"/>
     <mergeCell ref="AJ31:AQ31"/>
     <mergeCell ref="AD32:AO32"/>
     <mergeCell ref="AP32:AQ32"/>
     <mergeCell ref="AC33:AE33"/>
+    <mergeCell ref="AG33:AQ33"/>
     <mergeCell ref="A35:AQ35"/>
     <mergeCell ref="A36:AQ36"/>
     <mergeCell ref="A37:AQ37"/>
     <mergeCell ref="A38:AQ38"/>
     <mergeCell ref="A39:AQ39"/>
     <mergeCell ref="A40:AQ40"/>
     <mergeCell ref="A41:AQ41"/>
     <mergeCell ref="A42:AQ42"/>
     <mergeCell ref="A43:AQ43"/>
     <mergeCell ref="A44:AQ44"/>
     <mergeCell ref="A45:AQ45"/>
     <mergeCell ref="A46:AQ46"/>
     <mergeCell ref="A47:AQ47"/>
     <mergeCell ref="A48:AQ48"/>
     <mergeCell ref="A49:AQ49"/>
     <mergeCell ref="A50:AQ50"/>
     <mergeCell ref="A51:AQ51"/>
     <mergeCell ref="A52:AQ52"/>
     <mergeCell ref="A53:AQ53"/>
     <mergeCell ref="A54:AQ54"/>
     <mergeCell ref="A55:AQ55"/>
     <mergeCell ref="A56:AQ56"/>
     <mergeCell ref="A57:AQ57"/>
     <mergeCell ref="A58:AQ58"/>
     <mergeCell ref="A59:AQ59"/>
     <mergeCell ref="A60:AQ60"/>
     <mergeCell ref="A61:AQ61"/>
     <mergeCell ref="A62:AQ62"/>
     <mergeCell ref="A63:AQ63"/>
     <mergeCell ref="A64:AQ64"/>
     <mergeCell ref="A65:AQ65"/>
     <mergeCell ref="A66:AQ66"/>
     <mergeCell ref="A67:AQ67"/>
     <mergeCell ref="A68:AQ68"/>
     <mergeCell ref="A69:AQ69"/>
     <mergeCell ref="A70:AQ70"/>
     <mergeCell ref="A71:AQ71"/>
     <mergeCell ref="A72:AQ72"/>
     <mergeCell ref="A73:AQ73"/>
     <mergeCell ref="A74:AQ74"/>
     <mergeCell ref="A75:AQ75"/>
     <mergeCell ref="A76:AQ76"/>
     <mergeCell ref="A77:AQ77"/>
     <mergeCell ref="A78:AQ78"/>
     <mergeCell ref="A79:AQ79"/>
     <mergeCell ref="A80:AQ80"/>
     <mergeCell ref="A81:AQ81"/>
-    <mergeCell ref="A82:AQ82"/>
-    <mergeCell ref="A84:AQ84"/>
+    <mergeCell ref="A83:AQ83"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>