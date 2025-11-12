--- v0 (2025-10-20)
+++ v1 (2025-11-12)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R9d831356e36f4bf8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R92c0225f27604a23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R32e5779f7e8d4567"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R09df05c501fa4474"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="59">
   <si>
     <t>Hepatitis A: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>15-18</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
@@ -166,51 +166,51 @@
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
     <t>1: For specific risk groups (see detailed information https://www.health.belgium.be/fr/avis-8816-vaccination-de-ladulte-contre-lhepatite-b-fiche )</t>
   </si>
   <si>
     <t>2: 2 doses at 24 and 30 months of age</t>
   </si>
   <si>
     <t>3: General recommendation for all population. 2 doses, if susceptible and no history of vaccination. Mandatory for specific at-risk groups. Vaccination not funded by the National Health system except at-risk groups.</t>
   </si>
   <si>
     <t>4: Two doses</t>
   </si>
   <si>
     <t xml:space="preserve">5: Recommended in highly endemic areas </t>
   </si>
   <si>
     <t>6: Recommended in highly endemic areas</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-20 at 01:43.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-11-12 at 19:29.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -268,51 +268,51 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R32e5779f7e8d4567" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rc911f5e5fbde4082" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R17ce22a1e2274701" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R09df05c501fa4474" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rba6e7e6740d7456a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rfaa0162c012943dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H48"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>