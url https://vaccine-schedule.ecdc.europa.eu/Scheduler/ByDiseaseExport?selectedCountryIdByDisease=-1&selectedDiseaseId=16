--- v1 (2025-11-12)
+++ v2 (2026-01-07)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R92c0225f27604a23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R4794f489f8df4375" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R09df05c501fa4474"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R706554bc200642c2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="59">
   <si>
     <t>Hepatitis A: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>15-18</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
@@ -166,51 +166,51 @@
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
     <t>1: For specific risk groups (see detailed information https://www.health.belgium.be/fr/avis-8816-vaccination-de-ladulte-contre-lhepatite-b-fiche )</t>
   </si>
   <si>
     <t>2: 2 doses at 24 and 30 months of age</t>
   </si>
   <si>
     <t>3: General recommendation for all population. 2 doses, if susceptible and no history of vaccination. Mandatory for specific at-risk groups. Vaccination not funded by the National Health system except at-risk groups.</t>
   </si>
   <si>
     <t>4: Two doses</t>
   </si>
   <si>
     <t xml:space="preserve">5: Recommended in highly endemic areas </t>
   </si>
   <si>
     <t>6: Recommended in highly endemic areas</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-11-12 at 19:29.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-01-07 at 23:49.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -268,51 +268,51 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R09df05c501fa4474" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rba6e7e6740d7456a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rfaa0162c012943dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R706554bc200642c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rc9480ef3dd55421a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rb4cebc31e1084d93" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H48"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>