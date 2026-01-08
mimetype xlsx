--- v2 (2026-01-07)
+++ v3 (2026-01-08)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R4794f489f8df4375" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R939ae6bf0c064528" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R706554bc200642c2"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R8478cdeb6e5a4f6e"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="59">
   <si>
     <t>Hepatitis A: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>15-18</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
@@ -166,51 +166,51 @@
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
     <t>1: For specific risk groups (see detailed information https://www.health.belgium.be/fr/avis-8816-vaccination-de-ladulte-contre-lhepatite-b-fiche )</t>
   </si>
   <si>
     <t>2: 2 doses at 24 and 30 months of age</t>
   </si>
   <si>
     <t>3: General recommendation for all population. 2 doses, if susceptible and no history of vaccination. Mandatory for specific at-risk groups. Vaccination not funded by the National Health system except at-risk groups.</t>
   </si>
   <si>
     <t>4: Two doses</t>
   </si>
   <si>
     <t xml:space="preserve">5: Recommended in highly endemic areas </t>
   </si>
   <si>
     <t>6: Recommended in highly endemic areas</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-01-07 at 23:49.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-01-08 at 00:42.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -268,51 +268,51 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R706554bc200642c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rc9480ef3dd55421a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rb4cebc31e1084d93" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R8478cdeb6e5a4f6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R1ba0a1c3d2fc4766" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R16382f69fed64efd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H48"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>