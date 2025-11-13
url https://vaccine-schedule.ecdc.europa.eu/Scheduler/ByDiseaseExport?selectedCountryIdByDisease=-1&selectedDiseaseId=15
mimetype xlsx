--- v0 (2025-10-24)
+++ v1 (2025-11-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rc786423c25af4a4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rd13249bf05ab4878" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rdab05ddc7b7540b8"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R9fc2ff9e27c041c0"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="126">
   <si>
     <t>Influenza: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
@@ -380,51 +380,51 @@
     <t xml:space="preserve">24: Universal recommendation for all age groups. Funding for risk groups: 24 months to seven years old (included in the Lithuanian immunisation schedule from 12 February  2024, starting with the 2024–2025 season) and from six months to under18 years old with chronic medical conditions.</t>
   </si>
   <si>
     <t>25: Universal recommendation for all age groups. Funding only for those over 65 years old (included in the immunisation schedule).</t>
   </si>
   <si>
     <t xml:space="preserve">26: https://www.rivm.nl/en/flu-and-flu-jab </t>
   </si>
   <si>
     <t>27: The vaccine and its administration are partially funded (50%). QIV-HD in adults aged 60 years and above. https://szczepienia.pzh.gov.pl/szczepionki/grypa/?strona=9#jak-refundowane-sa-szczepionki-przeciw-grypie-w-sezonie-2024/2025</t>
   </si>
   <si>
     <t>28: QIV-HD is funded for people aged 85 years and older. More information: https://www.dgs.pt/normas-orientacoes-e-informacoes/normas-e-circulares-normativas/norma-n-072024-de-04092024-atualizada-a-07032025-campanha-de-vacinacao-sazonal-contra-a-gripe-outono-inverno-2024-2025-.aspx</t>
   </si>
   <si>
     <t>29: For adults aged 45–65 years without chronic medical conditions, the influenza vaccines are 50% reimbursed. For those aged 65 years and above the vaccine is fully reimbursed.</t>
   </si>
   <si>
     <t xml:space="preserve">30: Vaccination against influenza is supported by the legislation for children  6 months – 12 years, individuals with specified chronic medical conditions, older adults aged 59 years 
 and above and people accommodated in long-term facilities. However, the vaccination is generally recommended and fully funded to the whole population in every influenza season. </t>
   </si>
   <si>
     <t>31: Vaccination is also recommended for the specific risk groups (children aged 6–23 months, pregnant women, those with chronic medical conditions, older adults aged 65 years and above).</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-24 at 14:14.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-11-13 at 07:29.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -479,51 +479,51 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rdab05ddc7b7540b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R6574fe7fc8644dd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R07f785b5571e4c84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R9fc2ff9e27c041c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rf7ce55c9463e4118" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rb7970f86840b452e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Q73"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
     <col min="8" max="8" width="13.17" customWidth="1" style="1"/>
     <col min="9" max="9" width="13.17" customWidth="1" style="1"/>
     <col min="10" max="10" width="13.17" customWidth="1" style="1"/>
     <col min="11" max="11" width="13.17" customWidth="1" style="1"/>
     <col min="12" max="12" width="13.17" customWidth="1" style="1"/>
     <col min="13" max="13" width="13.17" customWidth="1" style="1"/>
     <col min="14" max="14" width="13.17" customWidth="1" style="1"/>
     <col min="15" max="15" width="13.17" customWidth="1" style="1"/>