--- v1 (2025-11-13)
+++ v2 (2026-02-08)
@@ -1,430 +1,469 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rd13249bf05ab4878" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R39cf46f1ccc24b70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R9fc2ff9e27c041c0"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R23c381647a98400f"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="126">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="139" uniqueCount="139">
   <si>
     <t>Influenza: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
     <t>12</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
+    <t>64</t>
+  </si>
+  <si>
     <t>&gt;= 65</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
+    <t>IIV3/LAIV</t>
+  </si>
+  <si>
+    <t>IIV3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">aIIV3 / IIV3-HD  (1 )</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Belgium  </t>
+  </si>
+  <si>
+    <t>IIV4 (2 )</t>
+  </si>
+  <si>
+    <t>aIIV/QIV-HD (3 )</t>
+  </si>
+  <si>
+    <t>Bulgaria</t>
+  </si>
+  <si>
+    <t>IIV3/LAIV (4 )</t>
+  </si>
+  <si>
+    <t>IIV3/IIV4 (5 )</t>
+  </si>
+  <si>
+    <t>IIV3/IIV4 (6 )</t>
+  </si>
+  <si>
+    <t>Croatia</t>
+  </si>
+  <si>
+    <t>IIV3 (7 )</t>
+  </si>
+  <si>
+    <t>Cyprus</t>
+  </si>
+  <si>
+    <t>IIV4 (8 )</t>
+  </si>
+  <si>
+    <t>aIIV4</t>
+  </si>
+  <si>
+    <t>Czechia</t>
+  </si>
+  <si>
+    <t>IIV3/LAIV (9 )</t>
+  </si>
+  <si>
+    <t>IIV3/TIV-HD (10 )</t>
+  </si>
+  <si>
+    <t>Denmark</t>
+  </si>
+  <si>
+    <t>IIV (11 )</t>
+  </si>
+  <si>
+    <t>IIV3 (12 )</t>
+  </si>
+  <si>
+    <t>Estonia</t>
+  </si>
+  <si>
+    <t>IIV4 (13 )</t>
+  </si>
+  <si>
+    <t>IIV4</t>
+  </si>
+  <si>
+    <t>Finland</t>
+  </si>
+  <si>
+    <t>IIV4/LAIV (14 )</t>
+  </si>
+  <si>
+    <t>France</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>IIV4 (15 )</t>
+  </si>
+  <si>
+    <t>IIV4/QIV-HD (16 )</t>
+  </si>
+  <si>
+    <t>Greece</t>
+  </si>
+  <si>
+    <t>IIV3 (17 )</t>
+  </si>
+  <si>
+    <t>IIV4/aIIV4/QIV-HD (18 )</t>
+  </si>
+  <si>
+    <t>Hungary</t>
+  </si>
+  <si>
+    <t>IIV4 (19 )</t>
+  </si>
+  <si>
+    <t>Iceland</t>
+  </si>
+  <si>
+    <t>IIV3/LAIV (20 )</t>
+  </si>
+  <si>
+    <t>IIV3 (20 )</t>
+  </si>
+  <si>
+    <t>Ireland</t>
+  </si>
+  <si>
+    <t>IIV4/LAIV (21 )</t>
+  </si>
+  <si>
+    <t>IIV4 (22 )</t>
+  </si>
+  <si>
+    <t>Italy</t>
+  </si>
+  <si>
+    <t>LAIV/IIV3/cIIV3 (23 )</t>
+  </si>
+  <si>
+    <t>aIIV3/TIV-HD/IIV3 (23 )</t>
+  </si>
+  <si>
+    <t>Latvia</t>
+  </si>
+  <si>
     <t>IIV4/LAIV</t>
   </si>
   <si>
-    <t>IIV4/aIIV4/QIV-HD (1 )</t>
-[...119 lines deleted...]
-    <t>IIV4/LAIV (21 )</t>
+    <t>IIV4/LAIV (24 )</t>
   </si>
   <si>
     <t>QIV-HD</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
-    <t>IIV4 (22 )</t>
-[...2 lines deleted...]
-    <t>IIV4 (23 )</t>
+    <t>IIV4 (25 )</t>
+  </si>
+  <si>
+    <t>IIV4 (26 )</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
-    <t>IIV4 (24 )</t>
-[...2 lines deleted...]
-    <t>IIV4 (25 )</t>
+    <t>IIV3 (27 )</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
+    <t>IIV4 (28 )</t>
+  </si>
+  <si>
     <t>Netherlands</t>
   </si>
   <si>
-    <t>IIV4 (26 )</t>
+    <t>IIV (29 )</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
-    <t>IIV3/aIIV3</t>
+    <t>IIV3/aIIV3 (30 )</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
-    <t>IIV4/QIV-HD (27 )</t>
+    <t>IIV4/QIV-HD (31 )</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
-    <t>IIV4/QIV-HD (28 )</t>
+    <t>IIV4 (32 )</t>
+  </si>
+  <si>
+    <t>IIV4/QIV-HD (32 )</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>IIV3/IIV4/LAIV</t>
   </si>
   <si>
-    <t>IIV3/IIV4/QIV-HD (29 )</t>
+    <t>IIV3/IIV4/QIV-HD (33 )</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
-    <t>IIV4/LAIV (30 )</t>
+    <t>IIV4/LAIV (34 )</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
-    <t>IIV4 (31 )</t>
+    <t>IIV4 (35 )</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>IIV4/cIIV4/LAIV</t>
   </si>
   <si>
     <t>IIV4/aIIV4/cIIV4/QIV-HD</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
-    <t>1: QIV-HD (not funded). More information: https://impfen.gv.at/impfungen/influenza</t>
-[...14 lines deleted...]
-    <t>6: The vaccine can be given as a specific recommendation for individuals six months to 17 years old with a chronic medical condition.
+    <t>1: For all &gt;60 years old, aIIV3 (funded) and IIV3-HD (not funded) is recommended. More information: https://impfen.gv.at/impfungen/influenza or https://www.sozialministerium.gv.at/impfplan (p. 54ff)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2: For HCWs (paid by employer), pregnant women and people with comorbidities (partially reimbursed). </t>
+  </si>
+  <si>
+    <t>3: Partially funded. For persons 65-74y without comorbidities, only aIIV is partially reimbursed. In part of the country (Flanders), the vaccine is provided and administered entirely free of charge for residents of nursing homes.</t>
+  </si>
+  <si>
+    <t>4: Inactivated vaccines are recommended for children over 6 months of age. LAIV is recommended for children over 24 months of age. Vaccines are not funded but vaccine administration is funded by the national health insurance.</t>
+  </si>
+  <si>
+    <t>5: Inactivated vaccines are recommended for all people over 18 years of age. Vaccines are not funded but vaccine administration is funded by the national health insurance only for insured</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6: For people over 65 years of age  influenza and pneumococcal vaccines and administration are free of charge and  funded according to the National programme.</t>
+  </si>
+  <si>
+    <t>7: Children and adolescents that are not at risk can get the influenza vaccine from six months old but it is not funded. Vaccination is recommended and funded by Croatian Health Insurance for all children at risk.</t>
+  </si>
+  <si>
+    <t>8: The vaccine can be given as a specific recommendation for individuals six months to 17 years old with a chronic medical condition.
 https://www.gov.cy/moh/en/national-vaccination-advisory-committee/</t>
   </si>
   <si>
-    <t>7: Universal recommendation is given for all age groups but children from six months to five years old belong to the high-risk group. For more information: https://vakcinace.eu/doporuceni-a-stanoviska/doporuceni-ceske-vakcinologicke-spolecnosti-cls-jep-k-ockovani-proti-chripce-4</t>
-[...14 lines deleted...]
-    <t>12: Children/adolescence between the age of 6 month and 17 years with one or more medical condition or underlying disease, are recommended to receive seasonal influenza vaccination. Medical conditions or underlying diseases to consider are: 
+    <t>9: Universal recommendation is given for all age groups but children from six months to five years old belong to the high-risk group. For more information: https://vakcinace.eu/doporuceni-a-stanoviska/doporuceni-ceske-vakcinologicke-spolecnosti-cls-jep-k-ockovani-proti-chripce-4</t>
+  </si>
+  <si>
+    <t>10: For all individuals 65 years old and older is funded from the National Health System</t>
+  </si>
+  <si>
+    <t>11: Vaccination during pregnancy. See https://www.ssi.dk/vaccinationer/vaccination-af-gravide</t>
+  </si>
+  <si>
+    <t xml:space="preserve">12:  In children, there is no general recommendation, only for certain risk groups. More information: https://www.ssi.dk/vaccinationer/influenzavaccination</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13: Vaccination is free for the following groups: residents of welfare institutions, people aged 60 years and older, children aged six months to seven years old, pregnant women, children and adolescents 7–17 years old who have an increased risk of becoming seriously ill due to their health condition (heart and blood vessel diseases, oncological diseases, immunodeficiency, diabetes and obstructive lung disease). </t>
+  </si>
+  <si>
+    <t>14: more information: https://thl.fi/en/topics/infectious-diseases-and-vaccinations/information-about-vaccinations/vaccination-programme-for-children-and-adults</t>
+  </si>
+  <si>
+    <t>15: Children/adolescence between the age of 6 month and 17 years with one or more medical condition or underlying disease, are recommended to receive seasonal influenza vaccination. Medical conditions or underlying diseases to consider are: 
 -Chronic diseases of the respiratory tract, including asthma and chronic obstructive pulmonary disease (COPD)
 -Chronic cardiovascular, liver and kidney disease
 -Diabetes mellitus and other metabolic diseases
 -Chronic neurological diseases, e. g., multiple sclerosis with relapses triggered by infections
 -Congenital or acquired immunodeficiency
 -HIV infection
 More information is available at: https://www.rki.de/DE/Aktuelles/Publikationen/Epidemiologisches-Bulletin/2024/04_24.pdf?__blob=publicationFile&amp;v=4</t>
   </si>
   <si>
-    <t>13: For more information: https://www.rki.de/EN/Topics/Infectious-diseases/Immunisation/STIKO/STIKO-recommendations/recommendations_content.html</t>
-[...2 lines deleted...]
-    <t>14: Since 2024 flu vaccination is recommended to all children between 6 months -5 years of age. In addition, Greece has recommendations for children and adolescents 
+    <t>16: For more information: https://www.rki.de/EN/Topics/Infectious-diseases/Immunisation/STIKO/STIKO-recommendations/recommendations_content.html</t>
+  </si>
+  <si>
+    <t>17: Since 2024 flu vaccination is recommended to all children between 6 months -5 years of age. In addition, Greece has recommendations for children and adolescents 
 belonging to high-risk groups. Source: https://www.moh.gov.gr/articles/health/dieythynsh-dhmosias-ygieinhs/emboliasmoi/ethniko-programma-emboliasmwn-epe-paidiwn-kai-efhbwn</t>
   </si>
   <si>
-    <t>15: QIV-HD and aIIV4 recommended in adults aged =65 years.</t>
-[...2 lines deleted...]
-    <t>16: Hungary’s recommendation is for children 6–35 months old with chronic pulmonary, cardiovascular, renal or hepatic disease, metabolic disorders or immunosuppression 
+    <t>18: QIV-HD and aIIV4 recommended in adults aged =65 years.</t>
+  </si>
+  <si>
+    <t>19: Hungary’s recommendation is for children 6–35 months old with chronic pulmonary, cardiovascular, renal or hepatic disease, metabolic disorders or immunosuppression 
 due to disease or treatment</t>
   </si>
   <si>
-    <t>17: Annual vaccination (IIV4 introduced in 2020 to replace IIV3)</t>
-[...14 lines deleted...]
-    <t>22: For 6 months to 8 years, vaccination is not recommended for healthy children but is recommended for premature babies (born before gestational week 33 (e.g. &lt;32 weeks and seven days of 
+    <t>20: Annual vaccination (IIV3 to be re-introduced in 2026 with LAIV-3 for 2-4 year olds from 2026) - funded recommendation.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">21:  LAIV is recommended and funded for 24 months to &lt;18 years. IIV4 was also recommended and funded for children aged &gt;6 months to 17 years with medical conditions in 2024-25 influenza season.</t>
+  </si>
+  <si>
+    <t>22: The national influenza programme was funded for those aged 60 years in 2024-25 influenza season. Influenza vaccine was also recommended for those aged 50-59 but not funded for vaccine and its administration.</t>
+  </si>
+  <si>
+    <t>23: Vaccination is offered free of charge to all children from six months to six years old and adults aged 60 years old and older. From seven yo to 59 years of age, vaccination is offered free of charge to all people with chronic medical conditions.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">24: The vaccine is recommended for children and adolescents aged 24 months to 17 years with chronic lung or cardiovascular diseases, chronic metabolic or kidney conditions or  immunodeficiency, as well as those receiving immunosuppressive therapy or long-term acetylsalicylic acid therapy. https://www.spkc.gov.lv/lv/vakcinacija#valsts-apmaksata-vakcinacija-pret-gripu</t>
+  </si>
+  <si>
+    <t>25: For 6 months to 8 years, vaccination is not recommended for healthy children but is recommended for premature babies (born before gestational week 33 (e.g. &lt;32 weeks and seven days of 
 pregnancy) or with a birth weight of less than 1 500g) from the age of six months and for the first two winters after birth. 
 For 6 months to 18 years, vaccination is recommended for children and adolescents with chronic medical conditions.</t>
   </si>
   <si>
-    <t>23: For individuals aged &gt;=18 years, the recommended influenza vaccines are Vaxigrip Tetra®, Fluarix Tetra®, Influvac Tetra®, and Flucelvax Tetra®. The same vaccines (Vaxigrip Tetra®, Fluarix Tetra®, Influvac Tetra®, Flucelvax Tetra®) are also recommended for those aged &gt;=50, &gt;=55, &gt;=59, and &gt;=60 years. For individuals aged &gt;=65 years, the recommended vaccine is Efluelda®.</t>
-[...20 lines deleted...]
-    <t xml:space="preserve">30: Vaccination against influenza is supported by the legislation for children  6 months – 12 years, individuals with specified chronic medical conditions, older adults aged 59 years 
+    <t>26: For individuals aged &gt;=18 years, the recommended influenza vaccines are Vaxigrip Tetra®, Fluarix Tetra®, Influvac Tetra®, and Flucelvax Tetra®. The same vaccines (Vaxigrip Tetra®, Fluarix Tetra®, Influvac Tetra®, Flucelvax Tetra®) are also recommended for those aged &gt;=50, &gt;=55, &gt;=59, and &gt;=60 years. For individuals aged &gt;=65 years, the recommended vaccine is Efluelda®.</t>
+  </si>
+  <si>
+    <t>27: Vaccination is recommended for children 2 to 7 years old, for persons 65 years of age and older and risk groups persons (with underlying conditions, pregnant women, health care workers, medical students).</t>
+  </si>
+  <si>
+    <t>28: Recommended for this age group, but available for free to everyone aged 6 months and older.</t>
+  </si>
+  <si>
+    <t>29: Indicated to individuals in medical high risk groups of 6 months of age and older and in pregnant women. More information available at: https://lci.rivm.nl/factsheets/influenzavaccinatie</t>
+  </si>
+  <si>
+    <t xml:space="preserve">30:  https://www.fhi.no/en/va/vaccines-for-adults/vaccines-in-the-adult-immunisation-programme/vaccines-in-the-adult-immunisation-programme/the-influenza-vaccine---information-for-the-public/</t>
+  </si>
+  <si>
+    <t>31: The vaccine and its administration are partially funded (50%). QIV-HD in adults aged 60 years and above. https://szczepienia.pzh.gov.pl/szczepionki/grypa/?strona=9#jak-refundowane-sa-szczepionki-przeciw-grypie-w-sezonie-2024/2025</t>
+  </si>
+  <si>
+    <t>32: Recommended to children from 6 to 23 months of age and individuals in medical high-risk groups from 2 to 59 years of age. QIV-HD is funded for people aged 85 years and older. More information is available at: https://www.dgs.pt/ficheiros-de-upload-2013/25-gripe-sazonal-ultima-atualizacao-28112025-pdf.aspx</t>
+  </si>
+  <si>
+    <t>33: For adults aged 45–65 years without chronic medical conditions, the influenza vaccines are 50% reimbursed. For those aged 65 years and above the vaccine is fully reimbursed.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">34: Vaccination against influenza is supported by the legislation for children  6 months – 12 years, individuals with specified chronic medical conditions, older adults aged 59 years 
 and above and people accommodated in long-term facilities. However, the vaccination is generally recommended and fully funded to the whole population in every influenza season. </t>
   </si>
   <si>
-    <t>31: Vaccination is also recommended for the specific risk groups (children aged 6–23 months, pregnant women, those with chronic medical conditions, older adults aged 65 years and above).</t>
-[...2 lines deleted...]
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-11-13 at 07:29.</t>
+    <t>35: Vaccination is also recommended for the specific risk groups (children aged 6–23 months, pregnant women, those with chronic medical conditions, older adults aged 65 years and above).</t>
+  </si>
+  <si>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-08 at 23:37.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -479,77 +518,80 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R9fc2ff9e27c041c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rf7ce55c9463e4118" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rb7970f86840b452e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R23c381647a98400f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R2251659293b4486e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rf26e3ffde8124e4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:Q73"/>
+  <dimension ref="A1:T77"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
     <col min="8" max="8" width="13.17" customWidth="1" style="1"/>
     <col min="9" max="9" width="13.17" customWidth="1" style="1"/>
     <col min="10" max="10" width="13.17" customWidth="1" style="1"/>
     <col min="11" max="11" width="13.17" customWidth="1" style="1"/>
     <col min="12" max="12" width="13.17" customWidth="1" style="1"/>
     <col min="13" max="13" width="13.17" customWidth="1" style="1"/>
     <col min="14" max="14" width="13.17" customWidth="1" style="1"/>
     <col min="15" max="15" width="13.17" customWidth="1" style="1"/>
     <col min="16" max="16" width="13.17" customWidth="1" style="1"/>
+    <col min="17" max="17" width="13.17" customWidth="1" style="1"/>
+    <col min="18" max="18" width="13.17" customWidth="1" style="1"/>
+    <col min="19" max="19" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="2" t="s">
@@ -558,75 +600,87 @@
       <c r="I1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="J1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="K1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="L1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="M1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="N1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="O1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="P1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="Q1" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="R1" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="S1" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="T1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
+      <c r="R2" s="1"/>
+      <c r="S2" s="1"/>
+      <c r="T2" s="1"/>
     </row>
     <row r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="I3" s="3" t="s">
@@ -634,2417 +688,3117 @@
       </c>
       <c r="J3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="K3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="L3" s="3" t="s">
         <v>12</v>
       </c>
       <c r="M3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="N3" s="3" t="s">
         <v>14</v>
       </c>
       <c r="O3" s="3" t="s">
         <v>15</v>
       </c>
       <c r="P3" s="3" t="s">
         <v>16</v>
       </c>
       <c r="Q3" s="3" t="s">
         <v>17</v>
       </c>
+      <c r="R3" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="S3" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="T3" s="3" t="s">
+        <v>20</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
-      <c r="L4" s="5" t="s">
-[...2 lines deleted...]
-      <c r="M4" s="1"/>
+      <c r="L4" s="1"/>
+      <c r="M4" s="5" t="s">
+        <v>23</v>
+      </c>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
+      <c r="R4" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="S4" s="1"/>
+      <c r="T4" s="1"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="B5" s="6" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
-      <c r="Q5" s="5" t="s">
-        <v>23</v>
+      <c r="L5" s="1"/>
+      <c r="M5" s="1"/>
+      <c r="N5" s="1"/>
+      <c r="O5" s="1"/>
+      <c r="P5" s="1"/>
+      <c r="Q5" s="1"/>
+      <c r="R5" s="1"/>
+      <c r="S5" s="1"/>
+      <c r="T5" s="5" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
-      <c r="L6" s="5" t="s">
-[...2 lines deleted...]
-      <c r="M6" s="1"/>
+      <c r="L6" s="1"/>
+      <c r="M6" s="5" t="s">
+        <v>30</v>
+      </c>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
       <c r="P6" s="1"/>
       <c r="Q6" s="1"/>
+      <c r="R6" s="1"/>
+      <c r="S6" s="1"/>
+      <c r="T6" s="5" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
-      <c r="Q7" s="5" t="s">
-        <v>22</v>
+      <c r="L7" s="1"/>
+      <c r="M7" s="1"/>
+      <c r="T7" s="5" t="s">
+        <v>23</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="4" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
-      <c r="Q8" s="5" t="s">
-        <v>31</v>
+      <c r="L8" s="1"/>
+      <c r="M8" s="1"/>
+      <c r="T8" s="5" t="s">
+        <v>36</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="4" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="B9" s="6" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
-      <c r="M9" s="5" t="s">
-[...3 lines deleted...]
-      <c r="O9" s="1"/>
+      <c r="O9" s="5" t="s">
+        <v>39</v>
+      </c>
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
+      <c r="R9" s="1"/>
+      <c r="S9" s="1"/>
+      <c r="T9" s="1"/>
     </row>
     <row r="10">
       <c r="A10" s="4" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>40</v>
+      </c>
+      <c r="M10" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="N10" s="1"/>
+      <c r="T10" s="5" t="s">
+        <v>42</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="4" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
-      <c r="P11" s="5" t="s">
-[...2 lines deleted...]
-      <c r="Q11" s="1"/>
+      <c r="R11" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="S11" s="1"/>
+      <c r="T11" s="1"/>
     </row>
     <row r="12">
       <c r="A12" s="4" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
-      <c r="Q12" s="5" t="s">
-        <v>22</v>
+      <c r="T12" s="5" t="s">
+        <v>45</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="4" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
-      <c r="Q13" s="5" t="s">
-        <v>22</v>
+      <c r="L13" s="1"/>
+      <c r="M13" s="1"/>
+      <c r="T13" s="5" t="s">
+        <v>45</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="4" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="B14" s="6" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
-      <c r="P14" s="5" t="s">
-[...2 lines deleted...]
-      <c r="Q14" s="1"/>
+      <c r="K14" s="1"/>
+      <c r="L14" s="1"/>
+      <c r="R14" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="S14" s="1"/>
+      <c r="T14" s="1"/>
     </row>
     <row r="15">
       <c r="A15" s="4" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
-      <c r="P15" s="5" t="s">
-[...2 lines deleted...]
-      <c r="Q15" s="1"/>
+      <c r="R15" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="S15" s="1"/>
+      <c r="T15" s="1"/>
     </row>
     <row r="16">
       <c r="A16" s="4" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="C16" s="1"/>
       <c r="D16" s="1"/>
       <c r="E16" s="1"/>
-      <c r="P16" s="5" t="s">
-[...2 lines deleted...]
-      <c r="Q16" s="1"/>
+      <c r="R16" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="S16" s="1"/>
+      <c r="T16" s="1"/>
     </row>
     <row r="17">
       <c r="A17" s="4" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="C17" s="1"/>
       <c r="D17" s="1"/>
       <c r="E17" s="1"/>
       <c r="F17" s="1"/>
-      <c r="P17" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G17" s="1"/>
+      <c r="H17" s="1"/>
+      <c r="I17" s="1"/>
+      <c r="J17" s="1"/>
+      <c r="K17" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="L17" s="1"/>
+      <c r="M17" s="1"/>
+      <c r="N17" s="1"/>
+      <c r="O17" s="1"/>
+      <c r="P17" s="1"/>
       <c r="Q17" s="1"/>
+      <c r="R17" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="S17" s="1"/>
+      <c r="T17" s="1"/>
     </row>
     <row r="18">
       <c r="A18" s="4" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="C18" s="1"/>
       <c r="D18" s="1"/>
       <c r="E18" s="1"/>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
-      <c r="P18" s="5" t="s">
-[...2 lines deleted...]
-      <c r="Q18" s="1"/>
+      <c r="K18" s="1"/>
+      <c r="L18" s="1"/>
+      <c r="R18" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="S18" s="1"/>
+      <c r="T18" s="1"/>
     </row>
     <row r="19">
       <c r="A19" s="4" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="1"/>
       <c r="E19" s="1"/>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
-      <c r="P19" s="5" t="s">
-[...2 lines deleted...]
-      <c r="Q19" s="1"/>
+      <c r="R19" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="S19" s="1"/>
+      <c r="T19" s="1"/>
     </row>
     <row r="20">
       <c r="A20" s="4" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>19</v>
+        <v>67</v>
       </c>
       <c r="C20" s="1"/>
       <c r="D20" s="6" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="E20" s="1"/>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
       <c r="I20" s="1"/>
       <c r="J20" s="1"/>
-      <c r="P20" s="5" t="s">
-[...2 lines deleted...]
-      <c r="Q20" s="1"/>
+      <c r="K20" s="1"/>
+      <c r="L20" s="1"/>
+      <c r="R20" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="S20" s="1"/>
+      <c r="T20" s="1"/>
     </row>
     <row r="21">
       <c r="A21" s="4" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>63</v>
+        <v>71</v>
       </c>
       <c r="C21" s="1"/>
       <c r="D21" s="1"/>
       <c r="E21" s="1"/>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
       <c r="I21" s="1"/>
       <c r="J21" s="1"/>
       <c r="K21" s="1"/>
-      <c r="L21" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L21" s="1"/>
       <c r="M21" s="1"/>
-      <c r="N21" s="1"/>
+      <c r="N21" s="5" t="s">
+        <v>72</v>
+      </c>
       <c r="O21" s="1"/>
       <c r="P21" s="1"/>
       <c r="Q21" s="1"/>
+      <c r="R21" s="1"/>
+      <c r="S21" s="1"/>
+      <c r="T21" s="1"/>
     </row>
     <row r="22">
       <c r="A22" s="4" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="B22" s="6" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="C22" s="1"/>
-      <c r="D22" s="1"/>
+      <c r="D22" s="5" t="s">
+        <v>74</v>
+      </c>
       <c r="E22" s="1"/>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
-      <c r="I22" s="1"/>
+      <c r="I22" s="6" t="s">
+        <v>74</v>
+      </c>
       <c r="J22" s="1"/>
       <c r="K22" s="1"/>
-      <c r="Q22" s="5" t="s">
-        <v>67</v>
+      <c r="L22" s="1"/>
+      <c r="M22" s="1"/>
+      <c r="N22" s="1"/>
+      <c r="O22" s="1"/>
+      <c r="P22" s="1"/>
+      <c r="Q22" s="1"/>
+      <c r="R22" s="1"/>
+      <c r="S22" s="1"/>
+      <c r="T22" s="5" t="s">
+        <v>74</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="4" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>75</v>
+      </c>
+      <c r="T23" s="5" t="s">
+        <v>45</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="4" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="C24" s="1"/>
       <c r="D24" s="1"/>
       <c r="E24" s="1"/>
       <c r="F24" s="1"/>
-      <c r="N24" s="5" t="s">
-[...3 lines deleted...]
-      <c r="P24" s="1"/>
+      <c r="P24" s="5" t="s">
+        <v>77</v>
+      </c>
       <c r="Q24" s="1"/>
+      <c r="R24" s="1"/>
+      <c r="S24" s="1"/>
+      <c r="T24" s="1"/>
     </row>
     <row r="25">
       <c r="A25" s="4" t="s">
-        <v>70</v>
-[...3 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="B25" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="C25" s="1"/>
+      <c r="D25" s="1"/>
+      <c r="E25" s="1"/>
+      <c r="F25" s="1"/>
+      <c r="G25" s="1"/>
+      <c r="H25" s="1"/>
+      <c r="I25" s="1"/>
+      <c r="J25" s="1"/>
+      <c r="K25" s="1"/>
+      <c r="L25" s="1"/>
+      <c r="M25" s="1"/>
+      <c r="N25" s="1"/>
+      <c r="O25" s="1"/>
+      <c r="P25" s="1"/>
       <c r="Q25" s="1"/>
+      <c r="R25" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="S25" s="1"/>
+      <c r="T25" s="1"/>
     </row>
     <row r="26">
       <c r="A26" s="4" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-        <v>73</v>
+        <v>80</v>
+      </c>
+      <c r="M26" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="N26" s="1"/>
+      <c r="O26" s="1"/>
+      <c r="P26" s="1"/>
+      <c r="Q26" s="1"/>
+      <c r="R26" s="1"/>
+      <c r="S26" s="1"/>
+      <c r="T26" s="5" t="s">
+        <v>81</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="4" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="C27" s="1"/>
       <c r="D27" s="1"/>
       <c r="E27" s="1"/>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
       <c r="I27" s="1"/>
       <c r="J27" s="1"/>
       <c r="K27" s="1"/>
-      <c r="L27" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L27" s="1"/>
       <c r="M27" s="1"/>
-      <c r="N27" s="1"/>
+      <c r="N27" s="5" t="s">
+        <v>83</v>
+      </c>
       <c r="O27" s="1"/>
       <c r="P27" s="1"/>
       <c r="Q27" s="1"/>
+      <c r="R27" s="1"/>
+      <c r="S27" s="1"/>
+      <c r="T27" s="1"/>
     </row>
     <row r="28">
       <c r="A28" s="4" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-      </c>
+        <v>84</v>
+      </c>
+      <c r="B28" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="C28" s="1"/>
+      <c r="D28" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="E28" s="1"/>
+      <c r="F28" s="1"/>
+      <c r="G28" s="1"/>
+      <c r="H28" s="1"/>
+      <c r="I28" s="1"/>
+      <c r="J28" s="1"/>
+      <c r="K28" s="1"/>
+      <c r="L28" s="1"/>
+      <c r="M28" s="1"/>
+      <c r="N28" s="1"/>
+      <c r="O28" s="1"/>
+      <c r="P28" s="1"/>
       <c r="Q28" s="1"/>
+      <c r="R28" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="S28" s="1"/>
+      <c r="T28" s="1"/>
     </row>
     <row r="29">
       <c r="A29" s="4" t="s">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>79</v>
+        <v>88</v>
       </c>
       <c r="C29" s="1"/>
       <c r="D29" s="1"/>
       <c r="E29" s="1"/>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
       <c r="I29" s="1"/>
       <c r="J29" s="1"/>
       <c r="K29" s="1"/>
-      <c r="L29" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L29" s="1"/>
       <c r="M29" s="1"/>
-      <c r="N29" s="1"/>
+      <c r="N29" s="5" t="s">
+        <v>89</v>
+      </c>
       <c r="O29" s="1"/>
       <c r="P29" s="1"/>
       <c r="Q29" s="1"/>
+      <c r="R29" s="1"/>
+      <c r="S29" s="1"/>
+      <c r="T29" s="1"/>
     </row>
     <row r="30">
       <c r="A30" s="4" t="s">
-        <v>81</v>
+        <v>90</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="C30" s="1"/>
       <c r="D30" s="1"/>
       <c r="E30" s="1"/>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
       <c r="I30" s="1"/>
-      <c r="O30" s="5" t="s">
-[...3 lines deleted...]
-      <c r="Q30" s="1"/>
+      <c r="J30" s="1"/>
+      <c r="K30" s="1"/>
+      <c r="Q30" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="R30" s="1"/>
+      <c r="S30" s="1"/>
+      <c r="T30" s="1"/>
     </row>
     <row r="31">
       <c r="A31" s="4" t="s">
-        <v>83</v>
+        <v>92</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="C31" s="1"/>
-      <c r="Q31" s="5" t="s">
-        <v>22</v>
+      <c r="T31" s="5" t="s">
+        <v>45</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="4" t="s">
-        <v>85</v>
+        <v>94</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>86</v>
+        <v>95</v>
       </c>
       <c r="C32" s="1"/>
       <c r="D32" s="1"/>
       <c r="E32" s="1"/>
       <c r="F32" s="1"/>
-      <c r="P32" s="5" t="s">
-[...2 lines deleted...]
-      <c r="Q32" s="1"/>
+      <c r="R32" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="S32" s="1"/>
+      <c r="T32" s="1"/>
     </row>
     <row r="33">
       <c r="A33" s="4" t="s">
-        <v>88</v>
+        <v>97</v>
       </c>
       <c r="B33" s="6" t="s">
-        <v>19</v>
+        <v>67</v>
       </c>
       <c r="C33" s="1"/>
       <c r="D33" s="1"/>
       <c r="E33" s="1"/>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
       <c r="I33" s="1"/>
       <c r="J33" s="1"/>
       <c r="K33" s="1"/>
-      <c r="Q33" s="5" t="s">
-        <v>22</v>
+      <c r="L33" s="1"/>
+      <c r="M33" s="1"/>
+      <c r="T33" s="5" t="s">
+        <v>45</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="4" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="F35" s="4" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="G35" s="4" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="H35" s="4" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="I35" s="4" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="J35" s="4" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="K35" s="4" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="L35" s="4" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="M35" s="4" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="N35" s="4" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="O35" s="4" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="P35" s="4" t="s">
-        <v>89</v>
+        <v>98</v>
       </c>
       <c r="Q35" s="4" t="s">
-        <v>89</v>
+        <v>98</v>
+      </c>
+      <c r="R35" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="S35" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="T35" s="4" t="s">
+        <v>98</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="7" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="B36" s="7" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="C36" s="7" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="D36" s="7" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="E36" s="7" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="F36" s="7" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="G36" s="7" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="H36" s="7" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="I36" s="7" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="J36" s="7" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="K36" s="7" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="L36" s="7" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="M36" s="7" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="N36" s="7" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="O36" s="7" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="P36" s="7" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="Q36" s="7" t="s">
-        <v>90</v>
+        <v>99</v>
+      </c>
+      <c r="R36" s="7" t="s">
+        <v>99</v>
+      </c>
+      <c r="S36" s="7" t="s">
+        <v>99</v>
+      </c>
+      <c r="T36" s="7" t="s">
+        <v>99</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="7" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="B37" s="7" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="C37" s="7" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="D37" s="7" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="E37" s="7" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="F37" s="7" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="G37" s="7" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="H37" s="7" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="I37" s="7" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="J37" s="7" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="K37" s="7" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="L37" s="7" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="M37" s="7" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="N37" s="7" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="O37" s="7" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="P37" s="7" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="Q37" s="7" t="s">
-        <v>91</v>
+        <v>100</v>
+      </c>
+      <c r="R37" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="S37" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="T37" s="7" t="s">
+        <v>100</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="7" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="B38" s="7" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="C38" s="7" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="D38" s="7" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="E38" s="7" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="F38" s="7" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="G38" s="7" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="H38" s="7" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="I38" s="7" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="J38" s="7" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="K38" s="7" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="L38" s="7" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="M38" s="7" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="N38" s="7" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="O38" s="7" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="P38" s="7" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="Q38" s="7" t="s">
-        <v>92</v>
+        <v>101</v>
+      </c>
+      <c r="R38" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="S38" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="T38" s="7" t="s">
+        <v>101</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="7" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="B39" s="7" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="F39" s="7" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="G39" s="7" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="H39" s="7" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="I39" s="7" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="J39" s="7" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="K39" s="7" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="L39" s="7" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="M39" s="7" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="N39" s="7" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="O39" s="7" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="P39" s="7" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="Q39" s="7" t="s">
-        <v>93</v>
+        <v>102</v>
+      </c>
+      <c r="R39" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="S39" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="T39" s="7" t="s">
+        <v>102</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="7" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="B40" s="7" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="C40" s="7" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="D40" s="7" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="E40" s="7" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="F40" s="7" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="G40" s="7" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="H40" s="7" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="I40" s="7" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="J40" s="7" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="K40" s="7" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="L40" s="7" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="M40" s="7" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="N40" s="7" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="O40" s="7" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="P40" s="7" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
       <c r="Q40" s="7" t="s">
-        <v>94</v>
+        <v>103</v>
+      </c>
+      <c r="R40" s="7" t="s">
+        <v>103</v>
+      </c>
+      <c r="S40" s="7" t="s">
+        <v>103</v>
+      </c>
+      <c r="T40" s="7" t="s">
+        <v>103</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="7" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="B41" s="7" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="C41" s="7" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="D41" s="7" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="E41" s="7" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="F41" s="7" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="G41" s="7" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="H41" s="7" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="I41" s="7" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="J41" s="7" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="K41" s="7" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="L41" s="7" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="M41" s="7" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="N41" s="7" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="O41" s="7" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="P41" s="7" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="Q41" s="7" t="s">
-        <v>95</v>
+        <v>104</v>
+      </c>
+      <c r="R41" s="7" t="s">
+        <v>104</v>
+      </c>
+      <c r="S41" s="7" t="s">
+        <v>104</v>
+      </c>
+      <c r="T41" s="7" t="s">
+        <v>104</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="7" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="B42" s="7" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="C42" s="7" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="D42" s="7" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="E42" s="7" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="F42" s="7" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="G42" s="7" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="H42" s="7" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="I42" s="7" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="J42" s="7" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="K42" s="7" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="L42" s="7" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="M42" s="7" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="N42" s="7" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="O42" s="7" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="P42" s="7" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="Q42" s="7" t="s">
-        <v>96</v>
+        <v>105</v>
+      </c>
+      <c r="R42" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="S42" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="T42" s="7" t="s">
+        <v>105</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="7" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="B43" s="7" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="C43" s="7" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="D43" s="7" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="F43" s="7" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="G43" s="7" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="H43" s="7" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="I43" s="7" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="J43" s="7" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="K43" s="7" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="L43" s="7" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="M43" s="7" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="N43" s="7" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="O43" s="7" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="P43" s="7" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="Q43" s="7" t="s">
-        <v>97</v>
+        <v>106</v>
+      </c>
+      <c r="R43" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="S43" s="7" t="s">
+        <v>106</v>
+      </c>
+      <c r="T43" s="7" t="s">
+        <v>106</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="7" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="B44" s="7" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="C44" s="7" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="D44" s="7" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="E44" s="7" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="F44" s="7" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="G44" s="7" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="H44" s="7" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="I44" s="7" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="J44" s="7" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="K44" s="7" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="L44" s="7" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="M44" s="7" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="N44" s="7" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="O44" s="7" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="P44" s="7" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="Q44" s="7" t="s">
-        <v>98</v>
+        <v>107</v>
+      </c>
+      <c r="R44" s="7" t="s">
+        <v>107</v>
+      </c>
+      <c r="S44" s="7" t="s">
+        <v>107</v>
+      </c>
+      <c r="T44" s="7" t="s">
+        <v>107</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="B45" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="C45" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="D45" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="E45" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="F45" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="G45" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="H45" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="I45" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="J45" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="K45" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="L45" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="M45" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="N45" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="O45" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="P45" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
       </c>
       <c r="Q45" s="7" t="s">
-        <v>99</v>
+        <v>108</v>
+      </c>
+      <c r="R45" s="7" t="s">
+        <v>108</v>
+      </c>
+      <c r="S45" s="7" t="s">
+        <v>108</v>
+      </c>
+      <c r="T45" s="7" t="s">
+        <v>108</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="B46" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="C46" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="D46" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="E46" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="F46" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="G46" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="H46" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="I46" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="J46" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="K46" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="L46" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="M46" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="N46" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="O46" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="P46" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
       </c>
       <c r="Q46" s="7" t="s">
-        <v>100</v>
+        <v>109</v>
+      </c>
+      <c r="R46" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="S46" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="T46" s="7" t="s">
+        <v>109</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="B47" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="C47" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="D47" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="E47" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="F47" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="G47" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="H47" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="I47" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="J47" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="K47" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="L47" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="M47" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="N47" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="O47" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="P47" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="Q47" s="7" t="s">
-        <v>101</v>
+        <v>110</v>
+      </c>
+      <c r="R47" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="S47" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="T47" s="7" t="s">
+        <v>110</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="B48" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="C48" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="D48" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="E48" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="F48" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="G48" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="H48" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="I48" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="J48" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="K48" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="L48" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="M48" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="N48" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="O48" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="P48" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="Q48" s="7" t="s">
-        <v>102</v>
+        <v>111</v>
+      </c>
+      <c r="R48" s="7" t="s">
+        <v>111</v>
+      </c>
+      <c r="S48" s="7" t="s">
+        <v>111</v>
+      </c>
+      <c r="T48" s="7" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="B49" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="C49" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="D49" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="E49" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="F49" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="G49" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="H49" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="I49" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="J49" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="K49" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="L49" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="M49" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="N49" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="O49" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="P49" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="Q49" s="7" t="s">
-        <v>103</v>
+        <v>112</v>
+      </c>
+      <c r="R49" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="S49" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="T49" s="7" t="s">
+        <v>112</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="B50" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="C50" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="D50" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="E50" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="F50" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="G50" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="H50" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="I50" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="J50" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="K50" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="L50" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="M50" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="N50" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="O50" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="P50" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="Q50" s="7" t="s">
-        <v>104</v>
+        <v>113</v>
+      </c>
+      <c r="R50" s="7" t="s">
+        <v>113</v>
+      </c>
+      <c r="S50" s="7" t="s">
+        <v>113</v>
+      </c>
+      <c r="T50" s="7" t="s">
+        <v>113</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="B51" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="C51" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="D51" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="E51" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="F51" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="G51" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="H51" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="I51" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="J51" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="K51" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="L51" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="M51" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="N51" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="O51" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="P51" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="Q51" s="7" t="s">
-        <v>105</v>
+        <v>114</v>
+      </c>
+      <c r="R51" s="7" t="s">
+        <v>114</v>
+      </c>
+      <c r="S51" s="7" t="s">
+        <v>114</v>
+      </c>
+      <c r="T51" s="7" t="s">
+        <v>114</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="B52" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="C52" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="D52" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="E52" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="F52" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="G52" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="H52" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="I52" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="J52" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="K52" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="L52" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="M52" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="N52" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="O52" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="P52" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="Q52" s="7" t="s">
-        <v>106</v>
+        <v>115</v>
+      </c>
+      <c r="R52" s="7" t="s">
+        <v>115</v>
+      </c>
+      <c r="S52" s="7" t="s">
+        <v>115</v>
+      </c>
+      <c r="T52" s="7" t="s">
+        <v>115</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="B53" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="C53" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="D53" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="E53" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="F53" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="G53" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="H53" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="I53" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="J53" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="K53" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="L53" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="M53" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="N53" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="O53" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="P53" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="Q53" s="7" t="s">
-        <v>107</v>
+        <v>116</v>
+      </c>
+      <c r="R53" s="7" t="s">
+        <v>116</v>
+      </c>
+      <c r="S53" s="7" t="s">
+        <v>116</v>
+      </c>
+      <c r="T53" s="7" t="s">
+        <v>116</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="B54" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="C54" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="D54" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="E54" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="F54" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="G54" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="H54" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="I54" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="J54" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="K54" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="L54" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="M54" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="N54" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="O54" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="P54" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
       </c>
       <c r="Q54" s="7" t="s">
-        <v>108</v>
+        <v>117</v>
+      </c>
+      <c r="R54" s="7" t="s">
+        <v>117</v>
+      </c>
+      <c r="S54" s="7" t="s">
+        <v>117</v>
+      </c>
+      <c r="T54" s="7" t="s">
+        <v>117</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="B55" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="C55" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="D55" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="E55" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="F55" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="G55" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="H55" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="I55" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="J55" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="K55" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="L55" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="M55" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="N55" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="O55" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="P55" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
       <c r="Q55" s="7" t="s">
-        <v>109</v>
+        <v>118</v>
+      </c>
+      <c r="R55" s="7" t="s">
+        <v>118</v>
+      </c>
+      <c r="S55" s="7" t="s">
+        <v>118</v>
+      </c>
+      <c r="T55" s="7" t="s">
+        <v>118</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="B56" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="C56" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="D56" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="E56" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="F56" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="G56" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="H56" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="I56" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="J56" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="K56" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="L56" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="M56" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="N56" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="O56" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="P56" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="Q56" s="7" t="s">
-        <v>110</v>
+        <v>119</v>
+      </c>
+      <c r="R56" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="S56" s="7" t="s">
+        <v>119</v>
+      </c>
+      <c r="T56" s="7" t="s">
+        <v>119</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="B57" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="C57" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="D57" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="E57" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="F57" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="G57" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="H57" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="I57" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="J57" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="K57" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="L57" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="M57" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="N57" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="O57" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="P57" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="Q57" s="7" t="s">
-        <v>111</v>
+        <v>120</v>
+      </c>
+      <c r="R57" s="7" t="s">
+        <v>120</v>
+      </c>
+      <c r="S57" s="7" t="s">
+        <v>120</v>
+      </c>
+      <c r="T57" s="7" t="s">
+        <v>120</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="B58" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="C58" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="D58" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="E58" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="F58" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="G58" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="H58" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="I58" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="J58" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="K58" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="L58" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="M58" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="N58" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="O58" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="P58" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="Q58" s="7" t="s">
-        <v>112</v>
+        <v>121</v>
+      </c>
+      <c r="R58" s="7" t="s">
+        <v>121</v>
+      </c>
+      <c r="S58" s="7" t="s">
+        <v>121</v>
+      </c>
+      <c r="T58" s="7" t="s">
+        <v>121</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="B59" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="C59" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="D59" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="E59" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="F59" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="G59" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="H59" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="I59" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="J59" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="K59" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="L59" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="M59" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="N59" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="O59" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="P59" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="Q59" s="7" t="s">
-        <v>113</v>
+        <v>122</v>
+      </c>
+      <c r="R59" s="7" t="s">
+        <v>122</v>
+      </c>
+      <c r="S59" s="7" t="s">
+        <v>122</v>
+      </c>
+      <c r="T59" s="7" t="s">
+        <v>122</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="B60" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="C60" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="D60" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="E60" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="F60" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="G60" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="H60" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="I60" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="J60" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="K60" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="L60" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="M60" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="N60" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="O60" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="P60" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="Q60" s="7" t="s">
-        <v>114</v>
+        <v>123</v>
+      </c>
+      <c r="R60" s="7" t="s">
+        <v>123</v>
+      </c>
+      <c r="S60" s="7" t="s">
+        <v>123</v>
+      </c>
+      <c r="T60" s="7" t="s">
+        <v>123</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="B61" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="C61" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="D61" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="E61" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="F61" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="G61" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="H61" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="I61" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="J61" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="K61" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="L61" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="M61" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="N61" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="O61" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="P61" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
       </c>
       <c r="Q61" s="7" t="s">
-        <v>115</v>
+        <v>124</v>
+      </c>
+      <c r="R61" s="7" t="s">
+        <v>124</v>
+      </c>
+      <c r="S61" s="7" t="s">
+        <v>124</v>
+      </c>
+      <c r="T61" s="7" t="s">
+        <v>124</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="B62" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="C62" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="D62" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="E62" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="F62" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="G62" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="H62" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="I62" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="J62" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="K62" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="L62" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="M62" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="N62" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="O62" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="P62" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="Q62" s="7" t="s">
-        <v>116</v>
+        <v>125</v>
+      </c>
+      <c r="R62" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="S62" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="T62" s="7" t="s">
+        <v>125</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="B63" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="C63" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="D63" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="E63" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="F63" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="G63" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="H63" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="I63" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="J63" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="K63" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="L63" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="M63" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="N63" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="O63" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="P63" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="Q63" s="7" t="s">
-        <v>117</v>
+        <v>126</v>
+      </c>
+      <c r="R63" s="7" t="s">
+        <v>126</v>
+      </c>
+      <c r="S63" s="7" t="s">
+        <v>126</v>
+      </c>
+      <c r="T63" s="7" t="s">
+        <v>126</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="B64" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="C64" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="D64" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="E64" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="F64" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="G64" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="H64" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="I64" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="J64" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="K64" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="L64" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="M64" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="N64" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="O64" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="P64" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="Q64" s="7" t="s">
-        <v>118</v>
+        <v>127</v>
+      </c>
+      <c r="R64" s="7" t="s">
+        <v>127</v>
+      </c>
+      <c r="S64" s="7" t="s">
+        <v>127</v>
+      </c>
+      <c r="T64" s="7" t="s">
+        <v>127</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="B65" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="C65" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="D65" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="E65" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="F65" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="G65" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="H65" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="I65" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="J65" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="K65" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="L65" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="M65" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="N65" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="O65" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="P65" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="Q65" s="7" t="s">
-        <v>119</v>
+        <v>128</v>
+      </c>
+      <c r="R65" s="7" t="s">
+        <v>128</v>
+      </c>
+      <c r="S65" s="7" t="s">
+        <v>128</v>
+      </c>
+      <c r="T65" s="7" t="s">
+        <v>128</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="B66" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="C66" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="D66" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="E66" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="F66" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="G66" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="H66" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="I66" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="J66" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="K66" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="L66" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="M66" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="N66" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="O66" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="P66" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="Q66" s="7" t="s">
-        <v>120</v>
+        <v>129</v>
+      </c>
+      <c r="R66" s="7" t="s">
+        <v>129</v>
+      </c>
+      <c r="S66" s="7" t="s">
+        <v>129</v>
+      </c>
+      <c r="T66" s="7" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="7" t="s">
+        <v>130</v>
+      </c>
+      <c r="B67" s="7" t="s">
+        <v>130</v>
+      </c>
+      <c r="C67" s="7" t="s">
+        <v>130</v>
+      </c>
+      <c r="D67" s="7" t="s">
+        <v>130</v>
+      </c>
+      <c r="E67" s="7" t="s">
+        <v>130</v>
+      </c>
+      <c r="F67" s="7" t="s">
+        <v>130</v>
+      </c>
+      <c r="G67" s="7" t="s">
+        <v>130</v>
+      </c>
+      <c r="H67" s="7" t="s">
+        <v>130</v>
+      </c>
+      <c r="I67" s="7" t="s">
+        <v>130</v>
+      </c>
+      <c r="J67" s="7" t="s">
+        <v>130</v>
+      </c>
+      <c r="K67" s="7" t="s">
+        <v>130</v>
+      </c>
+      <c r="L67" s="7" t="s">
+        <v>130</v>
+      </c>
+      <c r="M67" s="7" t="s">
+        <v>130</v>
+      </c>
+      <c r="N67" s="7" t="s">
+        <v>130</v>
+      </c>
+      <c r="O67" s="7" t="s">
+        <v>130</v>
+      </c>
+      <c r="P67" s="7" t="s">
+        <v>130</v>
+      </c>
+      <c r="Q67" s="7" t="s">
+        <v>130</v>
+      </c>
+      <c r="R67" s="7" t="s">
+        <v>130</v>
+      </c>
+      <c r="S67" s="7" t="s">
+        <v>130</v>
+      </c>
+      <c r="T67" s="7" t="s">
+        <v>130</v>
       </c>
     </row>
     <row r="68">
-      <c r="A68" s="1" t="s">
-[...56 lines deleted...]
-        <v>123</v>
+      <c r="A68" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="B68" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="C68" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="D68" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="E68" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="F68" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="G68" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="H68" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="I68" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="J68" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="K68" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="L68" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="M68" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="N68" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="O68" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="P68" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="Q68" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="R68" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="S68" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="T68" s="7" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="7" t="s">
+        <v>132</v>
+      </c>
+      <c r="B69" s="7" t="s">
+        <v>132</v>
+      </c>
+      <c r="C69" s="7" t="s">
+        <v>132</v>
+      </c>
+      <c r="D69" s="7" t="s">
+        <v>132</v>
+      </c>
+      <c r="E69" s="7" t="s">
+        <v>132</v>
+      </c>
+      <c r="F69" s="7" t="s">
+        <v>132</v>
+      </c>
+      <c r="G69" s="7" t="s">
+        <v>132</v>
+      </c>
+      <c r="H69" s="7" t="s">
+        <v>132</v>
+      </c>
+      <c r="I69" s="7" t="s">
+        <v>132</v>
+      </c>
+      <c r="J69" s="7" t="s">
+        <v>132</v>
+      </c>
+      <c r="K69" s="7" t="s">
+        <v>132</v>
+      </c>
+      <c r="L69" s="7" t="s">
+        <v>132</v>
+      </c>
+      <c r="M69" s="7" t="s">
+        <v>132</v>
+      </c>
+      <c r="N69" s="7" t="s">
+        <v>132</v>
+      </c>
+      <c r="O69" s="7" t="s">
+        <v>132</v>
+      </c>
+      <c r="P69" s="7" t="s">
+        <v>132</v>
+      </c>
+      <c r="Q69" s="7" t="s">
+        <v>132</v>
+      </c>
+      <c r="R69" s="7" t="s">
+        <v>132</v>
+      </c>
+      <c r="S69" s="7" t="s">
+        <v>132</v>
+      </c>
+      <c r="T69" s="7" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="B70" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="C70" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="D70" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="E70" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="F70" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="G70" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="H70" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="I70" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="J70" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="K70" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="L70" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="M70" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="N70" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="O70" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="P70" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="Q70" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="R70" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="S70" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="T70" s="7" t="s">
+        <v>133</v>
       </c>
     </row>
     <row r="72">
-      <c r="A72" s="9" t="s">
-        <v>122</v>
+      <c r="A72" s="1" t="s">
+        <v>134</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>124</v>
-[...7 lines deleted...]
-        <v>125</v>
+        <v>134</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E72" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="F72" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="H72" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="I72" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="J72" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="K72" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="L72" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="M72" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="N72" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="O72" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="P72" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="Q72" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="R72" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="S72" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="T72" s="1" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="8" t="s">
+        <v>135</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="9" t="s">
+        <v>135</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="10" t="s">
+        <v>135</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>138</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:Q1"/>
+    <mergeCell ref="A1:T1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:C2"/>
-    <mergeCell ref="D2:Q2"/>
-[...6 lines deleted...]
-    <mergeCell ref="B8:K8"/>
+    <mergeCell ref="D2:T2"/>
+    <mergeCell ref="B4:L4"/>
+    <mergeCell ref="M4:Q4"/>
+    <mergeCell ref="R4:T4"/>
+    <mergeCell ref="B5:S5"/>
+    <mergeCell ref="B6:L6"/>
+    <mergeCell ref="M6:S6"/>
+    <mergeCell ref="B7:M7"/>
+    <mergeCell ref="B8:M8"/>
     <mergeCell ref="B9:F9"/>
-    <mergeCell ref="M9:Q9"/>
+    <mergeCell ref="O9:T9"/>
+    <mergeCell ref="M10:N10"/>
     <mergeCell ref="B11:H11"/>
-    <mergeCell ref="P11:Q11"/>
+    <mergeCell ref="R11:T11"/>
     <mergeCell ref="B12:G12"/>
-    <mergeCell ref="D13:K13"/>
-[...1 lines deleted...]
-    <mergeCell ref="P14:Q14"/>
+    <mergeCell ref="D13:M13"/>
+    <mergeCell ref="B14:L14"/>
+    <mergeCell ref="R14:T14"/>
     <mergeCell ref="B15:F15"/>
-    <mergeCell ref="P15:Q15"/>
+    <mergeCell ref="R15:T15"/>
     <mergeCell ref="B16:E16"/>
-    <mergeCell ref="P16:Q16"/>
-[...3 lines deleted...]
-    <mergeCell ref="P18:Q18"/>
+    <mergeCell ref="R16:T16"/>
+    <mergeCell ref="B17:J17"/>
+    <mergeCell ref="K17:Q17"/>
+    <mergeCell ref="R17:T17"/>
+    <mergeCell ref="B18:L18"/>
+    <mergeCell ref="R18:T18"/>
     <mergeCell ref="B19:G19"/>
-    <mergeCell ref="P19:Q19"/>
+    <mergeCell ref="R19:T19"/>
     <mergeCell ref="B20:C20"/>
-    <mergeCell ref="D20:J20"/>
-[...3 lines deleted...]
-    <mergeCell ref="B22:K22"/>
+    <mergeCell ref="D20:L20"/>
+    <mergeCell ref="R20:T20"/>
+    <mergeCell ref="B21:M21"/>
+    <mergeCell ref="N21:T21"/>
+    <mergeCell ref="B22:C22"/>
+    <mergeCell ref="D22:H22"/>
+    <mergeCell ref="I22:S22"/>
     <mergeCell ref="B24:F24"/>
-    <mergeCell ref="N24:Q24"/>
-[...7 lines deleted...]
-    <mergeCell ref="O30:Q30"/>
+    <mergeCell ref="P24:T24"/>
+    <mergeCell ref="B25:Q25"/>
+    <mergeCell ref="R25:T25"/>
+    <mergeCell ref="M26:S26"/>
+    <mergeCell ref="B27:M27"/>
+    <mergeCell ref="N27:T27"/>
+    <mergeCell ref="B28:C28"/>
+    <mergeCell ref="D28:Q28"/>
+    <mergeCell ref="R28:T28"/>
+    <mergeCell ref="B29:M29"/>
+    <mergeCell ref="N29:T29"/>
+    <mergeCell ref="B30:K30"/>
+    <mergeCell ref="Q30:T30"/>
     <mergeCell ref="B31:C31"/>
     <mergeCell ref="B32:F32"/>
-    <mergeCell ref="P32:Q32"/>
-[...33 lines deleted...]
-    <mergeCell ref="A68:Q68"/>
+    <mergeCell ref="R32:T32"/>
+    <mergeCell ref="B33:M33"/>
+    <mergeCell ref="A35:T35"/>
+    <mergeCell ref="A36:T36"/>
+    <mergeCell ref="A37:T37"/>
+    <mergeCell ref="A38:T38"/>
+    <mergeCell ref="A39:T39"/>
+    <mergeCell ref="A40:T40"/>
+    <mergeCell ref="A41:T41"/>
+    <mergeCell ref="A42:T42"/>
+    <mergeCell ref="A43:T43"/>
+    <mergeCell ref="A44:T44"/>
+    <mergeCell ref="A45:T45"/>
+    <mergeCell ref="A46:T46"/>
+    <mergeCell ref="A47:T47"/>
+    <mergeCell ref="A48:T48"/>
+    <mergeCell ref="A49:T49"/>
+    <mergeCell ref="A50:T50"/>
+    <mergeCell ref="A51:T51"/>
+    <mergeCell ref="A52:T52"/>
+    <mergeCell ref="A53:T53"/>
+    <mergeCell ref="A54:T54"/>
+    <mergeCell ref="A55:T55"/>
+    <mergeCell ref="A56:T56"/>
+    <mergeCell ref="A57:T57"/>
+    <mergeCell ref="A58:T58"/>
+    <mergeCell ref="A59:T59"/>
+    <mergeCell ref="A60:T60"/>
+    <mergeCell ref="A61:T61"/>
+    <mergeCell ref="A62:T62"/>
+    <mergeCell ref="A63:T63"/>
+    <mergeCell ref="A64:T64"/>
+    <mergeCell ref="A65:T65"/>
+    <mergeCell ref="A66:T66"/>
+    <mergeCell ref="A67:T67"/>
+    <mergeCell ref="A68:T68"/>
+    <mergeCell ref="A69:T69"/>
+    <mergeCell ref="A70:T70"/>
+    <mergeCell ref="A72:T72"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>