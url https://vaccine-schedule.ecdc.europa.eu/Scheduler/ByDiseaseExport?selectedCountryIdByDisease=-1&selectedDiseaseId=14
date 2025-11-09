--- v0 (2025-11-08)
+++ v1 (2025-11-09)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R47f85338c22a48b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R43861e419942451e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rdff541ccbd9b4d94"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R612494144e3f4071"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="85">
   <si>
     <t>Tuberculosis: Recommended vaccinations</t>
   </si>
   <si>
     <t>Birth</t>
   </si>
   <si>
     <t>Weeks</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
@@ -246,51 +246,51 @@
   </si>
   <si>
     <t>13: Free of charge only for children in defined at-risk groups.</t>
   </si>
   <si>
     <t>14: vaccines only given on specific indications. please refer to https://www.kncvtbc.org/uploaded/2019/06/Handboek-Tuberculose-Nederland-2019-def.pdf for specific indications</t>
   </si>
   <si>
     <t>15: Specific at-risk groups only</t>
   </si>
   <si>
     <t>16: Administration within 24 hours after birth</t>
   </si>
   <si>
     <t>17: Administration during the 2-7 days after delivery</t>
   </si>
   <si>
     <t>18: Newborn infants of immigrant families who moved to Slovenia from countries with a high incidence of tuberculosis in the last 5 years</t>
   </si>
   <si>
     <t xml:space="preserve">19: BCG vaccination is recommended for children up to 6 years of age  who are at increased risk of being infected with TB according to the following criteria:
  (1) family origin from a country with increased or high TB incidence, (2) current TB in a close relative or household contact (3) for planned longer (more than three months) stay in a country or area with high TB prevalence, if the child comes into close contact with the local population.
 For more information, please visit: https://www.folkhalsomyndigheten.se/smittskydd-beredskap/vaccinationer/vacciner-a-o/tuberkulos-tb/ and https://www.folkhalsomyndigheten.se/publikationer-och-material/publikationsarkiv/r/rekommendationer-for-preventiva-insatser-mot-tuberkulos-halsokontroll-smittsparning-och-vaccination/ </t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-11-08 at 09:00.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-11-09 at 01:26.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -348,51 +348,51 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rdff541ccbd9b4d94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Re0d436e8608f416f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R1c305aec404b48ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R612494144e3f4071" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R23f81ea75fdf4ca7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R45148ff3ef2842e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H61"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>