--- v1 (2025-11-09)
+++ v2 (2025-11-28)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R43861e419942451e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R8bc0860a68e340aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R612494144e3f4071"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="Ref1755618a444311"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="85">
   <si>
     <t>Tuberculosis: Recommended vaccinations</t>
   </si>
   <si>
     <t>Birth</t>
   </si>
   <si>
     <t>Weeks</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
@@ -246,51 +246,51 @@
   </si>
   <si>
     <t>13: Free of charge only for children in defined at-risk groups.</t>
   </si>
   <si>
     <t>14: vaccines only given on specific indications. please refer to https://www.kncvtbc.org/uploaded/2019/06/Handboek-Tuberculose-Nederland-2019-def.pdf for specific indications</t>
   </si>
   <si>
     <t>15: Specific at-risk groups only</t>
   </si>
   <si>
     <t>16: Administration within 24 hours after birth</t>
   </si>
   <si>
     <t>17: Administration during the 2-7 days after delivery</t>
   </si>
   <si>
     <t>18: Newborn infants of immigrant families who moved to Slovenia from countries with a high incidence of tuberculosis in the last 5 years</t>
   </si>
   <si>
     <t xml:space="preserve">19: BCG vaccination is recommended for children up to 6 years of age  who are at increased risk of being infected with TB according to the following criteria:
  (1) family origin from a country with increased or high TB incidence, (2) current TB in a close relative or household contact (3) for planned longer (more than three months) stay in a country or area with high TB prevalence, if the child comes into close contact with the local population.
 For more information, please visit: https://www.folkhalsomyndigheten.se/smittskydd-beredskap/vaccinationer/vacciner-a-o/tuberkulos-tb/ and https://www.folkhalsomyndigheten.se/publikationer-och-material/publikationsarkiv/r/rekommendationer-for-preventiva-insatser-mot-tuberkulos-halsokontroll-smittsparning-och-vaccination/ </t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-11-09 at 01:26.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-11-28 at 18:34.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -348,51 +348,51 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R612494144e3f4071" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R23f81ea75fdf4ca7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R45148ff3ef2842e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Ref1755618a444311" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R94a85a71cc9e4303" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rdf4e898cbafe4a4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H61"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>