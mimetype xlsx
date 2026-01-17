--- v2 (2025-11-28)
+++ v3 (2026-01-17)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R8bc0860a68e340aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R585fa12696764fe7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Ref1755618a444311"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R46323019d0ff4779"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="85">
   <si>
     <t>Tuberculosis: Recommended vaccinations</t>
   </si>
   <si>
     <t>Birth</t>
   </si>
   <si>
     <t>Weeks</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
@@ -246,51 +246,51 @@
   </si>
   <si>
     <t>13: Free of charge only for children in defined at-risk groups.</t>
   </si>
   <si>
     <t>14: vaccines only given on specific indications. please refer to https://www.kncvtbc.org/uploaded/2019/06/Handboek-Tuberculose-Nederland-2019-def.pdf for specific indications</t>
   </si>
   <si>
     <t>15: Specific at-risk groups only</t>
   </si>
   <si>
     <t>16: Administration within 24 hours after birth</t>
   </si>
   <si>
     <t>17: Administration during the 2-7 days after delivery</t>
   </si>
   <si>
     <t>18: Newborn infants of immigrant families who moved to Slovenia from countries with a high incidence of tuberculosis in the last 5 years</t>
   </si>
   <si>
     <t xml:space="preserve">19: BCG vaccination is recommended for children up to 6 years of age  who are at increased risk of being infected with TB according to the following criteria:
  (1) family origin from a country with increased or high TB incidence, (2) current TB in a close relative or household contact (3) for planned longer (more than three months) stay in a country or area with high TB prevalence, if the child comes into close contact with the local population.
 For more information, please visit: https://www.folkhalsomyndigheten.se/smittskydd-beredskap/vaccinationer/vacciner-a-o/tuberkulos-tb/ and https://www.folkhalsomyndigheten.se/publikationer-och-material/publikationsarkiv/r/rekommendationer-for-preventiva-insatser-mot-tuberkulos-halsokontroll-smittsparning-och-vaccination/ </t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-11-28 at 18:34.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-01-17 at 20:52.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -348,51 +348,51 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Ref1755618a444311" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R94a85a71cc9e4303" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rdf4e898cbafe4a4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R46323019d0ff4779" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R8665793fd90b43e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R9c36ce9cef784bee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H61"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>