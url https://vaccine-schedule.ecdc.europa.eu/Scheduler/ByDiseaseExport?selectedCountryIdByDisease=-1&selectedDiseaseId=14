--- v3 (2026-01-17)
+++ v4 (2026-03-03)
@@ -1,296 +1,302 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R585fa12696764fe7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R917085659fc9466e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R46323019d0ff4779"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R13d9c7ffeb624285"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="87">
   <si>
     <t>Tuberculosis: Recommended vaccinations</t>
   </si>
   <si>
     <t>Birth</t>
   </si>
   <si>
     <t>Weeks</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
+    <t>2</t>
+  </si>
+  <si>
     <t>7</t>
   </si>
   <si>
-    <t>11</t>
+    <t>5</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>17</t>
-[...1 lines deleted...]
-  <si>
     <t>Austria</t>
   </si>
   <si>
     <t xml:space="preserve">Belgium  </t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
     <t>BCG (1 )</t>
   </si>
   <si>
     <t>BCG (2 )</t>
   </si>
   <si>
+    <t>Croatia</t>
+  </si>
+  <si>
     <t>BCG (3 )</t>
   </si>
   <si>
-    <t>Croatia</t>
+    <t>Cyprus</t>
   </si>
   <si>
     <t>BCG (4 )</t>
   </si>
   <si>
-    <t>Cyprus</t>
+    <t>Czechia</t>
   </si>
   <si>
     <t>BCG (5 )</t>
   </si>
   <si>
-    <t>Czechia</t>
+    <t>Denmark</t>
+  </si>
+  <si>
+    <t>Estonia</t>
   </si>
   <si>
     <t>BCG (6 )</t>
   </si>
   <si>
-    <t>Denmark</t>
-[...2 lines deleted...]
-    <t>Estonia</t>
+    <t>Finland</t>
   </si>
   <si>
     <t>BCG (7 )</t>
   </si>
   <si>
-    <t>Finland</t>
+    <t>France</t>
   </si>
   <si>
     <t>BCG (8 )</t>
   </si>
   <si>
-    <t>France</t>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>Greece</t>
   </si>
   <si>
     <t>BCG (9 )</t>
   </si>
   <si>
-    <t>Germany</t>
-[...2 lines deleted...]
-    <t>Greece</t>
+    <t>Hungary</t>
+  </si>
+  <si>
+    <t>BCG</t>
+  </si>
+  <si>
+    <t>Iceland</t>
+  </si>
+  <si>
+    <t>Ireland</t>
+  </si>
+  <si>
+    <t>Italy</t>
+  </si>
+  <si>
+    <t>Latvia</t>
   </si>
   <si>
     <t>BCG (10 )</t>
   </si>
   <si>
-    <t>Hungary</t>
-[...14 lines deleted...]
-    <t>Latvia</t>
+    <t>Liechtenstein</t>
   </si>
   <si>
     <t>BCG (11 )</t>
   </si>
   <si>
-    <t>Liechtenstein</t>
+    <t>Lithuania</t>
+  </si>
+  <si>
+    <t>Luxembourg</t>
+  </si>
+  <si>
+    <t>Malta</t>
   </si>
   <si>
     <t>BCG (12 )</t>
   </si>
   <si>
-    <t>Lithuania</t>
-[...5 lines deleted...]
-    <t>Malta</t>
+    <t>Netherlands</t>
   </si>
   <si>
     <t>BCG (13 )</t>
   </si>
   <si>
-    <t>Netherlands</t>
+    <t>Norway</t>
   </si>
   <si>
     <t>BCG (14 )</t>
   </si>
   <si>
-    <t>Norway</t>
+    <t>Poland</t>
   </si>
   <si>
     <t>BCG (15 )</t>
   </si>
   <si>
-    <t>Poland</t>
+    <t>Portugal</t>
   </si>
   <si>
     <t>BCG (16 )</t>
   </si>
   <si>
-    <t>Portugal</t>
-[...1 lines deleted...]
-  <si>
     <t>Romania</t>
   </si>
   <si>
     <t>BCG (17 )</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
+    <t>BCG (18 )</t>
+  </si>
+  <si>
     <t>Slovenia</t>
   </si>
   <si>
-    <t>BCG (18 )</t>
+    <t>BCG (19 )</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
-    <t>BCG (19 )</t>
+    <t>BCG (20 )</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
     <t>1: Administration after 48 hours from birth.</t>
   </si>
   <si>
     <t>2: Only after negative Montoux test</t>
   </si>
   <si>
-    <t>3: Booster dose after negative Montoux test</t>
-[...38 lines deleted...]
-    <t>16: Administration within 24 hours after birth</t>
+    <t>3: Vaccination administered preferably at the time of delivery in the hospital. Otherwise it should be given before 1 year of age.</t>
+  </si>
+  <si>
+    <t>4: vaccines only given on specific indications</t>
+  </si>
+  <si>
+    <t>5: Administered from 4th day until 6 weeks after birth. Given only to babies in at-risk groups.</t>
+  </si>
+  <si>
+    <t>6: Administration in the 1-5 days after birth</t>
+  </si>
+  <si>
+    <t>7: For specific at risk-groups only (to be given at the earliest age) Vaccine can be given up til 7 years of age.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8: Only recommended for children at high-risk of tuberculosis. Please refer to original document for detailled information on risk-groups. </t>
+  </si>
+  <si>
+    <t>9: Vaccination is also recommended for infants and children up to the age of 5 years who belong to an increased risk groups and who have not been previously vaccinated</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10: From 12 hours of life. 	If the vaccine is given at the age of two months, a tuberculin test is performed prior to vaccination</t>
+  </si>
+  <si>
+    <t>11: for newborns and infants under 12 months, if their parents are from countries with high TB prevalence</t>
+  </si>
+  <si>
+    <t>12: Free of charge only for children in defined at-risk groups.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13:  Only given on specific indications. More information available at: https://www.rivm.nl/cpt/richtlijnen-preventie/bcg-vaccinatie</t>
+  </si>
+  <si>
+    <t>14: Specific at-risk groups only</t>
+  </si>
+  <si>
+    <t>15: Administration within 24 hours after birth</t>
+  </si>
+  <si>
+    <t>16: Recommended to children under 6 years of age (up to 5 years and 364 days) belonging to risk groups. More information available at: https://www.dgs.pt/ficheiros-de-upload-2013/40-tuberculose-pdf.aspx</t>
   </si>
   <si>
     <t>17: Administration during the 2-7 days after delivery</t>
   </si>
   <si>
-    <t>18: Newborn infants of immigrant families who moved to Slovenia from countries with a high incidence of tuberculosis in the last 5 years</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">19: BCG vaccination is recommended for children up to 6 years of age  who are at increased risk of being infected with TB according to the following criteria:
+    <t xml:space="preserve">18:  Free of charge for contacts of a confirmed case. </t>
+  </si>
+  <si>
+    <t>19: Newborn infants of immigrant families who moved to Slovenia from countries with a high incidence of tuberculosis in the last 5 years</t>
+  </si>
+  <si>
+    <t xml:space="preserve">20: BCG vaccination is recommended for children up to 6 years of age  who are at increased risk of being infected with TB according to the following criteria:
  (1) family origin from a country with increased or high TB incidence, (2) current TB in a close relative or household contact (3) for planned longer (more than three months) stay in a country or area with high TB prevalence, if the child comes into close contact with the local population.
 For more information, please visit: https://www.folkhalsomyndigheten.se/smittskydd-beredskap/vaccinationer/vacciner-a-o/tuberkulos-tb/ and https://www.folkhalsomyndigheten.se/publikationer-och-material/publikationsarkiv/r/rekommendationer-for-preventiva-insatser-mot-tuberkulos-halsokontroll-smittsparning-och-vaccination/ </t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-01-17 at 20:52.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-03-03 at 22:36.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -348,56 +354,56 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R46323019d0ff4779" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R8665793fd90b43e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R9c36ce9cef784bee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R13d9c7ffeb624285" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R9129ee3bf6544c77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Re03ef9d832bb483d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H61"/>
+  <dimension ref="A1:H62"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="2" t="s">
@@ -405,893 +411,919 @@
       </c>
       <c r="E1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D2" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="E2" s="3" t="s">
+      <c r="E2" s="1"/>
+      <c r="F2" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
     </row>
     <row r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="E3" s="3" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F3" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="G3" s="3" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="D6" s="6" t="s">
+      <c r="E6" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="E6" s="6" t="s">
-[...6 lines deleted...]
-        <v>15</v>
+      <c r="G6" s="6" t="s">
+        <v>14</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B7" s="5" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" s="7" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9" s="7" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="C9" s="1"/>
     </row>
     <row r="10">
       <c r="A10" s="4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B11" s="5" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="B12" s="7" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="B13" s="7" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
+      <c r="H13" s="1"/>
     </row>
     <row r="14">
       <c r="A14" s="4" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B15" s="7" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="B16" s="5" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="4" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="4" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="4" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B20" s="5" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B21" s="7" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="4" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="4" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B23" s="7" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B24" s="7" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D25" s="7" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="C26" s="7" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="B27" s="5" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="B28" s="7" t="s">
         <v>51</v>
       </c>
-      <c r="B28" s="7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C28" s="1"/>
+      <c r="D28" s="1"/>
+      <c r="E28" s="1"/>
+      <c r="F28" s="1"/>
     </row>
     <row r="29">
       <c r="A29" s="4" t="s">
         <v>52</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="4" t="s">
         <v>54</v>
       </c>
       <c r="B30" s="7" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="C30" s="1"/>
+        <v>55</v>
+      </c>
     </row>
     <row r="31">
       <c r="A31" s="4" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B31" s="7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="4" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="4" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C33" s="7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="4" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F35" s="4" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="G35" s="4" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H35" s="4" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B36" s="8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C36" s="8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D36" s="8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E36" s="8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F36" s="8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G36" s="8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="H36" s="8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B37" s="8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C37" s="8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D37" s="8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E37" s="8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F37" s="8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G37" s="8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="H37" s="8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B38" s="8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C38" s="8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D38" s="8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E38" s="8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F38" s="8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G38" s="8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H38" s="8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B39" s="8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C39" s="8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D39" s="8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E39" s="8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F39" s="8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G39" s="8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H39" s="8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B40" s="8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C40" s="8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D40" s="8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E40" s="8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F40" s="8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G40" s="8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H40" s="8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B41" s="8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C41" s="8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D41" s="8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E41" s="8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F41" s="8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="G41" s="8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H41" s="8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B42" s="8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C42" s="8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D42" s="8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E42" s="8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F42" s="8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G42" s="8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="H42" s="8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B43" s="8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C43" s="8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D43" s="8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E43" s="8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F43" s="8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="G43" s="8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H43" s="8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B44" s="8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C44" s="8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D44" s="8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E44" s="8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F44" s="8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G44" s="8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H44" s="8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B45" s="8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C45" s="8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D45" s="8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E45" s="8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F45" s="8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G45" s="8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H45" s="8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B46" s="8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C46" s="8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D46" s="8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E46" s="8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F46" s="8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="G46" s="8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H46" s="8" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B47" s="8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C47" s="8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D47" s="8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E47" s="8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="F47" s="8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G47" s="8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H47" s="8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B48" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C48" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D48" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E48" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F48" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="G48" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="H48" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B49" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C49" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D49" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E49" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F49" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G49" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="H49" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B50" s="8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C50" s="8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D50" s="8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E50" s="8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F50" s="8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G50" s="8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="H50" s="8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B51" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C51" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D51" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E51" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F51" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G51" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H51" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B52" s="8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C52" s="8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D52" s="8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E52" s="8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F52" s="8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G52" s="8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="H52" s="8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B53" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C53" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D53" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E53" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F53" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="G53" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H53" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B54" s="8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C54" s="8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D54" s="8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E54" s="8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F54" s="8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G54" s="8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H54" s="8" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      <c r="A56" s="1" t="s">
         <v>80</v>
       </c>
-      <c r="B56" s="1" t="s">
-[...22 lines deleted...]
-      <c r="A59" s="9" t="s">
+    </row>
+    <row r="55">
+      <c r="A55" s="8" t="s">
         <v>81</v>
       </c>
-      <c r="B59" s="1" t="s">
+      <c r="B55" s="8" t="s">
+        <v>81</v>
+      </c>
+      <c r="C55" s="8" t="s">
+        <v>81</v>
+      </c>
+      <c r="D55" s="8" t="s">
+        <v>81</v>
+      </c>
+      <c r="E55" s="8" t="s">
+        <v>81</v>
+      </c>
+      <c r="F55" s="8" t="s">
+        <v>81</v>
+      </c>
+      <c r="G55" s="8" t="s">
+        <v>81</v>
+      </c>
+      <c r="H55" s="8" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="1" t="s">
         <v>82</v>
       </c>
+      <c r="B57" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="D57" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="E57" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="F57" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="H57" s="1" t="s">
+        <v>82</v>
+      </c>
     </row>
     <row r="60">
-      <c r="A60" s="10" t="s">
-        <v>81</v>
+      <c r="A60" s="9" t="s">
+        <v>83</v>
       </c>
       <c r="B60" s="1" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="10" t="s">
         <v>83</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      </c>
       <c r="B61" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>86</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>
-    <mergeCell ref="E2:H2"/>
+    <mergeCell ref="D2:E2"/>
+    <mergeCell ref="F2:H2"/>
     <mergeCell ref="B9:C9"/>
-    <mergeCell ref="B13:G13"/>
-    <mergeCell ref="B30:C30"/>
+    <mergeCell ref="B13:H13"/>
+    <mergeCell ref="B28:F28"/>
     <mergeCell ref="A35:H35"/>
     <mergeCell ref="A36:H36"/>
     <mergeCell ref="A37:H37"/>
     <mergeCell ref="A38:H38"/>
     <mergeCell ref="A39:H39"/>
     <mergeCell ref="A40:H40"/>
     <mergeCell ref="A41:H41"/>
     <mergeCell ref="A42:H42"/>
     <mergeCell ref="A43:H43"/>
     <mergeCell ref="A44:H44"/>
     <mergeCell ref="A45:H45"/>
     <mergeCell ref="A46:H46"/>
     <mergeCell ref="A47:H47"/>
     <mergeCell ref="A48:H48"/>
     <mergeCell ref="A49:H49"/>
     <mergeCell ref="A50:H50"/>
     <mergeCell ref="A51:H51"/>
     <mergeCell ref="A52:H52"/>
     <mergeCell ref="A53:H53"/>
     <mergeCell ref="A54:H54"/>
-    <mergeCell ref="A56:H56"/>
+    <mergeCell ref="A55:H55"/>
+    <mergeCell ref="A57:H57"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>